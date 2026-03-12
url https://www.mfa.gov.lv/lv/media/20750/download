--- v0 (2026-02-17)
+++ v1 (2026-03-12)
@@ -14,91 +14,92 @@
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24332"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="I:\Diasporas grupa\Diaspora\2026\Diasporas projekti\Nolikums 2026. gadam\Pieteikuma un atskaites forma\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D5622274-FDED-4711-921C-B84FECC7090D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0018867F-10CA-4764-AC0E-61A713D8C64A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="G64UcxCvDuwRUmlkoOPd00BgGkmajfyHA6k5jdzPE9Y3WZEDybdAGD/c4e5ipevp8Gbk4FFPpwtST+lgZtl3Xg==" workbookSaltValue="/cbUjqdvQA2fWqmeTU8gaw==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{8B63D0B8-CCF7-4C13-8996-AD0D04D88DA1}"/>
   </bookViews>
   <sheets>
     <sheet name="Projekta pieteikums – atskaite" sheetId="1" r:id="rId1"/>
     <sheet name="Degvielas iesniegums" sheetId="3" r:id="rId2"/>
     <sheet name="dotie" sheetId="2" state="hidden" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Projekta pieteikums – atskaite'!$A$1:$V$209</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="G128" i="1" l="1"/>
   <c r="I128" i="1" l="1"/>
   <c r="T128" i="1" l="1"/>
   <c r="L128" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="265" uniqueCount="228">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="270" uniqueCount="233">
   <si>
     <t>atbalstam un diasporas ieguldījumu Latvijas attīstībā veicināšanai</t>
   </si>
   <si>
     <t>*</t>
   </si>
   <si>
     <t xml:space="preserve">Plānotās aktivitātes: </t>
   </si>
   <si>
     <t>(atzīmēt atbilstošo/ās prioritāti/es)</t>
   </si>
   <si>
     <t>GBP</t>
   </si>
   <si>
     <t>KOPĀ:</t>
   </si>
   <si>
     <t>EUR</t>
   </si>
   <si>
     <t>čeks</t>
   </si>
   <si>
@@ -595,95 +596,50 @@
   <si>
     <t>2.13.</t>
   </si>
   <si>
     <t>aizpilda organizācija, iesniedzot Projekta atskaiti pēc Projekta īstenošanas beigām:</t>
   </si>
   <si>
     <t>PROJEKTA IESNIEDZĒJA ORGANIZĀCIJA UN ĪSTENOTĀJS:</t>
   </si>
   <si>
     <t>PROJEKTA IESNIEDZĒJA (ORGANIZĀCIJAS) APRAKSTS UN DARBĪBAS PIEREDZE:</t>
   </si>
   <si>
     <t>6.1.</t>
   </si>
   <si>
     <t>6.2.</t>
   </si>
   <si>
     <t>6.3.</t>
   </si>
   <si>
     <t>6.4.</t>
   </si>
   <si>
-    <t>6.5.</t>
-[...43 lines deleted...]
-  <si>
     <t>Piesaistītais līdzfinansējums:</t>
   </si>
   <si>
     <t>ceļa (transporta) izdevumi projekta norises valstī (4.2.1.)</t>
   </si>
   <si>
     <t>degvielas iegādes izdevumi (4.2.2.)</t>
   </si>
   <si>
     <t>transporta (automašīnas, autobusa u.c.) noma (4.2.3.)</t>
   </si>
   <si>
     <t>īstermiņa telpu noma (4.2.4.)</t>
   </si>
   <si>
     <t>pakalpojumu izdevumi (4.2.5.)</t>
   </si>
   <si>
     <t>inventāra nomas izdevumi (4.2.6.)</t>
   </si>
   <si>
     <t>apdrošināšanas izdevumi (4.2.7.)</t>
   </si>
   <si>
     <t>licences, autortiesību atlīzības izdevumi (4.2.8.)</t>
@@ -707,65 +663,50 @@
     <t>Amata nosaukums**:</t>
   </si>
   <si>
     <t>**</t>
   </si>
   <si>
     <t>ja pieteikumu paraksta pilnvarotā persona, pieteikumam jāpievieno notariāli apstiprināta pilnvaras kopija</t>
   </si>
   <si>
     <t>Pārstāvniecības vadītājs:</t>
   </si>
   <si>
     <t>SASKAŅOJA:</t>
   </si>
   <si>
     <t>Norādīt, vai plānotais Projekts varēs tikt īstenots gadījumā, ja Ministrija piešķirs daļēju atbalstu.</t>
   </si>
   <si>
     <t xml:space="preserve">Apliecinu, ka nepieciešams saņemt avansa maksājumu 50% apmērā no Ārlietu ministrijas piešķirtā finansējuma. </t>
   </si>
   <si>
     <t>Norādīt, vai plānotais Projekts varēs tikt īstenots gadījumā, ja Ministrija nepiešķirs pieprasīto avansu.</t>
   </si>
   <si>
     <t>ieejas (dalības) maksa</t>
-  </si>
-[...13 lines deleted...]
-    <t>6.24.</t>
   </si>
   <si>
     <t>Projekta īstenošanas vieta (valsts, pilsēta, vietas nosaukums, adrese):</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="186"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Dokumenta veids
 </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="186"/>
         <scheme val="minor"/>
       </rPr>
@@ -833,54 +774,129 @@
       <t>)</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Nr. p. k. </t>
   </si>
   <si>
     <t>(uzklikšķināt šeit, lai izvēlētos valūtu no piedāvātā saraksta)</t>
   </si>
   <si>
     <t>Valūtas kurss 1 darba dienu pirms projekta parakstīšanas:</t>
   </si>
   <si>
     <t>(aktivitāšu skaits)</t>
   </si>
   <si>
     <t>Projekta pieteikuma parakstīšanas datums:</t>
   </si>
   <si>
     <t>Projekta atskaites parakstīšanas datums:</t>
   </si>
   <si>
     <t>Atskaitē aizpilda informāciju par attaisnojuma dokumentiem un izdevumu summām tikai par tām pozīcijām, ko atbalstīja izvērtēšanas komisija.</t>
   </si>
   <si>
+    <t>6.1.1.</t>
+  </si>
+  <si>
+    <t>6.1.2.</t>
+  </si>
+  <si>
+    <t>6.1.3.</t>
+  </si>
+  <si>
+    <t>6.1.4.</t>
+  </si>
+  <si>
+    <t>6.1.5.</t>
+  </si>
+  <si>
+    <t>6.1.6.</t>
+  </si>
+  <si>
+    <t>6.1.7.</t>
+  </si>
+  <si>
+    <t>6.1.8.</t>
+  </si>
+  <si>
+    <t>6.2.1.</t>
+  </si>
+  <si>
+    <t>6.2.2.</t>
+  </si>
+  <si>
+    <t>6.2.3.</t>
+  </si>
+  <si>
+    <t>6.2.4.</t>
+  </si>
+  <si>
+    <t>6.2.5.</t>
+  </si>
+  <si>
+    <t>6.2.6.</t>
+  </si>
+  <si>
+    <t>6.3.1.</t>
+  </si>
+  <si>
+    <t>6.3.2.</t>
+  </si>
+  <si>
+    <t>6.3.3.</t>
+  </si>
+  <si>
+    <t>6.3.4.</t>
+  </si>
+  <si>
+    <t>6.3.5.</t>
+  </si>
+  <si>
+    <t>6.4.1.</t>
+  </si>
+  <si>
+    <t>6.4.2.</t>
+  </si>
+  <si>
+    <t>6.4.3.</t>
+  </si>
+  <si>
+    <t>6.4.4.</t>
+  </si>
+  <si>
+    <t>6.4.5.</t>
+  </si>
+  <si>
+    <t>ISK</t>
+  </si>
+  <si>
     <t xml:space="preserve">2. pielikums
 Ārlietu ministrijas 
 2026. gada 12. februāra
-nolikumam Nr. LV-… </t>
+nolikumam Nr. LV-2 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="39" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -2105,51 +2121,51 @@
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="299">
+  <cellXfs count="302">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyProtection="1"/>
@@ -2500,532 +2516,535 @@
     </xf>
     <xf numFmtId="0" fontId="10" fillId="6" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="9" fillId="3" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="9" fillId="3" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left"/>
+    <xf numFmtId="49" fontId="0" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="49" fontId="0" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="29" fillId="5" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="29" fillId="5" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="56" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="30" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="45" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="60" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="29" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="42" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="6" fillId="3" borderId="70" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="1" fontId="6" fillId="3" borderId="43" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="27" fillId="6" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="6" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="1" fontId="12" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="0" fillId="6" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="1" fontId="0" fillId="6" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="1" fontId="0" fillId="6" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" wrapText="1"/>
-[...5 lines deleted...]
-      <alignment horizontal="center"/>
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" quotePrefix="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="29" fillId="5" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="56" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="30" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="45" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="57" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="39" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="60" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="29" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="42" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="26" fillId="4" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="26" fillId="4" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="3" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="3" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="3" borderId="65" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="3" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="3" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="3" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="6" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="6" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="5" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="5" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="5" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="5" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="5" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="5" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="7" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="7" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="7" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="7" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="7" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="5" borderId="56" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="5" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="5" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="5" borderId="60" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="5" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="5" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="6" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="6" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="6" borderId="62" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="6" borderId="63" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="6" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="6" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="6" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="6" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="6" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="6" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="3" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="6" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="6" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="6" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="6" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="6" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="6" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="6" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="1" fontId="12" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-      <protection locked="0"/>
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="6" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="6" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-      <protection locked="0"/>
-[...399 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...9 lines deleted...]
-      <alignment horizontal="left"/>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="6" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="6" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="6" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="6" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-      <protection locked="0"/>
-[...3 lines deleted...]
-      <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFECECEC"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -3324,308 +3343,308 @@
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BDFEF409-57BA-49C4-A64F-D5FF3B49778F}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:V209"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A163" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="G213" sqref="G213"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="T94" sqref="T94:T95"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="0.7109375" style="5" customWidth="1"/>
     <col min="2" max="2" width="3" style="5" customWidth="1"/>
-    <col min="3" max="3" width="7.85546875" style="5" customWidth="1"/>
+    <col min="3" max="3" width="9.140625" style="5" customWidth="1"/>
     <col min="4" max="4" width="10.85546875" style="5" customWidth="1"/>
     <col min="5" max="5" width="5.28515625" style="5" customWidth="1"/>
     <col min="6" max="6" width="26.7109375" style="5" customWidth="1"/>
     <col min="7" max="7" width="22.28515625" style="5" customWidth="1"/>
     <col min="8" max="8" width="11.7109375" style="5" customWidth="1"/>
     <col min="9" max="9" width="12.85546875" style="5" customWidth="1"/>
     <col min="10" max="10" width="11.140625" style="5" customWidth="1"/>
     <col min="11" max="11" width="3.7109375" style="5" customWidth="1"/>
     <col min="12" max="12" width="21.42578125" style="5" customWidth="1"/>
     <col min="13" max="13" width="17.5703125" style="5" customWidth="1"/>
     <col min="14" max="14" width="13.5703125" style="4" customWidth="1"/>
     <col min="15" max="15" width="9.85546875" style="5" customWidth="1"/>
     <col min="16" max="16" width="9.5703125" style="5" customWidth="1"/>
     <col min="17" max="17" width="17.42578125" style="5" customWidth="1"/>
     <col min="18" max="18" width="10.140625" style="5" customWidth="1"/>
     <col min="19" max="19" width="10.85546875" style="6" customWidth="1"/>
     <col min="20" max="20" width="12.42578125" style="6" customWidth="1"/>
     <col min="21" max="21" width="11.7109375" style="6" customWidth="1"/>
     <col min="22" max="22" width="0.7109375" style="5" customWidth="1"/>
     <col min="23" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:22" ht="71.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="10"/>
       <c r="B1" s="10"/>
       <c r="C1" s="10"/>
       <c r="D1" s="10"/>
       <c r="E1" s="10"/>
       <c r="F1" s="10"/>
       <c r="G1" s="10"/>
       <c r="H1" s="10"/>
       <c r="I1" s="10"/>
       <c r="J1" s="10"/>
       <c r="K1" s="10"/>
       <c r="L1" s="10"/>
       <c r="M1" s="10"/>
       <c r="N1" s="11"/>
       <c r="O1" s="10"/>
       <c r="P1" s="10"/>
       <c r="Q1" s="10"/>
       <c r="R1" s="10"/>
-      <c r="S1" s="277" t="s">
-[...3 lines deleted...]
-      <c r="U1" s="277"/>
+      <c r="S1" s="155" t="s">
+        <v>232</v>
+      </c>
+      <c r="T1" s="155"/>
+      <c r="U1" s="155"/>
       <c r="V1" s="10"/>
     </row>
     <row r="2" spans="1:22" ht="7.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="10"/>
       <c r="B2" s="10"/>
       <c r="C2" s="10"/>
       <c r="D2" s="10"/>
       <c r="E2" s="10"/>
       <c r="F2" s="10"/>
       <c r="G2" s="10"/>
       <c r="H2" s="10"/>
       <c r="I2" s="10"/>
       <c r="J2" s="10"/>
       <c r="K2" s="10"/>
       <c r="L2" s="10"/>
       <c r="M2" s="10"/>
       <c r="N2" s="11"/>
       <c r="O2" s="10"/>
       <c r="P2" s="10"/>
       <c r="Q2" s="10"/>
       <c r="R2" s="10"/>
       <c r="S2" s="12"/>
       <c r="T2" s="12"/>
       <c r="U2" s="12"/>
       <c r="V2" s="10"/>
     </row>
     <row r="3" spans="1:22" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="10"/>
       <c r="B3" s="10"/>
       <c r="C3" s="10"/>
-      <c r="D3" s="287" t="s">
+      <c r="D3" s="185" t="s">
         <v>124</v>
       </c>
-      <c r="E3" s="287"/>
-[...14 lines deleted...]
-      <c r="T3" s="287"/>
+      <c r="E3" s="185"/>
+      <c r="F3" s="185"/>
+      <c r="G3" s="185"/>
+      <c r="H3" s="185"/>
+      <c r="I3" s="185"/>
+      <c r="J3" s="185"/>
+      <c r="K3" s="185"/>
+      <c r="L3" s="185"/>
+      <c r="M3" s="185"/>
+      <c r="N3" s="185"/>
+      <c r="O3" s="185"/>
+      <c r="P3" s="185"/>
+      <c r="Q3" s="185"/>
+      <c r="R3" s="185"/>
+      <c r="S3" s="185"/>
+      <c r="T3" s="185"/>
       <c r="U3" s="12"/>
       <c r="V3" s="10"/>
     </row>
     <row r="4" spans="1:22" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="10"/>
       <c r="B4" s="10"/>
       <c r="C4" s="10"/>
-      <c r="D4" s="288" t="s">
+      <c r="D4" s="186" t="s">
         <v>145</v>
       </c>
-      <c r="E4" s="288"/>
-[...14 lines deleted...]
-      <c r="T4" s="288"/>
+      <c r="E4" s="186"/>
+      <c r="F4" s="186"/>
+      <c r="G4" s="186"/>
+      <c r="H4" s="186"/>
+      <c r="I4" s="186"/>
+      <c r="J4" s="186"/>
+      <c r="K4" s="186"/>
+      <c r="L4" s="186"/>
+      <c r="M4" s="186"/>
+      <c r="N4" s="186"/>
+      <c r="O4" s="186"/>
+      <c r="P4" s="186"/>
+      <c r="Q4" s="186"/>
+      <c r="R4" s="186"/>
+      <c r="S4" s="186"/>
+      <c r="T4" s="186"/>
       <c r="U4" s="12"/>
       <c r="V4" s="10"/>
     </row>
     <row r="5" spans="1:22" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A5" s="10"/>
       <c r="B5" s="10"/>
       <c r="C5" s="10"/>
-      <c r="D5" s="196" t="s">
+      <c r="D5" s="187" t="s">
         <v>60</v>
       </c>
-      <c r="E5" s="196"/>
-[...14 lines deleted...]
-      <c r="T5" s="196"/>
+      <c r="E5" s="187"/>
+      <c r="F5" s="187"/>
+      <c r="G5" s="187"/>
+      <c r="H5" s="187"/>
+      <c r="I5" s="187"/>
+      <c r="J5" s="187"/>
+      <c r="K5" s="187"/>
+      <c r="L5" s="187"/>
+      <c r="M5" s="187"/>
+      <c r="N5" s="187"/>
+      <c r="O5" s="187"/>
+      <c r="P5" s="187"/>
+      <c r="Q5" s="187"/>
+      <c r="R5" s="187"/>
+      <c r="S5" s="187"/>
+      <c r="T5" s="187"/>
       <c r="U5" s="12"/>
       <c r="V5" s="10"/>
     </row>
     <row r="6" spans="1:22" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A6" s="10"/>
       <c r="B6" s="10"/>
       <c r="C6" s="10"/>
-      <c r="D6" s="196" t="s">
+      <c r="D6" s="187" t="s">
         <v>0</v>
       </c>
-      <c r="E6" s="196"/>
-[...14 lines deleted...]
-      <c r="T6" s="196"/>
+      <c r="E6" s="187"/>
+      <c r="F6" s="187"/>
+      <c r="G6" s="187"/>
+      <c r="H6" s="187"/>
+      <c r="I6" s="187"/>
+      <c r="J6" s="187"/>
+      <c r="K6" s="187"/>
+      <c r="L6" s="187"/>
+      <c r="M6" s="187"/>
+      <c r="N6" s="187"/>
+      <c r="O6" s="187"/>
+      <c r="P6" s="187"/>
+      <c r="Q6" s="187"/>
+      <c r="R6" s="187"/>
+      <c r="S6" s="187"/>
+      <c r="T6" s="187"/>
       <c r="U6" s="12"/>
       <c r="V6" s="10"/>
     </row>
     <row r="7" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A7" s="10"/>
       <c r="B7" s="10"/>
       <c r="C7" s="10"/>
       <c r="D7" s="10"/>
       <c r="E7" s="10"/>
       <c r="F7" s="10"/>
       <c r="G7" s="10"/>
       <c r="H7" s="10"/>
       <c r="I7" s="10"/>
       <c r="J7" s="10"/>
       <c r="K7" s="10"/>
       <c r="L7" s="10"/>
       <c r="M7" s="10"/>
       <c r="N7" s="11"/>
       <c r="O7" s="10"/>
       <c r="P7" s="10"/>
       <c r="Q7" s="10"/>
       <c r="R7" s="10"/>
       <c r="S7" s="13"/>
       <c r="T7" s="12"/>
       <c r="U7" s="12"/>
       <c r="V7" s="10"/>
     </row>
     <row r="8" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A8" s="10"/>
       <c r="B8" s="11">
         <v>1</v>
       </c>
       <c r="C8" s="11" t="s">
         <v>16</v>
       </c>
       <c r="D8" s="15"/>
       <c r="E8" s="15"/>
       <c r="F8" s="15"/>
-      <c r="G8" s="161"/>
-[...12 lines deleted...]
-      <c r="T8" s="161"/>
+      <c r="G8" s="267"/>
+      <c r="H8" s="267"/>
+      <c r="I8" s="267"/>
+      <c r="J8" s="267"/>
+      <c r="K8" s="267"/>
+      <c r="L8" s="267"/>
+      <c r="M8" s="267"/>
+      <c r="N8" s="267"/>
+      <c r="O8" s="267"/>
+      <c r="P8" s="267"/>
+      <c r="Q8" s="267"/>
+      <c r="R8" s="267"/>
+      <c r="S8" s="267"/>
+      <c r="T8" s="267"/>
       <c r="U8" s="12"/>
       <c r="V8" s="10"/>
     </row>
     <row r="9" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A9" s="10"/>
       <c r="B9" s="14"/>
-      <c r="C9" s="199"/>
-[...1 lines deleted...]
-      <c r="E9" s="199"/>
+      <c r="C9" s="268"/>
+      <c r="D9" s="268"/>
+      <c r="E9" s="268"/>
       <c r="F9" s="15"/>
-      <c r="G9" s="161"/>
-[...12 lines deleted...]
-      <c r="T9" s="161"/>
+      <c r="G9" s="267"/>
+      <c r="H9" s="267"/>
+      <c r="I9" s="267"/>
+      <c r="J9" s="267"/>
+      <c r="K9" s="267"/>
+      <c r="L9" s="267"/>
+      <c r="M9" s="267"/>
+      <c r="N9" s="267"/>
+      <c r="O9" s="267"/>
+      <c r="P9" s="267"/>
+      <c r="Q9" s="267"/>
+      <c r="R9" s="267"/>
+      <c r="S9" s="267"/>
+      <c r="T9" s="267"/>
       <c r="U9" s="12"/>
       <c r="V9" s="10"/>
     </row>
     <row r="10" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A10" s="10"/>
       <c r="B10" s="10"/>
       <c r="C10" s="10"/>
       <c r="D10" s="10"/>
       <c r="E10" s="10"/>
       <c r="F10" s="10"/>
       <c r="G10" s="10"/>
       <c r="H10" s="10"/>
       <c r="I10" s="10"/>
       <c r="J10" s="10"/>
       <c r="K10" s="10"/>
       <c r="L10" s="10"/>
       <c r="M10" s="10"/>
       <c r="N10" s="11"/>
       <c r="O10" s="10"/>
       <c r="P10" s="10"/>
       <c r="Q10" s="10"/>
       <c r="R10" s="10"/>
       <c r="S10" s="12"/>
       <c r="T10" s="12"/>
       <c r="U10" s="12"/>
@@ -3667,405 +3686,405 @@
       <c r="E12" s="65"/>
       <c r="F12" s="65"/>
       <c r="G12" s="61"/>
       <c r="H12" s="61"/>
       <c r="I12" s="61"/>
       <c r="J12" s="61"/>
       <c r="K12" s="61"/>
       <c r="L12" s="61"/>
       <c r="M12" s="61"/>
       <c r="N12" s="64"/>
       <c r="O12" s="61"/>
       <c r="P12" s="61"/>
       <c r="Q12" s="61"/>
       <c r="R12" s="61"/>
       <c r="S12" s="66"/>
       <c r="T12" s="66"/>
       <c r="U12" s="66"/>
       <c r="V12" s="61"/>
     </row>
     <row r="13" spans="1:22" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="61"/>
       <c r="B13" s="61"/>
       <c r="C13" s="68" t="s">
         <v>27</v>
       </c>
-      <c r="D13" s="152" t="s">
+      <c r="D13" s="199" t="s">
         <v>146</v>
       </c>
-      <c r="E13" s="152"/>
-[...2 lines deleted...]
-      <c r="H13" s="152"/>
+      <c r="E13" s="199"/>
+      <c r="F13" s="199"/>
+      <c r="G13" s="199"/>
+      <c r="H13" s="199"/>
       <c r="I13" s="61"/>
-      <c r="J13" s="161"/>
-[...9 lines deleted...]
-      <c r="T13" s="161"/>
+      <c r="J13" s="267"/>
+      <c r="K13" s="267"/>
+      <c r="L13" s="267"/>
+      <c r="M13" s="267"/>
+      <c r="N13" s="267"/>
+      <c r="O13" s="267"/>
+      <c r="P13" s="267"/>
+      <c r="Q13" s="267"/>
+      <c r="R13" s="267"/>
+      <c r="S13" s="267"/>
+      <c r="T13" s="267"/>
       <c r="U13" s="66"/>
       <c r="V13" s="61"/>
     </row>
     <row r="14" spans="1:22" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A14" s="61"/>
       <c r="B14" s="61"/>
       <c r="C14" s="68" t="s">
         <v>28</v>
       </c>
-      <c r="D14" s="152" t="s">
+      <c r="D14" s="199" t="s">
         <v>147</v>
       </c>
-      <c r="E14" s="152"/>
-[...2 lines deleted...]
-      <c r="H14" s="152"/>
+      <c r="E14" s="199"/>
+      <c r="F14" s="199"/>
+      <c r="G14" s="199"/>
+      <c r="H14" s="199"/>
       <c r="I14" s="61"/>
-      <c r="J14" s="161"/>
-[...9 lines deleted...]
-      <c r="T14" s="161"/>
+      <c r="J14" s="267"/>
+      <c r="K14" s="267"/>
+      <c r="L14" s="267"/>
+      <c r="M14" s="267"/>
+      <c r="N14" s="267"/>
+      <c r="O14" s="267"/>
+      <c r="P14" s="267"/>
+      <c r="Q14" s="267"/>
+      <c r="R14" s="267"/>
+      <c r="S14" s="267"/>
+      <c r="T14" s="267"/>
       <c r="U14" s="66"/>
       <c r="V14" s="61"/>
     </row>
     <row r="15" spans="1:22" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A15" s="61"/>
       <c r="B15" s="61"/>
       <c r="C15" s="68" t="s">
         <v>29</v>
       </c>
-      <c r="D15" s="152" t="s">
+      <c r="D15" s="199" t="s">
         <v>148</v>
       </c>
-      <c r="E15" s="152"/>
-[...2 lines deleted...]
-      <c r="H15" s="152"/>
+      <c r="E15" s="199"/>
+      <c r="F15" s="199"/>
+      <c r="G15" s="199"/>
+      <c r="H15" s="199"/>
       <c r="I15" s="61"/>
-      <c r="J15" s="161"/>
-[...9 lines deleted...]
-      <c r="T15" s="161"/>
+      <c r="J15" s="267"/>
+      <c r="K15" s="267"/>
+      <c r="L15" s="267"/>
+      <c r="M15" s="267"/>
+      <c r="N15" s="267"/>
+      <c r="O15" s="267"/>
+      <c r="P15" s="267"/>
+      <c r="Q15" s="267"/>
+      <c r="R15" s="267"/>
+      <c r="S15" s="267"/>
+      <c r="T15" s="267"/>
       <c r="U15" s="66"/>
       <c r="V15" s="61"/>
     </row>
     <row r="16" spans="1:22" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A16" s="61"/>
       <c r="B16" s="61"/>
       <c r="C16" s="68" t="s">
         <v>30</v>
       </c>
-      <c r="D16" s="152" t="s">
+      <c r="D16" s="199" t="s">
         <v>149</v>
       </c>
-      <c r="E16" s="152"/>
-[...2 lines deleted...]
-      <c r="H16" s="152"/>
+      <c r="E16" s="199"/>
+      <c r="F16" s="199"/>
+      <c r="G16" s="199"/>
+      <c r="H16" s="199"/>
       <c r="I16" s="61"/>
-      <c r="J16" s="161"/>
-[...9 lines deleted...]
-      <c r="T16" s="161"/>
+      <c r="J16" s="267"/>
+      <c r="K16" s="267"/>
+      <c r="L16" s="267"/>
+      <c r="M16" s="267"/>
+      <c r="N16" s="267"/>
+      <c r="O16" s="267"/>
+      <c r="P16" s="267"/>
+      <c r="Q16" s="267"/>
+      <c r="R16" s="267"/>
+      <c r="S16" s="267"/>
+      <c r="T16" s="267"/>
       <c r="U16" s="66"/>
       <c r="V16" s="61"/>
     </row>
     <row r="17" spans="1:22" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A17" s="61"/>
       <c r="B17" s="61"/>
       <c r="C17" s="68" t="s">
         <v>91</v>
       </c>
-      <c r="D17" s="152" t="s">
+      <c r="D17" s="199" t="s">
         <v>150</v>
       </c>
-      <c r="E17" s="152"/>
-[...2 lines deleted...]
-      <c r="H17" s="152"/>
+      <c r="E17" s="199"/>
+      <c r="F17" s="199"/>
+      <c r="G17" s="199"/>
+      <c r="H17" s="199"/>
       <c r="I17" s="61"/>
-      <c r="J17" s="161"/>
-[...9 lines deleted...]
-      <c r="T17" s="161"/>
+      <c r="J17" s="267"/>
+      <c r="K17" s="267"/>
+      <c r="L17" s="267"/>
+      <c r="M17" s="267"/>
+      <c r="N17" s="267"/>
+      <c r="O17" s="267"/>
+      <c r="P17" s="267"/>
+      <c r="Q17" s="267"/>
+      <c r="R17" s="267"/>
+      <c r="S17" s="267"/>
+      <c r="T17" s="267"/>
       <c r="U17" s="66"/>
       <c r="V17" s="61"/>
     </row>
     <row r="18" spans="1:22" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A18" s="61"/>
       <c r="B18" s="61"/>
       <c r="C18" s="68" t="s">
         <v>151</v>
       </c>
-      <c r="D18" s="152" t="s">
+      <c r="D18" s="199" t="s">
         <v>152</v>
       </c>
-      <c r="E18" s="152"/>
-[...2 lines deleted...]
-      <c r="H18" s="152"/>
+      <c r="E18" s="199"/>
+      <c r="F18" s="199"/>
+      <c r="G18" s="199"/>
+      <c r="H18" s="199"/>
       <c r="I18" s="61"/>
-      <c r="J18" s="161"/>
-[...9 lines deleted...]
-      <c r="T18" s="161"/>
+      <c r="J18" s="267"/>
+      <c r="K18" s="267"/>
+      <c r="L18" s="267"/>
+      <c r="M18" s="267"/>
+      <c r="N18" s="267"/>
+      <c r="O18" s="267"/>
+      <c r="P18" s="267"/>
+      <c r="Q18" s="267"/>
+      <c r="R18" s="267"/>
+      <c r="S18" s="267"/>
+      <c r="T18" s="267"/>
       <c r="U18" s="66"/>
       <c r="V18" s="61"/>
     </row>
     <row r="19" spans="1:22" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A19" s="61"/>
       <c r="B19" s="61"/>
       <c r="C19" s="68" t="s">
         <v>153</v>
       </c>
-      <c r="D19" s="152" t="s">
+      <c r="D19" s="199" t="s">
         <v>92</v>
       </c>
-      <c r="E19" s="152"/>
-[...2 lines deleted...]
-      <c r="H19" s="152"/>
+      <c r="E19" s="199"/>
+      <c r="F19" s="199"/>
+      <c r="G19" s="199"/>
+      <c r="H19" s="199"/>
       <c r="I19" s="61"/>
-      <c r="J19" s="161"/>
-[...9 lines deleted...]
-      <c r="T19" s="161"/>
+      <c r="J19" s="267"/>
+      <c r="K19" s="267"/>
+      <c r="L19" s="267"/>
+      <c r="M19" s="267"/>
+      <c r="N19" s="267"/>
+      <c r="O19" s="267"/>
+      <c r="P19" s="267"/>
+      <c r="Q19" s="267"/>
+      <c r="R19" s="267"/>
+      <c r="S19" s="267"/>
+      <c r="T19" s="267"/>
       <c r="U19" s="66"/>
       <c r="V19" s="61"/>
     </row>
     <row r="20" spans="1:22" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A20" s="61"/>
       <c r="B20" s="61"/>
       <c r="C20" s="68" t="s">
         <v>154</v>
       </c>
-      <c r="D20" s="152" t="s">
+      <c r="D20" s="199" t="s">
         <v>93</v>
       </c>
-      <c r="E20" s="152"/>
-[...2 lines deleted...]
-      <c r="H20" s="152"/>
+      <c r="E20" s="199"/>
+      <c r="F20" s="199"/>
+      <c r="G20" s="199"/>
+      <c r="H20" s="199"/>
       <c r="I20" s="61"/>
-      <c r="J20" s="161"/>
-[...9 lines deleted...]
-      <c r="T20" s="161"/>
+      <c r="J20" s="267"/>
+      <c r="K20" s="267"/>
+      <c r="L20" s="267"/>
+      <c r="M20" s="267"/>
+      <c r="N20" s="267"/>
+      <c r="O20" s="267"/>
+      <c r="P20" s="267"/>
+      <c r="Q20" s="267"/>
+      <c r="R20" s="267"/>
+      <c r="S20" s="267"/>
+      <c r="T20" s="267"/>
       <c r="U20" s="66"/>
       <c r="V20" s="61"/>
     </row>
     <row r="21" spans="1:22" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A21" s="61"/>
       <c r="B21" s="61"/>
       <c r="C21" s="68" t="s">
         <v>155</v>
       </c>
-      <c r="D21" s="152" t="s">
+      <c r="D21" s="199" t="s">
         <v>94</v>
       </c>
-      <c r="E21" s="152"/>
-[...2 lines deleted...]
-      <c r="H21" s="152"/>
+      <c r="E21" s="199"/>
+      <c r="F21" s="199"/>
+      <c r="G21" s="199"/>
+      <c r="H21" s="199"/>
       <c r="I21" s="61"/>
-      <c r="J21" s="166"/>
-[...9 lines deleted...]
-      <c r="T21" s="161"/>
+      <c r="J21" s="266"/>
+      <c r="K21" s="267"/>
+      <c r="L21" s="267"/>
+      <c r="M21" s="267"/>
+      <c r="N21" s="267"/>
+      <c r="O21" s="267"/>
+      <c r="P21" s="267"/>
+      <c r="Q21" s="267"/>
+      <c r="R21" s="267"/>
+      <c r="S21" s="267"/>
+      <c r="T21" s="267"/>
       <c r="U21" s="66"/>
       <c r="V21" s="61"/>
     </row>
     <row r="22" spans="1:22" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A22" s="61"/>
       <c r="B22" s="61"/>
       <c r="C22" s="68" t="s">
         <v>156</v>
       </c>
-      <c r="D22" s="152" t="s">
+      <c r="D22" s="199" t="s">
         <v>157</v>
       </c>
-      <c r="E22" s="152"/>
-[...2 lines deleted...]
-      <c r="H22" s="152"/>
+      <c r="E22" s="199"/>
+      <c r="F22" s="199"/>
+      <c r="G22" s="199"/>
+      <c r="H22" s="199"/>
       <c r="I22" s="61"/>
-      <c r="J22" s="161"/>
-[...9 lines deleted...]
-      <c r="T22" s="161"/>
+      <c r="J22" s="267"/>
+      <c r="K22" s="267"/>
+      <c r="L22" s="267"/>
+      <c r="M22" s="267"/>
+      <c r="N22" s="267"/>
+      <c r="O22" s="267"/>
+      <c r="P22" s="267"/>
+      <c r="Q22" s="267"/>
+      <c r="R22" s="267"/>
+      <c r="S22" s="267"/>
+      <c r="T22" s="267"/>
       <c r="U22" s="66"/>
       <c r="V22" s="61"/>
     </row>
     <row r="23" spans="1:22" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A23" s="61"/>
       <c r="B23" s="61"/>
       <c r="C23" s="68" t="s">
         <v>158</v>
       </c>
-      <c r="D23" s="152" t="s">
+      <c r="D23" s="199" t="s">
         <v>92</v>
       </c>
-      <c r="E23" s="152"/>
-[...2 lines deleted...]
-      <c r="H23" s="152"/>
+      <c r="E23" s="199"/>
+      <c r="F23" s="199"/>
+      <c r="G23" s="199"/>
+      <c r="H23" s="199"/>
       <c r="I23" s="61"/>
-      <c r="J23" s="161"/>
-[...9 lines deleted...]
-      <c r="T23" s="161"/>
+      <c r="J23" s="267"/>
+      <c r="K23" s="267"/>
+      <c r="L23" s="267"/>
+      <c r="M23" s="267"/>
+      <c r="N23" s="267"/>
+      <c r="O23" s="267"/>
+      <c r="P23" s="267"/>
+      <c r="Q23" s="267"/>
+      <c r="R23" s="267"/>
+      <c r="S23" s="267"/>
+      <c r="T23" s="267"/>
       <c r="U23" s="66"/>
       <c r="V23" s="61"/>
     </row>
     <row r="24" spans="1:22" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A24" s="61"/>
       <c r="B24" s="61"/>
       <c r="C24" s="68" t="s">
         <v>159</v>
       </c>
-      <c r="D24" s="152" t="s">
+      <c r="D24" s="199" t="s">
         <v>93</v>
       </c>
-      <c r="E24" s="152"/>
-[...2 lines deleted...]
-      <c r="H24" s="152"/>
+      <c r="E24" s="199"/>
+      <c r="F24" s="199"/>
+      <c r="G24" s="199"/>
+      <c r="H24" s="199"/>
       <c r="I24" s="61"/>
-      <c r="J24" s="161"/>
-[...9 lines deleted...]
-      <c r="T24" s="161"/>
+      <c r="J24" s="267"/>
+      <c r="K24" s="267"/>
+      <c r="L24" s="267"/>
+      <c r="M24" s="267"/>
+      <c r="N24" s="267"/>
+      <c r="O24" s="267"/>
+      <c r="P24" s="267"/>
+      <c r="Q24" s="267"/>
+      <c r="R24" s="267"/>
+      <c r="S24" s="267"/>
+      <c r="T24" s="267"/>
       <c r="U24" s="66"/>
       <c r="V24" s="61"/>
     </row>
     <row r="25" spans="1:22" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A25" s="61"/>
       <c r="B25" s="61"/>
       <c r="C25" s="68" t="s">
         <v>160</v>
       </c>
-      <c r="D25" s="152" t="s">
+      <c r="D25" s="199" t="s">
         <v>94</v>
       </c>
-      <c r="E25" s="152"/>
-[...2 lines deleted...]
-      <c r="H25" s="152"/>
+      <c r="E25" s="199"/>
+      <c r="F25" s="199"/>
+      <c r="G25" s="199"/>
+      <c r="H25" s="199"/>
       <c r="I25" s="61"/>
-      <c r="J25" s="166"/>
-[...9 lines deleted...]
-      <c r="T25" s="161"/>
+      <c r="J25" s="266"/>
+      <c r="K25" s="267"/>
+      <c r="L25" s="267"/>
+      <c r="M25" s="267"/>
+      <c r="N25" s="267"/>
+      <c r="O25" s="267"/>
+      <c r="P25" s="267"/>
+      <c r="Q25" s="267"/>
+      <c r="R25" s="267"/>
+      <c r="S25" s="267"/>
+      <c r="T25" s="267"/>
       <c r="U25" s="66"/>
       <c r="V25" s="61"/>
     </row>
     <row r="26" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A26" s="10"/>
       <c r="B26" s="10"/>
       <c r="C26" s="10"/>
       <c r="D26" s="10"/>
       <c r="E26" s="10"/>
       <c r="F26" s="10"/>
       <c r="G26" s="10"/>
       <c r="H26" s="10"/>
       <c r="I26" s="10"/>
       <c r="J26" s="10"/>
       <c r="K26" s="10"/>
       <c r="L26" s="10"/>
       <c r="M26" s="10"/>
       <c r="N26" s="11"/>
       <c r="O26" s="10"/>
       <c r="P26" s="10"/>
       <c r="Q26" s="10"/>
       <c r="R26" s="10"/>
       <c r="S26" s="12"/>
       <c r="T26" s="12"/>
       <c r="U26" s="12"/>
@@ -4106,188 +4125,188 @@
         <v>123</v>
       </c>
       <c r="D28" s="97"/>
       <c r="E28" s="97"/>
       <c r="F28" s="97"/>
       <c r="G28" s="97"/>
       <c r="H28" s="97"/>
       <c r="I28" s="97"/>
       <c r="J28" s="97"/>
       <c r="K28" s="61"/>
       <c r="L28" s="61"/>
       <c r="M28" s="61"/>
       <c r="N28" s="64"/>
       <c r="O28" s="61"/>
       <c r="P28" s="61"/>
       <c r="Q28" s="61"/>
       <c r="R28" s="61"/>
       <c r="S28" s="66"/>
       <c r="T28" s="66"/>
       <c r="U28" s="12"/>
       <c r="V28" s="10"/>
     </row>
     <row r="29" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A29" s="10"/>
       <c r="B29" s="67"/>
-      <c r="C29" s="161"/>
-[...16 lines deleted...]
-      <c r="T29" s="162"/>
+      <c r="C29" s="267"/>
+      <c r="D29" s="287"/>
+      <c r="E29" s="287"/>
+      <c r="F29" s="287"/>
+      <c r="G29" s="287"/>
+      <c r="H29" s="287"/>
+      <c r="I29" s="287"/>
+      <c r="J29" s="287"/>
+      <c r="K29" s="287"/>
+      <c r="L29" s="287"/>
+      <c r="M29" s="287"/>
+      <c r="N29" s="287"/>
+      <c r="O29" s="287"/>
+      <c r="P29" s="287"/>
+      <c r="Q29" s="287"/>
+      <c r="R29" s="287"/>
+      <c r="S29" s="287"/>
+      <c r="T29" s="287"/>
       <c r="U29" s="12"/>
       <c r="V29" s="10"/>
     </row>
     <row r="30" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A30" s="10"/>
       <c r="B30" s="67"/>
-      <c r="C30" s="162"/>
-[...16 lines deleted...]
-      <c r="T30" s="162"/>
+      <c r="C30" s="287"/>
+      <c r="D30" s="287"/>
+      <c r="E30" s="287"/>
+      <c r="F30" s="287"/>
+      <c r="G30" s="287"/>
+      <c r="H30" s="287"/>
+      <c r="I30" s="287"/>
+      <c r="J30" s="287"/>
+      <c r="K30" s="287"/>
+      <c r="L30" s="287"/>
+      <c r="M30" s="287"/>
+      <c r="N30" s="287"/>
+      <c r="O30" s="287"/>
+      <c r="P30" s="287"/>
+      <c r="Q30" s="287"/>
+      <c r="R30" s="287"/>
+      <c r="S30" s="287"/>
+      <c r="T30" s="287"/>
       <c r="U30" s="12"/>
       <c r="V30" s="10"/>
     </row>
     <row r="31" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A31" s="10"/>
       <c r="B31" s="67"/>
-      <c r="C31" s="162"/>
-[...16 lines deleted...]
-      <c r="T31" s="162"/>
+      <c r="C31" s="287"/>
+      <c r="D31" s="287"/>
+      <c r="E31" s="287"/>
+      <c r="F31" s="287"/>
+      <c r="G31" s="287"/>
+      <c r="H31" s="287"/>
+      <c r="I31" s="287"/>
+      <c r="J31" s="287"/>
+      <c r="K31" s="287"/>
+      <c r="L31" s="287"/>
+      <c r="M31" s="287"/>
+      <c r="N31" s="287"/>
+      <c r="O31" s="287"/>
+      <c r="P31" s="287"/>
+      <c r="Q31" s="287"/>
+      <c r="R31" s="287"/>
+      <c r="S31" s="287"/>
+      <c r="T31" s="287"/>
       <c r="U31" s="12"/>
       <c r="V31" s="10"/>
     </row>
     <row r="32" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A32" s="10"/>
       <c r="B32" s="67"/>
-      <c r="C32" s="162"/>
-[...16 lines deleted...]
-      <c r="T32" s="162"/>
+      <c r="C32" s="287"/>
+      <c r="D32" s="287"/>
+      <c r="E32" s="287"/>
+      <c r="F32" s="287"/>
+      <c r="G32" s="287"/>
+      <c r="H32" s="287"/>
+      <c r="I32" s="287"/>
+      <c r="J32" s="287"/>
+      <c r="K32" s="287"/>
+      <c r="L32" s="287"/>
+      <c r="M32" s="287"/>
+      <c r="N32" s="287"/>
+      <c r="O32" s="287"/>
+      <c r="P32" s="287"/>
+      <c r="Q32" s="287"/>
+      <c r="R32" s="287"/>
+      <c r="S32" s="287"/>
+      <c r="T32" s="287"/>
       <c r="U32" s="12"/>
       <c r="V32" s="10"/>
     </row>
     <row r="33" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A33" s="10"/>
       <c r="B33" s="67"/>
-      <c r="C33" s="162"/>
-[...16 lines deleted...]
-      <c r="T33" s="162"/>
+      <c r="C33" s="287"/>
+      <c r="D33" s="287"/>
+      <c r="E33" s="287"/>
+      <c r="F33" s="287"/>
+      <c r="G33" s="287"/>
+      <c r="H33" s="287"/>
+      <c r="I33" s="287"/>
+      <c r="J33" s="287"/>
+      <c r="K33" s="287"/>
+      <c r="L33" s="287"/>
+      <c r="M33" s="287"/>
+      <c r="N33" s="287"/>
+      <c r="O33" s="287"/>
+      <c r="P33" s="287"/>
+      <c r="Q33" s="287"/>
+      <c r="R33" s="287"/>
+      <c r="S33" s="287"/>
+      <c r="T33" s="287"/>
       <c r="U33" s="12"/>
       <c r="V33" s="10"/>
     </row>
     <row r="34" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A34" s="10"/>
       <c r="B34" s="67"/>
-      <c r="C34" s="162"/>
-[...16 lines deleted...]
-      <c r="T34" s="162"/>
+      <c r="C34" s="287"/>
+      <c r="D34" s="287"/>
+      <c r="E34" s="287"/>
+      <c r="F34" s="287"/>
+      <c r="G34" s="287"/>
+      <c r="H34" s="287"/>
+      <c r="I34" s="287"/>
+      <c r="J34" s="287"/>
+      <c r="K34" s="287"/>
+      <c r="L34" s="287"/>
+      <c r="M34" s="287"/>
+      <c r="N34" s="287"/>
+      <c r="O34" s="287"/>
+      <c r="P34" s="287"/>
+      <c r="Q34" s="287"/>
+      <c r="R34" s="287"/>
+      <c r="S34" s="287"/>
+      <c r="T34" s="287"/>
       <c r="U34" s="12"/>
       <c r="V34" s="10"/>
     </row>
     <row r="35" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A35" s="10"/>
       <c r="B35" s="10"/>
       <c r="C35" s="10"/>
       <c r="D35" s="10"/>
       <c r="E35" s="10"/>
       <c r="F35" s="10"/>
       <c r="G35" s="10"/>
       <c r="H35" s="10"/>
       <c r="I35" s="10"/>
       <c r="J35" s="10"/>
       <c r="K35" s="10"/>
       <c r="L35" s="10"/>
       <c r="M35" s="10"/>
       <c r="N35" s="11"/>
       <c r="O35" s="10"/>
       <c r="P35" s="10"/>
       <c r="Q35" s="10"/>
       <c r="R35" s="10"/>
       <c r="S35" s="12"/>
       <c r="T35" s="12"/>
       <c r="U35" s="12"/>
@@ -4341,164 +4360,164 @@
       <c r="Q37" s="18"/>
       <c r="R37" s="10"/>
       <c r="S37" s="12"/>
       <c r="T37" s="12"/>
       <c r="U37" s="12"/>
       <c r="V37" s="10"/>
     </row>
     <row r="38" spans="1:22" s="45" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A38" s="42"/>
       <c r="B38" s="47"/>
       <c r="C38" s="47"/>
       <c r="D38" s="47"/>
       <c r="E38" s="47"/>
       <c r="F38" s="47"/>
       <c r="G38" s="42"/>
       <c r="H38" s="42"/>
       <c r="I38" s="42"/>
       <c r="J38" s="42"/>
       <c r="K38" s="42"/>
       <c r="L38" s="42"/>
       <c r="M38" s="42"/>
       <c r="N38" s="43"/>
       <c r="O38" s="42"/>
       <c r="P38" s="42"/>
       <c r="Q38" s="48"/>
-      <c r="R38" s="183" t="s">
+      <c r="R38" s="288" t="s">
         <v>3</v>
       </c>
-      <c r="S38" s="183"/>
-      <c r="T38" s="183"/>
+      <c r="S38" s="288"/>
+      <c r="T38" s="288"/>
       <c r="U38" s="44"/>
       <c r="V38" s="42"/>
     </row>
     <row r="39" spans="1:22" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="10"/>
       <c r="B39" s="10"/>
       <c r="C39" s="35" t="s">
         <v>23</v>
       </c>
-      <c r="D39" s="157" t="s">
+      <c r="D39" s="265" t="s">
         <v>61</v>
       </c>
-      <c r="E39" s="157"/>
-[...11 lines deleted...]
-      <c r="Q39" s="157"/>
+      <c r="E39" s="265"/>
+      <c r="F39" s="265"/>
+      <c r="G39" s="265"/>
+      <c r="H39" s="265"/>
+      <c r="I39" s="265"/>
+      <c r="J39" s="265"/>
+      <c r="K39" s="265"/>
+      <c r="L39" s="265"/>
+      <c r="M39" s="265"/>
+      <c r="N39" s="265"/>
+      <c r="O39" s="265"/>
+      <c r="P39" s="265"/>
+      <c r="Q39" s="265"/>
       <c r="R39" s="10"/>
       <c r="S39" s="50"/>
       <c r="T39" s="12"/>
       <c r="U39" s="12"/>
       <c r="V39" s="10"/>
     </row>
     <row r="40" spans="1:22" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="10"/>
       <c r="B40" s="10"/>
       <c r="C40" s="35" t="s">
         <v>24</v>
       </c>
-      <c r="D40" s="157" t="s">
+      <c r="D40" s="265" t="s">
         <v>62</v>
       </c>
-      <c r="E40" s="157"/>
-[...11 lines deleted...]
-      <c r="Q40" s="157"/>
+      <c r="E40" s="265"/>
+      <c r="F40" s="265"/>
+      <c r="G40" s="265"/>
+      <c r="H40" s="265"/>
+      <c r="I40" s="265"/>
+      <c r="J40" s="265"/>
+      <c r="K40" s="265"/>
+      <c r="L40" s="265"/>
+      <c r="M40" s="265"/>
+      <c r="N40" s="265"/>
+      <c r="O40" s="265"/>
+      <c r="P40" s="265"/>
+      <c r="Q40" s="265"/>
       <c r="R40" s="10"/>
       <c r="S40" s="50"/>
       <c r="T40" s="12"/>
       <c r="U40" s="12"/>
       <c r="V40" s="10"/>
     </row>
     <row r="41" spans="1:22" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="10"/>
       <c r="B41" s="10"/>
       <c r="C41" s="35" t="s">
         <v>25</v>
       </c>
-      <c r="D41" s="157" t="s">
+      <c r="D41" s="265" t="s">
         <v>63</v>
       </c>
-      <c r="E41" s="157"/>
-[...11 lines deleted...]
-      <c r="Q41" s="157"/>
+      <c r="E41" s="265"/>
+      <c r="F41" s="265"/>
+      <c r="G41" s="265"/>
+      <c r="H41" s="265"/>
+      <c r="I41" s="265"/>
+      <c r="J41" s="265"/>
+      <c r="K41" s="265"/>
+      <c r="L41" s="265"/>
+      <c r="M41" s="265"/>
+      <c r="N41" s="265"/>
+      <c r="O41" s="265"/>
+      <c r="P41" s="265"/>
+      <c r="Q41" s="265"/>
       <c r="R41" s="10"/>
       <c r="S41" s="50"/>
       <c r="T41" s="12"/>
       <c r="U41" s="12"/>
       <c r="V41" s="10"/>
     </row>
     <row r="42" spans="1:22" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="10"/>
       <c r="B42" s="10"/>
       <c r="C42" s="35" t="s">
         <v>26</v>
       </c>
-      <c r="D42" s="157" t="s">
+      <c r="D42" s="265" t="s">
         <v>64</v>
       </c>
-      <c r="E42" s="157"/>
-[...11 lines deleted...]
-      <c r="Q42" s="157"/>
+      <c r="E42" s="265"/>
+      <c r="F42" s="265"/>
+      <c r="G42" s="265"/>
+      <c r="H42" s="265"/>
+      <c r="I42" s="265"/>
+      <c r="J42" s="265"/>
+      <c r="K42" s="265"/>
+      <c r="L42" s="265"/>
+      <c r="M42" s="265"/>
+      <c r="N42" s="265"/>
+      <c r="O42" s="265"/>
+      <c r="P42" s="265"/>
+      <c r="Q42" s="265"/>
       <c r="R42" s="10"/>
       <c r="S42" s="50"/>
       <c r="T42" s="12"/>
       <c r="U42" s="12"/>
       <c r="V42" s="10"/>
     </row>
     <row r="43" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A43" s="10"/>
       <c r="B43" s="10"/>
       <c r="C43" s="10"/>
       <c r="D43" s="10"/>
       <c r="E43" s="10"/>
       <c r="F43" s="10"/>
       <c r="G43" s="10"/>
       <c r="H43" s="10"/>
       <c r="I43" s="10"/>
       <c r="J43" s="10"/>
       <c r="K43" s="10"/>
       <c r="L43" s="10"/>
       <c r="M43" s="10"/>
       <c r="N43" s="11"/>
       <c r="O43" s="10"/>
       <c r="P43" s="10"/>
       <c r="Q43" s="10"/>
       <c r="R43" s="10"/>
@@ -4594,432 +4613,432 @@
         <v>123</v>
       </c>
       <c r="D47" s="27"/>
       <c r="E47" s="10"/>
       <c r="F47" s="10"/>
       <c r="G47" s="20"/>
       <c r="H47" s="20"/>
       <c r="I47" s="20"/>
       <c r="J47" s="20"/>
       <c r="K47" s="20"/>
       <c r="L47" s="20"/>
       <c r="M47" s="20"/>
       <c r="N47" s="20"/>
       <c r="O47" s="20"/>
       <c r="P47" s="20"/>
       <c r="Q47" s="20"/>
       <c r="R47" s="10"/>
       <c r="S47" s="12"/>
       <c r="T47" s="12"/>
       <c r="U47" s="12"/>
       <c r="V47" s="10"/>
     </row>
     <row r="48" spans="1:22" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="10"/>
       <c r="B48" s="10"/>
-      <c r="C48" s="161"/>
-[...16 lines deleted...]
-      <c r="T48" s="162"/>
+      <c r="C48" s="267"/>
+      <c r="D48" s="287"/>
+      <c r="E48" s="287"/>
+      <c r="F48" s="287"/>
+      <c r="G48" s="287"/>
+      <c r="H48" s="287"/>
+      <c r="I48" s="287"/>
+      <c r="J48" s="287"/>
+      <c r="K48" s="287"/>
+      <c r="L48" s="287"/>
+      <c r="M48" s="287"/>
+      <c r="N48" s="287"/>
+      <c r="O48" s="287"/>
+      <c r="P48" s="287"/>
+      <c r="Q48" s="287"/>
+      <c r="R48" s="287"/>
+      <c r="S48" s="287"/>
+      <c r="T48" s="287"/>
       <c r="U48" s="12"/>
       <c r="V48" s="10"/>
     </row>
     <row r="49" spans="1:22" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="10"/>
       <c r="B49" s="10"/>
-      <c r="C49" s="162"/>
-[...16 lines deleted...]
-      <c r="T49" s="162"/>
+      <c r="C49" s="287"/>
+      <c r="D49" s="287"/>
+      <c r="E49" s="287"/>
+      <c r="F49" s="287"/>
+      <c r="G49" s="287"/>
+      <c r="H49" s="287"/>
+      <c r="I49" s="287"/>
+      <c r="J49" s="287"/>
+      <c r="K49" s="287"/>
+      <c r="L49" s="287"/>
+      <c r="M49" s="287"/>
+      <c r="N49" s="287"/>
+      <c r="O49" s="287"/>
+      <c r="P49" s="287"/>
+      <c r="Q49" s="287"/>
+      <c r="R49" s="287"/>
+      <c r="S49" s="287"/>
+      <c r="T49" s="287"/>
       <c r="U49" s="12"/>
       <c r="V49" s="10"/>
     </row>
     <row r="50" spans="1:22" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="10"/>
       <c r="B50" s="10"/>
-      <c r="C50" s="162"/>
-[...16 lines deleted...]
-      <c r="T50" s="162"/>
+      <c r="C50" s="287"/>
+      <c r="D50" s="287"/>
+      <c r="E50" s="287"/>
+      <c r="F50" s="287"/>
+      <c r="G50" s="287"/>
+      <c r="H50" s="287"/>
+      <c r="I50" s="287"/>
+      <c r="J50" s="287"/>
+      <c r="K50" s="287"/>
+      <c r="L50" s="287"/>
+      <c r="M50" s="287"/>
+      <c r="N50" s="287"/>
+      <c r="O50" s="287"/>
+      <c r="P50" s="287"/>
+      <c r="Q50" s="287"/>
+      <c r="R50" s="287"/>
+      <c r="S50" s="287"/>
+      <c r="T50" s="287"/>
       <c r="U50" s="12"/>
       <c r="V50" s="10"/>
     </row>
     <row r="51" spans="1:22" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="10"/>
       <c r="B51" s="10"/>
-      <c r="C51" s="162"/>
-[...16 lines deleted...]
-      <c r="T51" s="162"/>
+      <c r="C51" s="287"/>
+      <c r="D51" s="287"/>
+      <c r="E51" s="287"/>
+      <c r="F51" s="287"/>
+      <c r="G51" s="287"/>
+      <c r="H51" s="287"/>
+      <c r="I51" s="287"/>
+      <c r="J51" s="287"/>
+      <c r="K51" s="287"/>
+      <c r="L51" s="287"/>
+      <c r="M51" s="287"/>
+      <c r="N51" s="287"/>
+      <c r="O51" s="287"/>
+      <c r="P51" s="287"/>
+      <c r="Q51" s="287"/>
+      <c r="R51" s="287"/>
+      <c r="S51" s="287"/>
+      <c r="T51" s="287"/>
       <c r="U51" s="12"/>
       <c r="V51" s="10"/>
     </row>
     <row r="52" spans="1:22" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="10"/>
       <c r="B52" s="10"/>
-      <c r="C52" s="162"/>
-[...16 lines deleted...]
-      <c r="T52" s="162"/>
+      <c r="C52" s="287"/>
+      <c r="D52" s="287"/>
+      <c r="E52" s="287"/>
+      <c r="F52" s="287"/>
+      <c r="G52" s="287"/>
+      <c r="H52" s="287"/>
+      <c r="I52" s="287"/>
+      <c r="J52" s="287"/>
+      <c r="K52" s="287"/>
+      <c r="L52" s="287"/>
+      <c r="M52" s="287"/>
+      <c r="N52" s="287"/>
+      <c r="O52" s="287"/>
+      <c r="P52" s="287"/>
+      <c r="Q52" s="287"/>
+      <c r="R52" s="287"/>
+      <c r="S52" s="287"/>
+      <c r="T52" s="287"/>
       <c r="U52" s="12"/>
       <c r="V52" s="10"/>
     </row>
     <row r="53" spans="1:22" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="10"/>
       <c r="B53" s="10"/>
-      <c r="C53" s="162"/>
-[...16 lines deleted...]
-      <c r="T53" s="162"/>
+      <c r="C53" s="287"/>
+      <c r="D53" s="287"/>
+      <c r="E53" s="287"/>
+      <c r="F53" s="287"/>
+      <c r="G53" s="287"/>
+      <c r="H53" s="287"/>
+      <c r="I53" s="287"/>
+      <c r="J53" s="287"/>
+      <c r="K53" s="287"/>
+      <c r="L53" s="287"/>
+      <c r="M53" s="287"/>
+      <c r="N53" s="287"/>
+      <c r="O53" s="287"/>
+      <c r="P53" s="287"/>
+      <c r="Q53" s="287"/>
+      <c r="R53" s="287"/>
+      <c r="S53" s="287"/>
+      <c r="T53" s="287"/>
       <c r="U53" s="12"/>
       <c r="V53" s="10"/>
     </row>
     <row r="54" spans="1:22" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A54" s="10"/>
       <c r="B54" s="10"/>
-      <c r="C54" s="162"/>
-[...16 lines deleted...]
-      <c r="T54" s="162"/>
+      <c r="C54" s="287"/>
+      <c r="D54" s="287"/>
+      <c r="E54" s="287"/>
+      <c r="F54" s="287"/>
+      <c r="G54" s="287"/>
+      <c r="H54" s="287"/>
+      <c r="I54" s="287"/>
+      <c r="J54" s="287"/>
+      <c r="K54" s="287"/>
+      <c r="L54" s="287"/>
+      <c r="M54" s="287"/>
+      <c r="N54" s="287"/>
+      <c r="O54" s="287"/>
+      <c r="P54" s="287"/>
+      <c r="Q54" s="287"/>
+      <c r="R54" s="287"/>
+      <c r="S54" s="287"/>
+      <c r="T54" s="287"/>
       <c r="U54" s="12"/>
       <c r="V54" s="10"/>
     </row>
     <row r="55" spans="1:22" s="39" customFormat="1" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="36"/>
       <c r="B55" s="36"/>
       <c r="C55" s="55"/>
       <c r="D55" s="36"/>
       <c r="E55" s="36"/>
       <c r="F55" s="36"/>
       <c r="G55" s="36"/>
       <c r="H55" s="36"/>
       <c r="I55" s="36"/>
       <c r="J55" s="36"/>
       <c r="K55" s="36"/>
       <c r="L55" s="36"/>
       <c r="M55" s="36"/>
       <c r="N55" s="37"/>
       <c r="O55" s="36"/>
       <c r="P55" s="36"/>
       <c r="Q55" s="36"/>
       <c r="R55" s="36"/>
       <c r="S55" s="38"/>
       <c r="T55" s="38"/>
       <c r="U55" s="38"/>
       <c r="V55" s="36"/>
     </row>
     <row r="56" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A56" s="10"/>
       <c r="B56" s="10"/>
       <c r="C56" s="10"/>
       <c r="D56" s="10"/>
       <c r="E56" s="10"/>
       <c r="F56" s="10"/>
       <c r="G56" s="10"/>
       <c r="H56" s="10"/>
       <c r="I56" s="10"/>
       <c r="J56" s="10"/>
       <c r="K56" s="10"/>
       <c r="L56" s="58"/>
-      <c r="M56" s="158" t="s">
+      <c r="M56" s="286" t="s">
         <v>46</v>
       </c>
-      <c r="N56" s="158"/>
-[...2 lines deleted...]
-      <c r="Q56" s="158" t="s">
+      <c r="N56" s="286"/>
+      <c r="O56" s="286"/>
+      <c r="P56" s="286"/>
+      <c r="Q56" s="286" t="s">
         <v>47</v>
       </c>
-      <c r="R56" s="158"/>
-[...1 lines deleted...]
-      <c r="T56" s="158"/>
+      <c r="R56" s="286"/>
+      <c r="S56" s="286"/>
+      <c r="T56" s="286"/>
       <c r="U56" s="12"/>
       <c r="V56" s="10"/>
     </row>
     <row r="57" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="10"/>
       <c r="B57" s="10"/>
       <c r="C57" s="34" t="s">
         <v>96</v>
       </c>
-      <c r="D57" s="272" t="s">
-[...8 lines deleted...]
-      <c r="K57" s="272"/>
+      <c r="D57" s="192" t="s">
+        <v>191</v>
+      </c>
+      <c r="E57" s="192"/>
+      <c r="F57" s="192"/>
+      <c r="G57" s="192"/>
+      <c r="H57" s="192"/>
+      <c r="I57" s="192"/>
+      <c r="J57" s="192"/>
+      <c r="K57" s="192"/>
       <c r="L57" s="61"/>
-      <c r="M57" s="159"/>
-[...6 lines deleted...]
-      <c r="T57" s="271"/>
+      <c r="M57" s="196"/>
+      <c r="N57" s="196"/>
+      <c r="O57" s="196"/>
+      <c r="P57" s="196"/>
+      <c r="Q57" s="189"/>
+      <c r="R57" s="190"/>
+      <c r="S57" s="190"/>
+      <c r="T57" s="191"/>
       <c r="U57" s="12"/>
       <c r="V57" s="10"/>
     </row>
     <row r="58" spans="1:22" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A58" s="10"/>
       <c r="B58" s="10"/>
       <c r="C58" s="34" t="s">
         <v>97</v>
       </c>
-      <c r="D58" s="272" t="s">
+      <c r="D58" s="192" t="s">
         <v>17</v>
       </c>
-      <c r="E58" s="272"/>
-[...5 lines deleted...]
-      <c r="K58" s="272"/>
+      <c r="E58" s="192"/>
+      <c r="F58" s="192"/>
+      <c r="G58" s="192"/>
+      <c r="H58" s="192"/>
+      <c r="I58" s="192"/>
+      <c r="J58" s="192"/>
+      <c r="K58" s="192"/>
       <c r="L58" s="61"/>
-      <c r="M58" s="159"/>
-[...6 lines deleted...]
-      <c r="T58" s="271"/>
+      <c r="M58" s="196"/>
+      <c r="N58" s="196"/>
+      <c r="O58" s="196"/>
+      <c r="P58" s="196"/>
+      <c r="Q58" s="189"/>
+      <c r="R58" s="190"/>
+      <c r="S58" s="190"/>
+      <c r="T58" s="191"/>
       <c r="U58" s="12"/>
       <c r="V58" s="10"/>
     </row>
     <row r="59" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A59" s="10"/>
       <c r="B59" s="10"/>
       <c r="C59" s="34" t="s">
         <v>98</v>
       </c>
-      <c r="D59" s="272" t="s">
+      <c r="D59" s="192" t="s">
         <v>66</v>
       </c>
-      <c r="E59" s="272"/>
-[...5 lines deleted...]
-      <c r="K59" s="272"/>
+      <c r="E59" s="192"/>
+      <c r="F59" s="192"/>
+      <c r="G59" s="192"/>
+      <c r="H59" s="192"/>
+      <c r="I59" s="192"/>
+      <c r="J59" s="192"/>
+      <c r="K59" s="192"/>
       <c r="L59" s="61"/>
-      <c r="M59" s="159"/>
-[...6 lines deleted...]
-      <c r="T59" s="271"/>
+      <c r="M59" s="196"/>
+      <c r="N59" s="196"/>
+      <c r="O59" s="196"/>
+      <c r="P59" s="196"/>
+      <c r="Q59" s="189"/>
+      <c r="R59" s="190"/>
+      <c r="S59" s="190"/>
+      <c r="T59" s="191"/>
       <c r="U59" s="12"/>
       <c r="V59" s="10"/>
     </row>
     <row r="60" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A60" s="10"/>
       <c r="B60" s="10"/>
       <c r="C60" s="34" t="s">
         <v>99</v>
       </c>
-      <c r="D60" s="272" t="s">
+      <c r="D60" s="192" t="s">
         <v>56</v>
       </c>
-      <c r="E60" s="272"/>
-[...5 lines deleted...]
-      <c r="K60" s="272"/>
+      <c r="E60" s="192"/>
+      <c r="F60" s="192"/>
+      <c r="G60" s="192"/>
+      <c r="H60" s="192"/>
+      <c r="I60" s="192"/>
+      <c r="J60" s="192"/>
+      <c r="K60" s="192"/>
       <c r="L60" s="61"/>
-      <c r="M60" s="276"/>
-[...6 lines deleted...]
-      <c r="T60" s="271"/>
+      <c r="M60" s="197"/>
+      <c r="N60" s="197"/>
+      <c r="O60" s="197"/>
+      <c r="P60" s="197"/>
+      <c r="Q60" s="189"/>
+      <c r="R60" s="190"/>
+      <c r="S60" s="190"/>
+      <c r="T60" s="191"/>
       <c r="U60" s="12"/>
       <c r="V60" s="10"/>
     </row>
     <row r="61" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A61" s="10"/>
       <c r="B61" s="10"/>
       <c r="C61" s="34" t="s">
         <v>100</v>
       </c>
-      <c r="D61" s="273" t="s">
+      <c r="D61" s="193" t="s">
         <v>65</v>
       </c>
-      <c r="E61" s="274"/>
-[...5 lines deleted...]
-      <c r="K61" s="275"/>
+      <c r="E61" s="194"/>
+      <c r="F61" s="194"/>
+      <c r="G61" s="194"/>
+      <c r="H61" s="194"/>
+      <c r="I61" s="194"/>
+      <c r="J61" s="194"/>
+      <c r="K61" s="195"/>
       <c r="L61" s="61"/>
-      <c r="M61" s="159"/>
-[...6 lines deleted...]
-      <c r="T61" s="271"/>
+      <c r="M61" s="196"/>
+      <c r="N61" s="196"/>
+      <c r="O61" s="196"/>
+      <c r="P61" s="196"/>
+      <c r="Q61" s="189"/>
+      <c r="R61" s="190"/>
+      <c r="S61" s="190"/>
+      <c r="T61" s="191"/>
       <c r="U61" s="12"/>
       <c r="V61" s="10"/>
     </row>
     <row r="62" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A62" s="10"/>
       <c r="B62" s="10"/>
       <c r="C62" s="34" t="s">
         <v>101</v>
       </c>
-      <c r="D62" s="272" t="s">
+      <c r="D62" s="192" t="s">
         <v>67</v>
       </c>
-      <c r="E62" s="272"/>
-[...5 lines deleted...]
-      <c r="K62" s="272"/>
+      <c r="E62" s="192"/>
+      <c r="F62" s="192"/>
+      <c r="G62" s="192"/>
+      <c r="H62" s="192"/>
+      <c r="I62" s="192"/>
+      <c r="J62" s="192"/>
+      <c r="K62" s="192"/>
       <c r="L62" s="61"/>
-      <c r="M62" s="159"/>
-[...6 lines deleted...]
-      <c r="T62" s="271"/>
+      <c r="M62" s="196"/>
+      <c r="N62" s="196"/>
+      <c r="O62" s="196"/>
+      <c r="P62" s="196"/>
+      <c r="Q62" s="189"/>
+      <c r="R62" s="190"/>
+      <c r="S62" s="190"/>
+      <c r="T62" s="191"/>
       <c r="U62" s="12"/>
       <c r="V62" s="10"/>
     </row>
     <row r="63" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A63" s="10"/>
       <c r="B63" s="10"/>
       <c r="C63" s="10"/>
       <c r="D63" s="10"/>
       <c r="E63" s="10"/>
       <c r="F63" s="10"/>
       <c r="G63" s="10"/>
       <c r="H63" s="10"/>
       <c r="I63" s="10"/>
       <c r="J63" s="10"/>
       <c r="K63" s="10"/>
       <c r="L63" s="10"/>
       <c r="M63" s="10"/>
       <c r="N63" s="11"/>
       <c r="O63" s="10"/>
       <c r="P63" s="10"/>
       <c r="Q63" s="10"/>
       <c r="R63" s="10"/>
       <c r="S63" s="12"/>
       <c r="T63" s="12"/>
       <c r="U63" s="12"/>
@@ -5086,278 +5105,280 @@
       <c r="F66" s="42"/>
       <c r="G66" s="42"/>
       <c r="H66" s="42"/>
       <c r="I66" s="42"/>
       <c r="J66" s="42"/>
       <c r="K66" s="42"/>
       <c r="L66" s="42"/>
       <c r="M66" s="42"/>
       <c r="N66" s="43"/>
       <c r="O66" s="42"/>
       <c r="P66" s="42"/>
       <c r="Q66" s="42"/>
       <c r="R66" s="124" t="s">
         <v>46</v>
       </c>
       <c r="S66" s="42"/>
       <c r="T66" s="124" t="s">
         <v>47</v>
       </c>
       <c r="U66" s="44"/>
       <c r="V66" s="42"/>
     </row>
     <row r="67" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A67" s="10"/>
       <c r="B67" s="10"/>
-      <c r="C67" s="15" t="s">
+      <c r="C67" s="27" t="s">
+        <v>164</v>
+      </c>
+      <c r="D67" s="15" t="s">
         <v>2</v>
       </c>
-      <c r="D67" s="10"/>
       <c r="E67" s="15"/>
       <c r="F67" s="10"/>
       <c r="G67" s="10"/>
       <c r="H67" s="10"/>
       <c r="I67" s="12"/>
       <c r="J67" s="10"/>
       <c r="K67" s="10"/>
       <c r="L67" s="10"/>
       <c r="M67" s="10"/>
       <c r="N67" s="11"/>
       <c r="O67" s="10"/>
       <c r="P67" s="10"/>
       <c r="Q67" s="10"/>
       <c r="R67" s="109" t="s">
-        <v>223</v>
+        <v>203</v>
       </c>
       <c r="S67" s="21"/>
       <c r="T67" s="137" t="s">
-        <v>223</v>
+        <v>203</v>
       </c>
       <c r="U67" s="12"/>
       <c r="V67" s="10"/>
     </row>
     <row r="68" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A68" s="10"/>
       <c r="B68" s="10"/>
       <c r="C68" s="34" t="s">
-        <v>164</v>
-[...13 lines deleted...]
-      <c r="P68" s="155"/>
+        <v>207</v>
+      </c>
+      <c r="D68" s="174"/>
+      <c r="E68" s="175"/>
+      <c r="F68" s="175"/>
+      <c r="G68" s="175"/>
+      <c r="H68" s="175"/>
+      <c r="I68" s="175"/>
+      <c r="J68" s="175"/>
+      <c r="K68" s="175"/>
+      <c r="L68" s="175"/>
+      <c r="M68" s="175"/>
+      <c r="N68" s="175"/>
+      <c r="O68" s="175"/>
+      <c r="P68" s="176"/>
       <c r="Q68" s="10"/>
       <c r="R68" s="49"/>
       <c r="S68" s="40"/>
       <c r="T68" s="133"/>
       <c r="U68" s="12"/>
       <c r="V68" s="10"/>
     </row>
     <row r="69" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A69" s="10"/>
       <c r="B69" s="10"/>
       <c r="C69" s="34" t="s">
-        <v>165</v>
-[...13 lines deleted...]
-      <c r="P69" s="161"/>
+        <v>208</v>
+      </c>
+      <c r="D69" s="267"/>
+      <c r="E69" s="267"/>
+      <c r="F69" s="267"/>
+      <c r="G69" s="267"/>
+      <c r="H69" s="267"/>
+      <c r="I69" s="267"/>
+      <c r="J69" s="267"/>
+      <c r="K69" s="267"/>
+      <c r="L69" s="267"/>
+      <c r="M69" s="267"/>
+      <c r="N69" s="267"/>
+      <c r="O69" s="267"/>
+      <c r="P69" s="267"/>
       <c r="Q69" s="10"/>
       <c r="R69" s="49"/>
       <c r="S69" s="40"/>
       <c r="T69" s="133"/>
       <c r="U69" s="12"/>
       <c r="V69" s="10"/>
     </row>
     <row r="70" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A70" s="10"/>
       <c r="B70" s="10"/>
       <c r="C70" s="34" t="s">
-        <v>166</v>
-[...13 lines deleted...]
-      <c r="P70" s="161"/>
+        <v>209</v>
+      </c>
+      <c r="D70" s="267"/>
+      <c r="E70" s="267"/>
+      <c r="F70" s="267"/>
+      <c r="G70" s="267"/>
+      <c r="H70" s="267"/>
+      <c r="I70" s="267"/>
+      <c r="J70" s="267"/>
+      <c r="K70" s="267"/>
+      <c r="L70" s="267"/>
+      <c r="M70" s="267"/>
+      <c r="N70" s="267"/>
+      <c r="O70" s="267"/>
+      <c r="P70" s="267"/>
       <c r="Q70" s="10"/>
       <c r="R70" s="49"/>
       <c r="S70" s="40"/>
       <c r="T70" s="133"/>
       <c r="U70" s="12"/>
       <c r="V70" s="10"/>
     </row>
     <row r="71" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A71" s="10"/>
       <c r="B71" s="10"/>
       <c r="C71" s="34" t="s">
-        <v>167</v>
-[...13 lines deleted...]
-      <c r="P71" s="161"/>
+        <v>210</v>
+      </c>
+      <c r="D71" s="267"/>
+      <c r="E71" s="267"/>
+      <c r="F71" s="267"/>
+      <c r="G71" s="267"/>
+      <c r="H71" s="267"/>
+      <c r="I71" s="267"/>
+      <c r="J71" s="267"/>
+      <c r="K71" s="267"/>
+      <c r="L71" s="267"/>
+      <c r="M71" s="267"/>
+      <c r="N71" s="267"/>
+      <c r="O71" s="267"/>
+      <c r="P71" s="267"/>
       <c r="Q71" s="10"/>
       <c r="R71" s="49"/>
       <c r="S71" s="40"/>
       <c r="T71" s="133"/>
       <c r="U71" s="12"/>
       <c r="V71" s="10"/>
     </row>
     <row r="72" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A72" s="10"/>
       <c r="B72" s="10"/>
       <c r="C72" s="34" t="s">
-        <v>168</v>
-[...13 lines deleted...]
-      <c r="P72" s="161"/>
+        <v>211</v>
+      </c>
+      <c r="D72" s="267"/>
+      <c r="E72" s="267"/>
+      <c r="F72" s="267"/>
+      <c r="G72" s="267"/>
+      <c r="H72" s="267"/>
+      <c r="I72" s="267"/>
+      <c r="J72" s="267"/>
+      <c r="K72" s="267"/>
+      <c r="L72" s="267"/>
+      <c r="M72" s="267"/>
+      <c r="N72" s="267"/>
+      <c r="O72" s="267"/>
+      <c r="P72" s="267"/>
       <c r="Q72" s="10"/>
       <c r="R72" s="49"/>
       <c r="S72" s="40"/>
       <c r="T72" s="133"/>
       <c r="U72" s="12"/>
       <c r="V72" s="10"/>
     </row>
     <row r="73" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A73" s="10"/>
       <c r="B73" s="10"/>
       <c r="C73" s="34" t="s">
-        <v>169</v>
-[...13 lines deleted...]
-      <c r="P73" s="161"/>
+        <v>212</v>
+      </c>
+      <c r="D73" s="267"/>
+      <c r="E73" s="267"/>
+      <c r="F73" s="267"/>
+      <c r="G73" s="267"/>
+      <c r="H73" s="267"/>
+      <c r="I73" s="267"/>
+      <c r="J73" s="267"/>
+      <c r="K73" s="267"/>
+      <c r="L73" s="267"/>
+      <c r="M73" s="267"/>
+      <c r="N73" s="267"/>
+      <c r="O73" s="267"/>
+      <c r="P73" s="267"/>
       <c r="Q73" s="10"/>
       <c r="R73" s="49"/>
       <c r="S73" s="40"/>
       <c r="T73" s="133"/>
       <c r="U73" s="12"/>
       <c r="V73" s="10"/>
     </row>
     <row r="74" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A74" s="10"/>
       <c r="B74" s="10"/>
       <c r="C74" s="34" t="s">
-        <v>170</v>
-[...13 lines deleted...]
-      <c r="P74" s="161"/>
+        <v>213</v>
+      </c>
+      <c r="D74" s="267"/>
+      <c r="E74" s="267"/>
+      <c r="F74" s="267"/>
+      <c r="G74" s="267"/>
+      <c r="H74" s="267"/>
+      <c r="I74" s="267"/>
+      <c r="J74" s="267"/>
+      <c r="K74" s="267"/>
+      <c r="L74" s="267"/>
+      <c r="M74" s="267"/>
+      <c r="N74" s="267"/>
+      <c r="O74" s="267"/>
+      <c r="P74" s="267"/>
       <c r="Q74" s="10"/>
       <c r="R74" s="49"/>
       <c r="S74" s="40"/>
       <c r="T74" s="133"/>
       <c r="U74" s="12"/>
       <c r="V74" s="10"/>
     </row>
     <row r="75" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A75" s="10"/>
       <c r="B75" s="10"/>
       <c r="C75" s="34" t="s">
-        <v>171</v>
-[...13 lines deleted...]
-      <c r="P75" s="161"/>
+        <v>214</v>
+      </c>
+      <c r="D75" s="267"/>
+      <c r="E75" s="267"/>
+      <c r="F75" s="267"/>
+      <c r="G75" s="267"/>
+      <c r="H75" s="267"/>
+      <c r="I75" s="267"/>
+      <c r="J75" s="267"/>
+      <c r="K75" s="267"/>
+      <c r="L75" s="267"/>
+      <c r="M75" s="267"/>
+      <c r="N75" s="267"/>
+      <c r="O75" s="267"/>
+      <c r="P75" s="267"/>
       <c r="Q75" s="10"/>
       <c r="R75" s="49"/>
       <c r="S75" s="40"/>
       <c r="T75" s="133"/>
       <c r="U75" s="12"/>
       <c r="V75" s="10"/>
     </row>
     <row r="76" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A76" s="10"/>
       <c r="B76" s="10"/>
       <c r="C76" s="10"/>
       <c r="D76" s="10"/>
       <c r="E76" s="10"/>
       <c r="F76" s="23"/>
       <c r="G76" s="23"/>
       <c r="H76" s="23"/>
       <c r="I76" s="23"/>
       <c r="J76" s="23"/>
       <c r="K76" s="23"/>
       <c r="L76" s="23"/>
       <c r="M76" s="23"/>
       <c r="N76" s="11"/>
       <c r="O76" s="10"/>
       <c r="P76" s="10"/>
       <c r="Q76" s="10"/>
@@ -5376,644 +5397,650 @@
       <c r="F77" s="23"/>
       <c r="G77" s="23"/>
       <c r="H77" s="23"/>
       <c r="I77" s="23"/>
       <c r="J77" s="23"/>
       <c r="K77" s="23"/>
       <c r="L77" s="23"/>
       <c r="M77" s="23"/>
       <c r="N77" s="11"/>
       <c r="O77" s="10"/>
       <c r="P77" s="10"/>
       <c r="Q77" s="10"/>
       <c r="R77" s="124" t="s">
         <v>46</v>
       </c>
       <c r="S77" s="42"/>
       <c r="T77" s="124" t="s">
         <v>47</v>
       </c>
       <c r="U77" s="12"/>
       <c r="V77" s="10"/>
     </row>
     <row r="78" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A78" s="10"/>
       <c r="B78" s="10"/>
-      <c r="C78" s="15" t="s">
+      <c r="C78" s="10" t="s">
+        <v>165</v>
+      </c>
+      <c r="D78" s="15" t="s">
         <v>68</v>
       </c>
-      <c r="D78" s="10"/>
       <c r="E78" s="15"/>
       <c r="F78" s="23"/>
       <c r="G78" s="23"/>
       <c r="H78" s="23"/>
       <c r="I78" s="23"/>
       <c r="J78" s="23"/>
       <c r="K78" s="23"/>
       <c r="L78" s="23"/>
       <c r="M78" s="23"/>
       <c r="N78" s="11"/>
       <c r="O78" s="10"/>
       <c r="P78" s="10"/>
       <c r="Q78" s="10"/>
       <c r="R78" s="109" t="s">
         <v>45</v>
       </c>
       <c r="S78" s="21"/>
       <c r="T78" s="109" t="s">
         <v>45</v>
       </c>
       <c r="U78" s="12"/>
       <c r="V78" s="10"/>
     </row>
     <row r="79" spans="1:22" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A79" s="10"/>
       <c r="B79" s="10"/>
-      <c r="C79" s="34" t="s">
-[...14 lines deleted...]
-      <c r="P79" s="161"/>
+      <c r="C79" s="152" t="s">
+        <v>215</v>
+      </c>
+      <c r="D79" s="267"/>
+      <c r="E79" s="267"/>
+      <c r="F79" s="267"/>
+      <c r="G79" s="267"/>
+      <c r="H79" s="267"/>
+      <c r="I79" s="267"/>
+      <c r="J79" s="267"/>
+      <c r="K79" s="267"/>
+      <c r="L79" s="267"/>
+      <c r="M79" s="267"/>
+      <c r="N79" s="267"/>
+      <c r="O79" s="267"/>
+      <c r="P79" s="267"/>
       <c r="Q79" s="10"/>
       <c r="R79" s="150"/>
       <c r="S79" s="40"/>
       <c r="T79" s="151"/>
       <c r="U79" s="12"/>
       <c r="V79" s="10"/>
     </row>
     <row r="80" spans="1:22" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A80" s="10"/>
       <c r="B80" s="10"/>
-      <c r="C80" s="34" t="s">
-[...14 lines deleted...]
-      <c r="P80" s="155"/>
+      <c r="C80" s="152" t="s">
+        <v>216</v>
+      </c>
+      <c r="D80" s="174"/>
+      <c r="E80" s="175"/>
+      <c r="F80" s="175"/>
+      <c r="G80" s="175"/>
+      <c r="H80" s="175"/>
+      <c r="I80" s="175"/>
+      <c r="J80" s="175"/>
+      <c r="K80" s="175"/>
+      <c r="L80" s="175"/>
+      <c r="M80" s="175"/>
+      <c r="N80" s="175"/>
+      <c r="O80" s="175"/>
+      <c r="P80" s="176"/>
       <c r="Q80" s="10"/>
       <c r="R80" s="150"/>
       <c r="S80" s="40"/>
       <c r="T80" s="151"/>
       <c r="U80" s="12"/>
       <c r="V80" s="10"/>
     </row>
     <row r="81" spans="1:22" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A81" s="10"/>
       <c r="B81" s="10"/>
-      <c r="C81" s="34" t="s">
-[...14 lines deleted...]
-      <c r="P81" s="155"/>
+      <c r="C81" s="152" t="s">
+        <v>217</v>
+      </c>
+      <c r="D81" s="174"/>
+      <c r="E81" s="175"/>
+      <c r="F81" s="175"/>
+      <c r="G81" s="175"/>
+      <c r="H81" s="175"/>
+      <c r="I81" s="175"/>
+      <c r="J81" s="175"/>
+      <c r="K81" s="175"/>
+      <c r="L81" s="175"/>
+      <c r="M81" s="175"/>
+      <c r="N81" s="175"/>
+      <c r="O81" s="175"/>
+      <c r="P81" s="176"/>
       <c r="Q81" s="10"/>
       <c r="R81" s="150"/>
       <c r="S81" s="40"/>
       <c r="T81" s="151"/>
       <c r="U81" s="12"/>
       <c r="V81" s="10"/>
     </row>
     <row r="82" spans="1:22" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A82" s="10"/>
       <c r="B82" s="10"/>
-      <c r="C82" s="34" t="s">
-[...14 lines deleted...]
-      <c r="P82" s="155"/>
+      <c r="C82" s="152" t="s">
+        <v>218</v>
+      </c>
+      <c r="D82" s="174"/>
+      <c r="E82" s="175"/>
+      <c r="F82" s="175"/>
+      <c r="G82" s="175"/>
+      <c r="H82" s="175"/>
+      <c r="I82" s="175"/>
+      <c r="J82" s="175"/>
+      <c r="K82" s="175"/>
+      <c r="L82" s="175"/>
+      <c r="M82" s="175"/>
+      <c r="N82" s="175"/>
+      <c r="O82" s="175"/>
+      <c r="P82" s="176"/>
       <c r="Q82" s="10"/>
       <c r="R82" s="150"/>
       <c r="S82" s="40"/>
       <c r="T82" s="151"/>
       <c r="U82" s="12"/>
       <c r="V82" s="10"/>
     </row>
     <row r="83" spans="1:22" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A83" s="10"/>
       <c r="B83" s="10"/>
-      <c r="C83" s="34" t="s">
-[...14 lines deleted...]
-      <c r="P83" s="155"/>
+      <c r="C83" s="152" t="s">
+        <v>219</v>
+      </c>
+      <c r="D83" s="174"/>
+      <c r="E83" s="175"/>
+      <c r="F83" s="175"/>
+      <c r="G83" s="175"/>
+      <c r="H83" s="175"/>
+      <c r="I83" s="175"/>
+      <c r="J83" s="175"/>
+      <c r="K83" s="175"/>
+      <c r="L83" s="175"/>
+      <c r="M83" s="175"/>
+      <c r="N83" s="175"/>
+      <c r="O83" s="175"/>
+      <c r="P83" s="176"/>
       <c r="Q83" s="10"/>
       <c r="R83" s="150"/>
       <c r="S83" s="40"/>
       <c r="T83" s="151"/>
       <c r="U83" s="12"/>
       <c r="V83" s="10"/>
     </row>
     <row r="84" spans="1:22" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A84" s="10"/>
       <c r="B84" s="10"/>
-      <c r="C84" s="34" t="s">
-[...14 lines deleted...]
-      <c r="P84" s="161"/>
+      <c r="C84" s="152" t="s">
+        <v>220</v>
+      </c>
+      <c r="D84" s="267"/>
+      <c r="E84" s="267"/>
+      <c r="F84" s="267"/>
+      <c r="G84" s="267"/>
+      <c r="H84" s="267"/>
+      <c r="I84" s="267"/>
+      <c r="J84" s="267"/>
+      <c r="K84" s="267"/>
+      <c r="L84" s="267"/>
+      <c r="M84" s="267"/>
+      <c r="N84" s="267"/>
+      <c r="O84" s="267"/>
+      <c r="P84" s="267"/>
       <c r="Q84" s="10"/>
       <c r="R84" s="150"/>
       <c r="S84" s="40"/>
       <c r="T84" s="151"/>
       <c r="U84" s="12"/>
       <c r="V84" s="10"/>
     </row>
     <row r="85" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A85" s="10"/>
       <c r="B85" s="10"/>
       <c r="C85" s="10"/>
       <c r="D85" s="10"/>
       <c r="E85" s="10"/>
       <c r="F85" s="23"/>
       <c r="G85" s="23"/>
       <c r="H85" s="23"/>
       <c r="I85" s="23"/>
       <c r="J85" s="23"/>
       <c r="K85" s="23"/>
       <c r="L85" s="23"/>
       <c r="M85" s="23"/>
       <c r="N85" s="11"/>
       <c r="O85" s="10"/>
       <c r="P85" s="10"/>
       <c r="Q85" s="10"/>
       <c r="R85" s="24"/>
       <c r="S85" s="22"/>
       <c r="T85" s="25"/>
       <c r="U85" s="12"/>
       <c r="V85" s="10"/>
     </row>
     <row r="86" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A86" s="10"/>
       <c r="B86" s="10"/>
-      <c r="C86" s="15" t="s">
+      <c r="C86" s="16" t="s">
+        <v>166</v>
+      </c>
+      <c r="D86" s="15" t="s">
         <v>69</v>
       </c>
-      <c r="D86" s="10"/>
       <c r="E86" s="15"/>
       <c r="F86" s="23"/>
       <c r="G86" s="23"/>
       <c r="H86" s="23"/>
       <c r="I86" s="23"/>
       <c r="J86" s="23"/>
       <c r="K86" s="23"/>
       <c r="L86" s="23"/>
       <c r="M86" s="23"/>
       <c r="N86" s="11"/>
       <c r="O86" s="10"/>
       <c r="P86" s="10"/>
       <c r="Q86" s="10"/>
       <c r="R86" s="24"/>
       <c r="S86" s="22"/>
       <c r="T86" s="25"/>
       <c r="U86" s="12"/>
       <c r="V86" s="10"/>
     </row>
     <row r="87" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A87" s="10"/>
       <c r="B87" s="10"/>
       <c r="C87" s="15"/>
-      <c r="D87" s="158" t="s">
+      <c r="D87" s="286" t="s">
         <v>46</v>
       </c>
-      <c r="E87" s="158"/>
-[...7 lines deleted...]
-      <c r="M87" s="158"/>
+      <c r="E87" s="286"/>
+      <c r="F87" s="286"/>
+      <c r="G87" s="286"/>
+      <c r="H87" s="286"/>
+      <c r="I87" s="286"/>
+      <c r="J87" s="286"/>
+      <c r="K87" s="286"/>
+      <c r="L87" s="286"/>
+      <c r="M87" s="286"/>
       <c r="N87" s="11"/>
-      <c r="O87" s="158" t="s">
+      <c r="O87" s="286" t="s">
         <v>47</v>
       </c>
-      <c r="P87" s="158"/>
-[...3 lines deleted...]
-      <c r="T87" s="158"/>
+      <c r="P87" s="286"/>
+      <c r="Q87" s="286"/>
+      <c r="R87" s="286"/>
+      <c r="S87" s="286"/>
+      <c r="T87" s="286"/>
       <c r="U87" s="12"/>
       <c r="V87" s="10"/>
     </row>
     <row r="88" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A88" s="10"/>
       <c r="B88" s="10"/>
-      <c r="C88" s="34" t="s">
-[...11 lines deleted...]
-      <c r="M88" s="155"/>
+      <c r="C88" s="154" t="s">
+        <v>221</v>
+      </c>
+      <c r="D88" s="174"/>
+      <c r="E88" s="175"/>
+      <c r="F88" s="175"/>
+      <c r="G88" s="175"/>
+      <c r="H88" s="175"/>
+      <c r="I88" s="175"/>
+      <c r="J88" s="175"/>
+      <c r="K88" s="175"/>
+      <c r="L88" s="175"/>
+      <c r="M88" s="176"/>
       <c r="N88" s="11"/>
-      <c r="O88" s="163"/>
-[...4 lines deleted...]
-      <c r="T88" s="165"/>
+      <c r="O88" s="181"/>
+      <c r="P88" s="182"/>
+      <c r="Q88" s="182"/>
+      <c r="R88" s="182"/>
+      <c r="S88" s="182"/>
+      <c r="T88" s="183"/>
       <c r="U88" s="12"/>
       <c r="V88" s="10"/>
     </row>
     <row r="89" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A89" s="10"/>
       <c r="B89" s="10"/>
-      <c r="C89" s="34" t="s">
-[...11 lines deleted...]
-      <c r="M89" s="155"/>
+      <c r="C89" s="154" t="s">
+        <v>222</v>
+      </c>
+      <c r="D89" s="174"/>
+      <c r="E89" s="175"/>
+      <c r="F89" s="175"/>
+      <c r="G89" s="175"/>
+      <c r="H89" s="175"/>
+      <c r="I89" s="175"/>
+      <c r="J89" s="175"/>
+      <c r="K89" s="175"/>
+      <c r="L89" s="175"/>
+      <c r="M89" s="176"/>
       <c r="N89" s="11"/>
-      <c r="O89" s="163"/>
-[...4 lines deleted...]
-      <c r="T89" s="165"/>
+      <c r="O89" s="181"/>
+      <c r="P89" s="182"/>
+      <c r="Q89" s="182"/>
+      <c r="R89" s="182"/>
+      <c r="S89" s="182"/>
+      <c r="T89" s="183"/>
       <c r="U89" s="12"/>
       <c r="V89" s="10"/>
     </row>
     <row r="90" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A90" s="10"/>
       <c r="B90" s="10"/>
-      <c r="C90" s="34" t="s">
-[...11 lines deleted...]
-      <c r="M90" s="155"/>
+      <c r="C90" s="154" t="s">
+        <v>223</v>
+      </c>
+      <c r="D90" s="174"/>
+      <c r="E90" s="175"/>
+      <c r="F90" s="175"/>
+      <c r="G90" s="175"/>
+      <c r="H90" s="175"/>
+      <c r="I90" s="175"/>
+      <c r="J90" s="175"/>
+      <c r="K90" s="175"/>
+      <c r="L90" s="175"/>
+      <c r="M90" s="176"/>
       <c r="N90" s="11"/>
-      <c r="O90" s="163"/>
-[...4 lines deleted...]
-      <c r="T90" s="165"/>
+      <c r="O90" s="181"/>
+      <c r="P90" s="182"/>
+      <c r="Q90" s="182"/>
+      <c r="R90" s="182"/>
+      <c r="S90" s="182"/>
+      <c r="T90" s="183"/>
       <c r="U90" s="12"/>
       <c r="V90" s="10"/>
     </row>
     <row r="91" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A91" s="10"/>
       <c r="B91" s="10"/>
-      <c r="C91" s="34" t="s">
-[...11 lines deleted...]
-      <c r="M91" s="155"/>
+      <c r="C91" s="154" t="s">
+        <v>224</v>
+      </c>
+      <c r="D91" s="174"/>
+      <c r="E91" s="175"/>
+      <c r="F91" s="175"/>
+      <c r="G91" s="175"/>
+      <c r="H91" s="175"/>
+      <c r="I91" s="175"/>
+      <c r="J91" s="175"/>
+      <c r="K91" s="175"/>
+      <c r="L91" s="175"/>
+      <c r="M91" s="176"/>
       <c r="N91" s="11"/>
-      <c r="O91" s="163"/>
-[...4 lines deleted...]
-      <c r="T91" s="165"/>
+      <c r="O91" s="181"/>
+      <c r="P91" s="182"/>
+      <c r="Q91" s="182"/>
+      <c r="R91" s="182"/>
+      <c r="S91" s="182"/>
+      <c r="T91" s="183"/>
       <c r="U91" s="12"/>
       <c r="V91" s="10"/>
     </row>
     <row r="92" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A92" s="10"/>
       <c r="B92" s="10"/>
-      <c r="C92" s="34" t="s">
-[...11 lines deleted...]
-      <c r="M92" s="155"/>
+      <c r="C92" s="154" t="s">
+        <v>225</v>
+      </c>
+      <c r="D92" s="174"/>
+      <c r="E92" s="175"/>
+      <c r="F92" s="175"/>
+      <c r="G92" s="175"/>
+      <c r="H92" s="175"/>
+      <c r="I92" s="175"/>
+      <c r="J92" s="175"/>
+      <c r="K92" s="175"/>
+      <c r="L92" s="175"/>
+      <c r="M92" s="176"/>
       <c r="N92" s="11"/>
-      <c r="O92" s="163"/>
-[...4 lines deleted...]
-      <c r="T92" s="165"/>
+      <c r="O92" s="181"/>
+      <c r="P92" s="182"/>
+      <c r="Q92" s="182"/>
+      <c r="R92" s="182"/>
+      <c r="S92" s="182"/>
+      <c r="T92" s="183"/>
       <c r="U92" s="12"/>
       <c r="V92" s="10"/>
     </row>
     <row r="93" spans="1:22" ht="9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A93" s="10"/>
       <c r="B93" s="10"/>
       <c r="C93" s="10"/>
       <c r="D93" s="10"/>
       <c r="E93" s="10"/>
       <c r="F93" s="10"/>
       <c r="G93" s="10"/>
       <c r="H93" s="26"/>
       <c r="I93" s="26"/>
       <c r="J93" s="26"/>
       <c r="K93" s="26"/>
       <c r="L93" s="26"/>
       <c r="M93" s="26"/>
       <c r="N93" s="26"/>
       <c r="O93" s="26"/>
       <c r="P93" s="26"/>
       <c r="Q93" s="10"/>
       <c r="R93" s="19"/>
       <c r="S93" s="41"/>
       <c r="T93" s="19"/>
       <c r="U93" s="12"/>
       <c r="V93" s="10"/>
     </row>
     <row r="94" spans="1:22" ht="41.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A94" s="10"/>
       <c r="B94" s="10"/>
-      <c r="C94" s="65" t="s">
-[...2 lines deleted...]
-      <c r="D94" s="61"/>
+      <c r="C94" s="16" t="s">
+        <v>167</v>
+      </c>
+      <c r="D94" s="65" t="s">
+        <v>168</v>
+      </c>
       <c r="E94" s="61"/>
       <c r="F94" s="61"/>
       <c r="G94" s="61"/>
       <c r="H94" s="61"/>
       <c r="I94" s="61"/>
       <c r="J94" s="61"/>
       <c r="K94" s="61"/>
       <c r="L94" s="61"/>
       <c r="M94" s="61"/>
       <c r="N94" s="64"/>
       <c r="O94" s="61"/>
       <c r="P94" s="61"/>
       <c r="Q94" s="61"/>
-      <c r="R94" s="160" t="s">
-        <v>221</v>
+      <c r="R94" s="289" t="s">
+        <v>201</v>
       </c>
       <c r="S94" s="99"/>
-      <c r="T94" s="286" t="s">
-        <v>221</v>
+      <c r="T94" s="184" t="s">
+        <v>201</v>
       </c>
       <c r="U94" s="12"/>
       <c r="V94" s="10"/>
     </row>
     <row r="95" spans="1:22" ht="45.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A95" s="10"/>
       <c r="B95" s="10"/>
       <c r="C95" s="65"/>
-      <c r="D95" s="285" t="s">
-[...3 lines deleted...]
-      <c r="F95" s="285"/>
+      <c r="D95" s="179" t="s">
+        <v>195</v>
+      </c>
+      <c r="E95" s="179"/>
+      <c r="F95" s="179"/>
       <c r="G95" s="61"/>
       <c r="H95" s="61"/>
       <c r="I95" s="61"/>
       <c r="J95" s="61"/>
       <c r="K95" s="61"/>
       <c r="L95" s="61"/>
       <c r="M95" s="61"/>
       <c r="N95" s="64"/>
       <c r="O95" s="61"/>
       <c r="P95" s="61"/>
       <c r="Q95" s="61"/>
-      <c r="R95" s="160"/>
+      <c r="R95" s="289"/>
       <c r="S95" s="99"/>
-      <c r="T95" s="286"/>
+      <c r="T95" s="184"/>
       <c r="U95" s="12"/>
       <c r="V95" s="10"/>
     </row>
     <row r="96" spans="1:22" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A96" s="10"/>
       <c r="B96" s="10"/>
-      <c r="C96" s="68" t="s">
-[...14 lines deleted...]
-      <c r="P96" s="155"/>
+      <c r="C96" s="153" t="s">
+        <v>226</v>
+      </c>
+      <c r="D96" s="180"/>
+      <c r="E96" s="180"/>
+      <c r="F96" s="180"/>
+      <c r="G96" s="174"/>
+      <c r="H96" s="175"/>
+      <c r="I96" s="175"/>
+      <c r="J96" s="175"/>
+      <c r="K96" s="175"/>
+      <c r="L96" s="175"/>
+      <c r="M96" s="175"/>
+      <c r="N96" s="175"/>
+      <c r="O96" s="175"/>
+      <c r="P96" s="176"/>
       <c r="Q96" s="61"/>
       <c r="R96" s="135"/>
       <c r="S96" s="100"/>
       <c r="T96" s="116"/>
       <c r="U96" s="12"/>
       <c r="V96" s="10"/>
     </row>
     <row r="97" spans="1:22" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A97" s="10"/>
       <c r="B97" s="10"/>
-      <c r="C97" s="68" t="s">
-[...14 lines deleted...]
-      <c r="P97" s="155"/>
+      <c r="C97" s="153" t="s">
+        <v>227</v>
+      </c>
+      <c r="D97" s="180"/>
+      <c r="E97" s="180"/>
+      <c r="F97" s="180"/>
+      <c r="G97" s="174"/>
+      <c r="H97" s="175"/>
+      <c r="I97" s="175"/>
+      <c r="J97" s="175"/>
+      <c r="K97" s="175"/>
+      <c r="L97" s="175"/>
+      <c r="M97" s="175"/>
+      <c r="N97" s="175"/>
+      <c r="O97" s="175"/>
+      <c r="P97" s="176"/>
       <c r="Q97" s="61"/>
       <c r="R97" s="49"/>
       <c r="S97" s="100"/>
       <c r="T97" s="116"/>
       <c r="U97" s="12"/>
       <c r="V97" s="10"/>
     </row>
     <row r="98" spans="1:22" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A98" s="10"/>
       <c r="B98" s="10"/>
-      <c r="C98" s="68" t="s">
-[...14 lines deleted...]
-      <c r="P98" s="155"/>
+      <c r="C98" s="153" t="s">
+        <v>228</v>
+      </c>
+      <c r="D98" s="180"/>
+      <c r="E98" s="180"/>
+      <c r="F98" s="180"/>
+      <c r="G98" s="174"/>
+      <c r="H98" s="175"/>
+      <c r="I98" s="175"/>
+      <c r="J98" s="175"/>
+      <c r="K98" s="175"/>
+      <c r="L98" s="175"/>
+      <c r="M98" s="175"/>
+      <c r="N98" s="175"/>
+      <c r="O98" s="175"/>
+      <c r="P98" s="176"/>
       <c r="Q98" s="61"/>
       <c r="R98" s="49"/>
       <c r="S98" s="100"/>
       <c r="T98" s="116"/>
       <c r="U98" s="12"/>
       <c r="V98" s="10"/>
     </row>
     <row r="99" spans="1:22" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A99" s="10"/>
       <c r="B99" s="10"/>
-      <c r="C99" s="68" t="s">
-[...14 lines deleted...]
-      <c r="P99" s="155"/>
+      <c r="C99" s="153" t="s">
+        <v>229</v>
+      </c>
+      <c r="D99" s="180"/>
+      <c r="E99" s="180"/>
+      <c r="F99" s="180"/>
+      <c r="G99" s="174"/>
+      <c r="H99" s="175"/>
+      <c r="I99" s="175"/>
+      <c r="J99" s="175"/>
+      <c r="K99" s="175"/>
+      <c r="L99" s="175"/>
+      <c r="M99" s="175"/>
+      <c r="N99" s="175"/>
+      <c r="O99" s="175"/>
+      <c r="P99" s="176"/>
       <c r="Q99" s="61"/>
       <c r="R99" s="49"/>
       <c r="S99" s="100"/>
       <c r="T99" s="116"/>
       <c r="U99" s="12"/>
       <c r="V99" s="10"/>
     </row>
     <row r="100" spans="1:22" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A100" s="10"/>
       <c r="B100" s="10"/>
-      <c r="C100" s="68" t="s">
-[...14 lines deleted...]
-      <c r="P100" s="155"/>
+      <c r="C100" s="153" t="s">
+        <v>230</v>
+      </c>
+      <c r="D100" s="180"/>
+      <c r="E100" s="180"/>
+      <c r="F100" s="180"/>
+      <c r="G100" s="174"/>
+      <c r="H100" s="175"/>
+      <c r="I100" s="175"/>
+      <c r="J100" s="175"/>
+      <c r="K100" s="175"/>
+      <c r="L100" s="175"/>
+      <c r="M100" s="175"/>
+      <c r="N100" s="175"/>
+      <c r="O100" s="175"/>
+      <c r="P100" s="176"/>
       <c r="Q100" s="61"/>
       <c r="R100" s="49"/>
       <c r="S100" s="100"/>
       <c r="T100" s="116"/>
       <c r="U100" s="12"/>
       <c r="V100" s="10"/>
     </row>
     <row r="101" spans="1:22" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A101" s="10"/>
       <c r="B101" s="10"/>
       <c r="C101" s="10"/>
       <c r="D101" s="10"/>
       <c r="E101" s="10"/>
       <c r="F101" s="10"/>
       <c r="G101" s="10"/>
       <c r="H101" s="26"/>
       <c r="I101" s="26"/>
       <c r="J101" s="26"/>
       <c r="K101" s="26"/>
       <c r="L101" s="26"/>
       <c r="M101" s="26"/>
       <c r="N101" s="26"/>
       <c r="O101" s="26"/>
       <c r="P101" s="26"/>
       <c r="Q101" s="10"/>
@@ -6140,51 +6167,51 @@
       <c r="F106" s="51"/>
       <c r="G106" s="51"/>
       <c r="H106" s="51"/>
       <c r="I106" s="30"/>
       <c r="J106" s="30"/>
       <c r="K106" s="30"/>
       <c r="L106" s="30"/>
       <c r="M106" s="30"/>
       <c r="N106" s="31"/>
       <c r="O106" s="30"/>
       <c r="P106" s="10"/>
       <c r="Q106" s="10"/>
       <c r="R106" s="10"/>
       <c r="S106" s="12"/>
       <c r="T106" s="12"/>
       <c r="U106" s="12"/>
       <c r="V106" s="10"/>
     </row>
     <row r="107" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A107" s="10"/>
       <c r="B107" s="11"/>
       <c r="C107" s="54" t="s">
         <v>49</v>
       </c>
       <c r="D107" s="51" t="s">
-        <v>226</v>
+        <v>206</v>
       </c>
       <c r="E107" s="51"/>
       <c r="F107" s="51"/>
       <c r="G107" s="51"/>
       <c r="H107" s="51"/>
       <c r="I107" s="30"/>
       <c r="J107" s="30"/>
       <c r="K107" s="30"/>
       <c r="L107" s="30"/>
       <c r="M107" s="30"/>
       <c r="N107" s="31"/>
       <c r="O107" s="30"/>
       <c r="P107" s="10"/>
       <c r="Q107" s="10"/>
       <c r="R107" s="10"/>
       <c r="S107" s="12"/>
       <c r="T107" s="12"/>
       <c r="U107" s="12"/>
       <c r="V107" s="10"/>
     </row>
     <row r="108" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A108" s="10"/>
       <c r="B108" s="11"/>
       <c r="C108" s="54" t="s">
         <v>49</v>
@@ -6216,611 +6243,611 @@
       <c r="B109" s="43"/>
       <c r="C109" s="54"/>
       <c r="D109" s="51"/>
       <c r="E109" s="51"/>
       <c r="F109" s="51"/>
       <c r="G109" s="51"/>
       <c r="H109" s="51"/>
       <c r="I109" s="30"/>
       <c r="J109" s="30"/>
       <c r="K109" s="30"/>
       <c r="L109" s="30"/>
       <c r="M109" s="30"/>
       <c r="N109" s="31"/>
       <c r="O109" s="30"/>
       <c r="P109" s="42"/>
       <c r="Q109" s="42"/>
       <c r="R109" s="42"/>
       <c r="S109" s="44"/>
       <c r="T109" s="44"/>
       <c r="U109" s="44"/>
       <c r="V109" s="42"/>
     </row>
     <row r="110" spans="1:22" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A110" s="10"/>
       <c r="B110" s="10"/>
-      <c r="C110" s="227" t="s">
-[...2 lines deleted...]
-      <c r="D110" s="234" t="s">
+      <c r="C110" s="269" t="s">
+        <v>200</v>
+      </c>
+      <c r="D110" s="212" t="s">
         <v>32</v>
       </c>
-      <c r="E110" s="235"/>
-[...7 lines deleted...]
-      <c r="M110" s="180" t="s">
+      <c r="E110" s="213"/>
+      <c r="F110" s="213"/>
+      <c r="G110" s="213"/>
+      <c r="H110" s="213"/>
+      <c r="I110" s="213"/>
+      <c r="J110" s="213"/>
+      <c r="K110" s="213"/>
+      <c r="L110" s="213"/>
+      <c r="M110" s="283" t="s">
         <v>33</v>
       </c>
-      <c r="N110" s="181"/>
-[...6 lines deleted...]
-      <c r="U110" s="182"/>
+      <c r="N110" s="284"/>
+      <c r="O110" s="284"/>
+      <c r="P110" s="284"/>
+      <c r="Q110" s="284"/>
+      <c r="R110" s="284"/>
+      <c r="S110" s="284"/>
+      <c r="T110" s="284"/>
+      <c r="U110" s="285"/>
       <c r="V110" s="10"/>
     </row>
     <row r="111" spans="1:22" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A111" s="10"/>
       <c r="B111" s="10"/>
-      <c r="C111" s="228"/>
-[...7 lines deleted...]
-      <c r="I111" s="217" t="s">
+      <c r="C111" s="270"/>
+      <c r="D111" s="242" t="s">
+        <v>180</v>
+      </c>
+      <c r="E111" s="243"/>
+      <c r="F111" s="243"/>
+      <c r="G111" s="243"/>
+      <c r="H111" s="244"/>
+      <c r="I111" s="243" t="s">
         <v>119</v>
       </c>
-      <c r="J111" s="217"/>
-[...12 lines deleted...]
-      <c r="U111" s="280" t="s">
+      <c r="J111" s="243"/>
+      <c r="K111" s="243"/>
+      <c r="L111" s="243"/>
+      <c r="M111" s="245" t="s">
+        <v>179</v>
+      </c>
+      <c r="N111" s="243"/>
+      <c r="O111" s="243"/>
+      <c r="P111" s="243"/>
+      <c r="Q111" s="243"/>
+      <c r="R111" s="243"/>
+      <c r="S111" s="243"/>
+      <c r="T111" s="246"/>
+      <c r="U111" s="169" t="s">
         <v>76</v>
       </c>
       <c r="V111" s="10"/>
     </row>
     <row r="112" spans="1:22" s="8" customFormat="1" ht="53.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A112" s="28"/>
       <c r="B112" s="28"/>
-      <c r="C112" s="229"/>
-[...4 lines deleted...]
-      <c r="F112" s="242" t="s">
+      <c r="C112" s="271"/>
+      <c r="D112" s="214" t="s">
+        <v>196</v>
+      </c>
+      <c r="E112" s="215"/>
+      <c r="F112" s="220" t="s">
         <v>120</v>
       </c>
-      <c r="G112" s="251" t="s">
-[...2 lines deleted...]
-      <c r="H112" s="245" t="s">
+      <c r="G112" s="229" t="s">
+        <v>197</v>
+      </c>
+      <c r="H112" s="223" t="s">
         <v>70</v>
       </c>
       <c r="I112" s="138" t="s">
         <v>6</v>
       </c>
-      <c r="J112" s="208" t="s">
+      <c r="J112" s="234" t="s">
         <v>121</v>
       </c>
-      <c r="K112" s="208"/>
-[...1 lines deleted...]
-      <c r="M112" s="168" t="s">
+      <c r="K112" s="234"/>
+      <c r="L112" s="234"/>
+      <c r="M112" s="277" t="s">
         <v>122</v>
       </c>
-      <c r="N112" s="169"/>
-[...6 lines deleted...]
-      <c r="U112" s="281"/>
+      <c r="N112" s="278"/>
+      <c r="O112" s="278"/>
+      <c r="P112" s="278"/>
+      <c r="Q112" s="278"/>
+      <c r="R112" s="278"/>
+      <c r="S112" s="278"/>
+      <c r="T112" s="279"/>
+      <c r="U112" s="170"/>
       <c r="V112" s="28"/>
     </row>
     <row r="113" spans="1:22" s="8" customFormat="1" ht="67.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A113" s="28"/>
       <c r="B113" s="28"/>
-      <c r="C113" s="229"/>
-[...4 lines deleted...]
-      <c r="H113" s="246"/>
+      <c r="C113" s="271"/>
+      <c r="D113" s="216"/>
+      <c r="E113" s="217"/>
+      <c r="F113" s="221"/>
+      <c r="G113" s="230"/>
+      <c r="H113" s="224"/>
       <c r="I113" s="111" t="s">
-        <v>222</v>
-[...4 lines deleted...]
-      <c r="M113" s="186" t="s">
+        <v>202</v>
+      </c>
+      <c r="J113" s="235"/>
+      <c r="K113" s="235"/>
+      <c r="L113" s="235"/>
+      <c r="M113" s="255" t="s">
         <v>71</v>
       </c>
-      <c r="N113" s="187"/>
-[...2 lines deleted...]
-      <c r="Q113" s="193" t="s">
+      <c r="N113" s="256"/>
+      <c r="O113" s="256"/>
+      <c r="P113" s="257"/>
+      <c r="Q113" s="260" t="s">
         <v>75</v>
       </c>
-      <c r="R113" s="194"/>
-[...2 lines deleted...]
-      <c r="U113" s="281"/>
+      <c r="R113" s="261"/>
+      <c r="S113" s="261"/>
+      <c r="T113" s="262"/>
+      <c r="U113" s="170"/>
       <c r="V113" s="28"/>
     </row>
     <row r="114" spans="1:22" s="8" customFormat="1" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A114" s="28"/>
       <c r="B114" s="28"/>
-      <c r="C114" s="229"/>
-[...4 lines deleted...]
-      <c r="H114" s="247"/>
+      <c r="C114" s="271"/>
+      <c r="D114" s="216"/>
+      <c r="E114" s="217"/>
+      <c r="F114" s="221"/>
+      <c r="G114" s="230"/>
+      <c r="H114" s="225"/>
       <c r="I114" s="136"/>
-      <c r="J114" s="221" t="s">
+      <c r="J114" s="247" t="s">
         <v>102</v>
       </c>
-      <c r="K114" s="222"/>
-[...1 lines deleted...]
-      <c r="M114" s="231" t="s">
+      <c r="K114" s="248"/>
+      <c r="L114" s="249"/>
+      <c r="M114" s="273" t="s">
         <v>40</v>
       </c>
-      <c r="N114" s="207" t="s">
-[...2 lines deleted...]
-      <c r="O114" s="204" t="s">
+      <c r="N114" s="233" t="s">
+        <v>192</v>
+      </c>
+      <c r="O114" s="177" t="s">
         <v>21</v>
       </c>
-      <c r="P114" s="197" t="s">
+      <c r="P114" s="263" t="s">
         <v>22</v>
       </c>
-      <c r="Q114" s="184" t="s">
-[...2 lines deleted...]
-      <c r="R114" s="204" t="s">
+      <c r="Q114" s="253" t="s">
+        <v>199</v>
+      </c>
+      <c r="R114" s="177" t="s">
         <v>21</v>
       </c>
-      <c r="S114" s="189" t="s">
+      <c r="S114" s="258" t="s">
         <v>22</v>
       </c>
-      <c r="T114" s="191" t="s">
-[...2 lines deleted...]
-      <c r="U114" s="281"/>
+      <c r="T114" s="300" t="s">
+        <v>201</v>
+      </c>
+      <c r="U114" s="170"/>
       <c r="V114" s="28"/>
     </row>
     <row r="115" spans="1:22" s="8" customFormat="1" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A115" s="28"/>
       <c r="B115" s="28"/>
-      <c r="C115" s="230"/>
-[...6 lines deleted...]
-      <c r="H115" s="246"/>
+      <c r="C115" s="272"/>
+      <c r="D115" s="216"/>
+      <c r="E115" s="217"/>
+      <c r="F115" s="221"/>
+      <c r="G115" s="172" t="s">
+        <v>201</v>
+      </c>
+      <c r="H115" s="224"/>
       <c r="I115" s="112" t="s">
         <v>142</v>
       </c>
-      <c r="J115" s="224"/>
-[...10 lines deleted...]
-      <c r="U115" s="281"/>
+      <c r="J115" s="250"/>
+      <c r="K115" s="251"/>
+      <c r="L115" s="252"/>
+      <c r="M115" s="274"/>
+      <c r="N115" s="178"/>
+      <c r="O115" s="178"/>
+      <c r="P115" s="264"/>
+      <c r="Q115" s="254"/>
+      <c r="R115" s="178"/>
+      <c r="S115" s="259"/>
+      <c r="T115" s="301"/>
+      <c r="U115" s="170"/>
       <c r="V115" s="28"/>
     </row>
     <row r="116" spans="1:22" s="8" customFormat="1" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A116" s="28"/>
       <c r="B116" s="28"/>
-      <c r="C116" s="230"/>
-[...4 lines deleted...]
-      <c r="H116" s="248"/>
+      <c r="C116" s="272"/>
+      <c r="D116" s="218"/>
+      <c r="E116" s="219"/>
+      <c r="F116" s="222"/>
+      <c r="G116" s="173"/>
+      <c r="H116" s="226"/>
       <c r="I116" s="112"/>
-      <c r="J116" s="210" t="s">
+      <c r="J116" s="236" t="s">
         <v>143</v>
       </c>
-      <c r="K116" s="211"/>
+      <c r="K116" s="237"/>
       <c r="L116" s="139" t="s">
         <v>144</v>
       </c>
-      <c r="M116" s="233"/>
-[...7 lines deleted...]
-      <c r="U116" s="282"/>
+      <c r="M116" s="275"/>
+      <c r="N116" s="232"/>
+      <c r="O116" s="178"/>
+      <c r="P116" s="264"/>
+      <c r="Q116" s="254"/>
+      <c r="R116" s="232"/>
+      <c r="S116" s="259"/>
+      <c r="T116" s="301"/>
+      <c r="U116" s="171"/>
       <c r="V116" s="28"/>
     </row>
     <row r="117" spans="1:22" s="9" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A117" s="29"/>
       <c r="B117" s="29"/>
       <c r="C117" s="73">
         <v>1</v>
       </c>
-      <c r="D117" s="212">
+      <c r="D117" s="238">
         <v>2</v>
       </c>
-      <c r="E117" s="213"/>
+      <c r="E117" s="239"/>
       <c r="F117" s="110">
         <v>3</v>
       </c>
       <c r="G117" s="127">
         <v>4</v>
       </c>
       <c r="H117" s="125">
         <v>5</v>
       </c>
       <c r="I117" s="113">
         <v>6</v>
       </c>
-      <c r="J117" s="214">
+      <c r="J117" s="240">
         <v>7</v>
       </c>
-      <c r="K117" s="215"/>
+      <c r="K117" s="241"/>
       <c r="L117" s="142">
         <v>8</v>
       </c>
       <c r="M117" s="74">
         <v>9</v>
       </c>
       <c r="N117" s="75">
         <v>10</v>
       </c>
       <c r="O117" s="75">
         <v>11</v>
       </c>
       <c r="P117" s="76">
         <v>12</v>
       </c>
       <c r="Q117" s="77">
         <v>13</v>
       </c>
       <c r="R117" s="75">
         <v>14</v>
       </c>
       <c r="S117" s="75">
         <v>15</v>
       </c>
       <c r="T117" s="76">
         <v>16</v>
       </c>
       <c r="U117" s="115"/>
       <c r="V117" s="29"/>
     </row>
     <row r="118" spans="1:22" ht="109.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A118" s="10"/>
       <c r="B118" s="10"/>
       <c r="C118" s="78">
         <v>1</v>
       </c>
-      <c r="D118" s="262"/>
-      <c r="E118" s="263"/>
+      <c r="D118" s="156"/>
+      <c r="E118" s="157"/>
       <c r="F118" s="132"/>
       <c r="G118" s="128"/>
       <c r="H118" s="131"/>
       <c r="I118" s="114"/>
-      <c r="J118" s="266"/>
-      <c r="K118" s="265"/>
+      <c r="J118" s="198"/>
+      <c r="K118" s="159"/>
       <c r="L118" s="140"/>
       <c r="M118" s="117"/>
       <c r="N118" s="118"/>
       <c r="O118" s="79"/>
       <c r="P118" s="145"/>
       <c r="Q118" s="120"/>
       <c r="R118" s="79"/>
       <c r="S118" s="118"/>
       <c r="T118" s="80"/>
       <c r="U118" s="148"/>
       <c r="V118" s="10"/>
     </row>
     <row r="119" spans="1:22" ht="115.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A119" s="10"/>
       <c r="B119" s="10"/>
       <c r="C119" s="81">
         <v>2</v>
       </c>
-      <c r="D119" s="262"/>
-      <c r="E119" s="263"/>
+      <c r="D119" s="156"/>
+      <c r="E119" s="157"/>
       <c r="F119" s="132"/>
       <c r="G119" s="128"/>
       <c r="H119" s="131"/>
       <c r="I119" s="130"/>
-      <c r="J119" s="264"/>
-      <c r="K119" s="265"/>
+      <c r="J119" s="158"/>
+      <c r="K119" s="159"/>
       <c r="L119" s="141"/>
       <c r="M119" s="119"/>
       <c r="N119" s="118"/>
       <c r="O119" s="82"/>
       <c r="P119" s="146"/>
       <c r="Q119" s="120"/>
       <c r="R119" s="82"/>
       <c r="S119" s="147"/>
       <c r="T119" s="80"/>
       <c r="U119" s="149"/>
       <c r="V119" s="10"/>
     </row>
     <row r="120" spans="1:22" ht="105" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A120" s="10"/>
       <c r="B120" s="10"/>
       <c r="C120" s="81">
         <v>3</v>
       </c>
-      <c r="D120" s="262"/>
-      <c r="E120" s="263"/>
+      <c r="D120" s="156"/>
+      <c r="E120" s="157"/>
       <c r="F120" s="132"/>
       <c r="G120" s="128"/>
       <c r="H120" s="131"/>
       <c r="I120" s="130"/>
-      <c r="J120" s="264"/>
-      <c r="K120" s="265"/>
+      <c r="J120" s="158"/>
+      <c r="K120" s="159"/>
       <c r="L120" s="141"/>
       <c r="M120" s="119"/>
       <c r="N120" s="118"/>
       <c r="O120" s="82"/>
       <c r="P120" s="146"/>
       <c r="Q120" s="120"/>
       <c r="R120" s="82"/>
       <c r="S120" s="147"/>
       <c r="T120" s="80"/>
       <c r="U120" s="149"/>
       <c r="V120" s="10"/>
     </row>
     <row r="121" spans="1:22" ht="73.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A121" s="10"/>
       <c r="B121" s="10"/>
       <c r="C121" s="81">
         <v>4</v>
       </c>
-      <c r="D121" s="262"/>
-      <c r="E121" s="263"/>
+      <c r="D121" s="156"/>
+      <c r="E121" s="157"/>
       <c r="F121" s="132"/>
       <c r="G121" s="128"/>
       <c r="H121" s="131"/>
       <c r="I121" s="130"/>
-      <c r="J121" s="264"/>
-      <c r="K121" s="265"/>
+      <c r="J121" s="158"/>
+      <c r="K121" s="159"/>
       <c r="L121" s="141"/>
       <c r="M121" s="119"/>
       <c r="N121" s="118"/>
       <c r="O121" s="82"/>
       <c r="P121" s="146"/>
       <c r="Q121" s="120"/>
       <c r="R121" s="82"/>
       <c r="S121" s="147"/>
       <c r="T121" s="80"/>
       <c r="U121" s="149"/>
       <c r="V121" s="10"/>
     </row>
     <row r="122" spans="1:22" ht="84.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A122" s="10"/>
       <c r="B122" s="10"/>
       <c r="C122" s="81">
         <v>5</v>
       </c>
-      <c r="D122" s="262"/>
-      <c r="E122" s="263"/>
+      <c r="D122" s="156"/>
+      <c r="E122" s="157"/>
       <c r="F122" s="132"/>
       <c r="G122" s="128"/>
       <c r="H122" s="131"/>
       <c r="I122" s="130"/>
-      <c r="J122" s="264"/>
-      <c r="K122" s="265"/>
+      <c r="J122" s="158"/>
+      <c r="K122" s="159"/>
       <c r="L122" s="141"/>
       <c r="M122" s="119"/>
       <c r="N122" s="118"/>
       <c r="O122" s="82"/>
       <c r="P122" s="146"/>
       <c r="Q122" s="120"/>
       <c r="R122" s="82"/>
       <c r="S122" s="147"/>
       <c r="T122" s="80"/>
       <c r="U122" s="149"/>
       <c r="V122" s="10"/>
     </row>
     <row r="123" spans="1:22" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A123" s="10"/>
       <c r="B123" s="10"/>
       <c r="C123" s="81">
         <v>6</v>
       </c>
-      <c r="D123" s="262"/>
-      <c r="E123" s="263"/>
+      <c r="D123" s="156"/>
+      <c r="E123" s="157"/>
       <c r="F123" s="132"/>
       <c r="G123" s="128"/>
       <c r="H123" s="131"/>
       <c r="I123" s="130"/>
-      <c r="J123" s="264"/>
-      <c r="K123" s="265"/>
+      <c r="J123" s="158"/>
+      <c r="K123" s="159"/>
       <c r="L123" s="141"/>
       <c r="M123" s="119"/>
       <c r="N123" s="118"/>
       <c r="O123" s="82"/>
       <c r="P123" s="146"/>
       <c r="Q123" s="120"/>
       <c r="R123" s="82"/>
       <c r="S123" s="147"/>
       <c r="T123" s="80"/>
       <c r="U123" s="149"/>
       <c r="V123" s="10"/>
     </row>
     <row r="124" spans="1:22" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A124" s="10"/>
       <c r="B124" s="10"/>
       <c r="C124" s="81">
         <v>7</v>
       </c>
-      <c r="D124" s="262"/>
-      <c r="E124" s="263"/>
+      <c r="D124" s="156"/>
+      <c r="E124" s="157"/>
       <c r="F124" s="132"/>
       <c r="G124" s="128"/>
       <c r="H124" s="131"/>
       <c r="I124" s="130"/>
-      <c r="J124" s="264"/>
-      <c r="K124" s="265"/>
+      <c r="J124" s="158"/>
+      <c r="K124" s="159"/>
       <c r="L124" s="141"/>
       <c r="M124" s="119"/>
       <c r="N124" s="118"/>
       <c r="O124" s="82"/>
       <c r="P124" s="146"/>
       <c r="Q124" s="120"/>
       <c r="R124" s="82"/>
       <c r="S124" s="147"/>
       <c r="T124" s="80"/>
       <c r="U124" s="149"/>
       <c r="V124" s="10"/>
     </row>
     <row r="125" spans="1:22" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A125" s="10"/>
       <c r="B125" s="10"/>
       <c r="C125" s="81">
         <v>8</v>
       </c>
-      <c r="D125" s="262"/>
-      <c r="E125" s="263"/>
+      <c r="D125" s="156"/>
+      <c r="E125" s="157"/>
       <c r="F125" s="132"/>
       <c r="G125" s="128"/>
       <c r="H125" s="131"/>
       <c r="I125" s="130"/>
-      <c r="J125" s="264"/>
-      <c r="K125" s="265"/>
+      <c r="J125" s="158"/>
+      <c r="K125" s="159"/>
       <c r="L125" s="141"/>
       <c r="M125" s="119"/>
       <c r="N125" s="118"/>
       <c r="O125" s="82"/>
       <c r="P125" s="146"/>
       <c r="Q125" s="120"/>
       <c r="R125" s="82"/>
       <c r="S125" s="147"/>
       <c r="T125" s="80"/>
       <c r="U125" s="149"/>
       <c r="V125" s="10"/>
     </row>
     <row r="126" spans="1:22" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A126" s="10"/>
       <c r="B126" s="10"/>
       <c r="C126" s="81">
         <v>9</v>
       </c>
-      <c r="D126" s="262"/>
-      <c r="E126" s="263"/>
+      <c r="D126" s="156"/>
+      <c r="E126" s="157"/>
       <c r="F126" s="132"/>
       <c r="G126" s="128"/>
       <c r="H126" s="131"/>
       <c r="I126" s="130"/>
-      <c r="J126" s="264"/>
-      <c r="K126" s="265"/>
+      <c r="J126" s="158"/>
+      <c r="K126" s="159"/>
       <c r="L126" s="141"/>
       <c r="M126" s="119"/>
       <c r="N126" s="118"/>
       <c r="O126" s="82"/>
       <c r="P126" s="146"/>
       <c r="Q126" s="120"/>
       <c r="R126" s="82"/>
       <c r="S126" s="147"/>
       <c r="T126" s="80"/>
       <c r="U126" s="149"/>
       <c r="V126" s="10"/>
     </row>
     <row r="127" spans="1:22" ht="39.950000000000003" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A127" s="10"/>
       <c r="B127" s="10"/>
       <c r="C127" s="81">
         <v>10</v>
       </c>
-      <c r="D127" s="262"/>
-      <c r="E127" s="263"/>
+      <c r="D127" s="156"/>
+      <c r="E127" s="157"/>
       <c r="F127" s="132"/>
       <c r="G127" s="129"/>
       <c r="H127" s="131"/>
       <c r="I127" s="114"/>
-      <c r="J127" s="266"/>
-      <c r="K127" s="265"/>
+      <c r="J127" s="198"/>
+      <c r="K127" s="159"/>
       <c r="L127" s="141"/>
       <c r="M127" s="119"/>
       <c r="N127" s="118"/>
       <c r="O127" s="82"/>
       <c r="P127" s="146"/>
       <c r="Q127" s="120"/>
       <c r="R127" s="82"/>
       <c r="S127" s="147"/>
       <c r="T127" s="80"/>
       <c r="U127" s="149"/>
       <c r="V127" s="10"/>
     </row>
     <row r="128" spans="1:22" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A128" s="10"/>
       <c r="B128" s="10"/>
       <c r="C128" s="83"/>
-      <c r="D128" s="177" t="s">
+      <c r="D128" s="280" t="s">
         <v>5</v>
       </c>
-      <c r="E128" s="178"/>
-      <c r="F128" s="179"/>
+      <c r="E128" s="281"/>
+      <c r="F128" s="282"/>
       <c r="G128" s="126">
         <f>SUM(G118:G127)</f>
         <v>0</v>
       </c>
       <c r="H128" s="95"/>
       <c r="I128" s="108">
         <f>SUM(I118:I127)</f>
         <v>0</v>
       </c>
-      <c r="J128" s="267"/>
-      <c r="K128" s="268"/>
+      <c r="J128" s="209"/>
+      <c r="K128" s="210"/>
       <c r="L128" s="143">
         <f>SUM(L118:L127)</f>
         <v>0</v>
       </c>
       <c r="M128" s="144"/>
       <c r="N128" s="84"/>
       <c r="O128" s="85"/>
       <c r="P128" s="86"/>
       <c r="Q128" s="87"/>
       <c r="R128" s="85"/>
       <c r="S128" s="88"/>
       <c r="T128" s="89">
         <f>SUM(T118:T127)</f>
         <v>0</v>
       </c>
       <c r="U128" s="90"/>
       <c r="V128" s="10"/>
     </row>
     <row r="129" spans="1:22" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A129" s="10"/>
       <c r="B129" s="10"/>
       <c r="C129" s="10"/>
       <c r="D129" s="10"/>
       <c r="E129" s="10"/>
       <c r="F129" s="10"/>
@@ -6957,371 +6984,371 @@
       <c r="E134" s="10"/>
       <c r="F134" s="10"/>
       <c r="G134" s="10"/>
       <c r="H134" s="10"/>
       <c r="I134" s="10"/>
       <c r="J134" s="10"/>
       <c r="K134" s="10"/>
       <c r="L134" s="10"/>
       <c r="M134" s="10"/>
       <c r="N134" s="11"/>
       <c r="O134" s="10"/>
       <c r="P134" s="10"/>
       <c r="Q134" s="10"/>
       <c r="R134" s="10"/>
       <c r="S134" s="12"/>
       <c r="T134" s="12"/>
       <c r="U134" s="12"/>
       <c r="V134" s="10"/>
     </row>
     <row r="135" spans="1:22" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A135" s="10"/>
       <c r="B135" s="10"/>
       <c r="C135" s="54" t="s">
         <v>49</v>
       </c>
-      <c r="D135" s="279" t="s">
+      <c r="D135" s="168" t="s">
         <v>72</v>
       </c>
-      <c r="E135" s="279"/>
-[...9 lines deleted...]
-      <c r="O135" s="279"/>
+      <c r="E135" s="168"/>
+      <c r="F135" s="168"/>
+      <c r="G135" s="168"/>
+      <c r="H135" s="168"/>
+      <c r="I135" s="168"/>
+      <c r="J135" s="168"/>
+      <c r="K135" s="168"/>
+      <c r="L135" s="168"/>
+      <c r="M135" s="168"/>
+      <c r="N135" s="168"/>
+      <c r="O135" s="168"/>
       <c r="P135" s="10"/>
       <c r="Q135" s="10"/>
       <c r="R135" s="10"/>
       <c r="S135" s="12"/>
       <c r="T135" s="12"/>
       <c r="U135" s="12"/>
       <c r="V135" s="10"/>
     </row>
     <row r="136" spans="1:22" ht="9.9499999999999993" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A136" s="10"/>
       <c r="B136" s="10"/>
       <c r="C136" s="10"/>
-      <c r="D136" s="279"/>
-[...10 lines deleted...]
-      <c r="O136" s="279"/>
+      <c r="D136" s="168"/>
+      <c r="E136" s="168"/>
+      <c r="F136" s="168"/>
+      <c r="G136" s="168"/>
+      <c r="H136" s="168"/>
+      <c r="I136" s="168"/>
+      <c r="J136" s="168"/>
+      <c r="K136" s="168"/>
+      <c r="L136" s="168"/>
+      <c r="M136" s="168"/>
+      <c r="N136" s="168"/>
+      <c r="O136" s="168"/>
       <c r="P136" s="10"/>
       <c r="Q136" s="10"/>
       <c r="R136" s="10"/>
       <c r="S136" s="12"/>
       <c r="T136" s="12"/>
       <c r="U136" s="12"/>
       <c r="V136" s="10"/>
     </row>
     <row r="137" spans="1:22" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A137" s="10"/>
       <c r="B137" s="10"/>
       <c r="C137" s="10"/>
       <c r="D137" s="10"/>
       <c r="E137" s="10"/>
       <c r="F137" s="10"/>
       <c r="G137" s="121" t="s">
-        <v>213</v>
-[...15 lines deleted...]
-      <c r="T137" s="278"/>
+        <v>193</v>
+      </c>
+      <c r="H137" s="160" t="s">
+        <v>194</v>
+      </c>
+      <c r="I137" s="160"/>
+      <c r="J137" s="160"/>
+      <c r="K137" s="160"/>
+      <c r="L137" s="160"/>
+      <c r="M137" s="160"/>
+      <c r="N137" s="160"/>
+      <c r="O137" s="160"/>
+      <c r="P137" s="160"/>
+      <c r="Q137" s="160"/>
+      <c r="R137" s="160"/>
+      <c r="S137" s="160"/>
+      <c r="T137" s="160"/>
       <c r="U137" s="12"/>
       <c r="V137" s="10"/>
     </row>
     <row r="138" spans="1:22" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A138" s="10"/>
       <c r="B138" s="16"/>
-      <c r="C138" s="249" t="s">
+      <c r="C138" s="227" t="s">
         <v>103</v>
       </c>
-      <c r="D138" s="249"/>
-[...15 lines deleted...]
-      <c r="T138" s="173"/>
+      <c r="D138" s="227"/>
+      <c r="E138" s="227"/>
+      <c r="F138" s="227"/>
+      <c r="G138" s="161"/>
+      <c r="H138" s="162"/>
+      <c r="I138" s="163"/>
+      <c r="J138" s="163"/>
+      <c r="K138" s="163"/>
+      <c r="L138" s="163"/>
+      <c r="M138" s="163"/>
+      <c r="N138" s="163"/>
+      <c r="O138" s="163"/>
+      <c r="P138" s="163"/>
+      <c r="Q138" s="163"/>
+      <c r="R138" s="163"/>
+      <c r="S138" s="163"/>
+      <c r="T138" s="164"/>
       <c r="U138" s="12"/>
       <c r="V138" s="10"/>
     </row>
     <row r="139" spans="1:22" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A139" s="10"/>
       <c r="B139" s="10"/>
-      <c r="C139" s="249"/>
-[...16 lines deleted...]
-      <c r="T139" s="176"/>
+      <c r="C139" s="227"/>
+      <c r="D139" s="227"/>
+      <c r="E139" s="227"/>
+      <c r="F139" s="227"/>
+      <c r="G139" s="161"/>
+      <c r="H139" s="165"/>
+      <c r="I139" s="166"/>
+      <c r="J139" s="166"/>
+      <c r="K139" s="166"/>
+      <c r="L139" s="166"/>
+      <c r="M139" s="166"/>
+      <c r="N139" s="166"/>
+      <c r="O139" s="166"/>
+      <c r="P139" s="166"/>
+      <c r="Q139" s="166"/>
+      <c r="R139" s="166"/>
+      <c r="S139" s="166"/>
+      <c r="T139" s="167"/>
       <c r="U139" s="12"/>
       <c r="V139" s="10"/>
     </row>
     <row r="140" spans="1:22" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A140" s="10"/>
       <c r="B140" s="10"/>
-      <c r="C140" s="250" t="s">
+      <c r="C140" s="228" t="s">
         <v>50</v>
       </c>
-      <c r="D140" s="250"/>
-[...15 lines deleted...]
-      <c r="T140" s="173"/>
+      <c r="D140" s="228"/>
+      <c r="E140" s="228"/>
+      <c r="F140" s="228"/>
+      <c r="G140" s="161"/>
+      <c r="H140" s="162"/>
+      <c r="I140" s="163"/>
+      <c r="J140" s="163"/>
+      <c r="K140" s="163"/>
+      <c r="L140" s="163"/>
+      <c r="M140" s="163"/>
+      <c r="N140" s="163"/>
+      <c r="O140" s="163"/>
+      <c r="P140" s="163"/>
+      <c r="Q140" s="163"/>
+      <c r="R140" s="163"/>
+      <c r="S140" s="163"/>
+      <c r="T140" s="164"/>
       <c r="U140" s="12"/>
       <c r="V140" s="10"/>
     </row>
     <row r="141" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A141" s="10"/>
       <c r="B141" s="10"/>
-      <c r="C141" s="250"/>
-[...16 lines deleted...]
-      <c r="T141" s="176"/>
+      <c r="C141" s="228"/>
+      <c r="D141" s="228"/>
+      <c r="E141" s="228"/>
+      <c r="F141" s="228"/>
+      <c r="G141" s="161"/>
+      <c r="H141" s="165"/>
+      <c r="I141" s="166"/>
+      <c r="J141" s="166"/>
+      <c r="K141" s="166"/>
+      <c r="L141" s="166"/>
+      <c r="M141" s="166"/>
+      <c r="N141" s="166"/>
+      <c r="O141" s="166"/>
+      <c r="P141" s="166"/>
+      <c r="Q141" s="166"/>
+      <c r="R141" s="166"/>
+      <c r="S141" s="166"/>
+      <c r="T141" s="167"/>
       <c r="U141" s="12"/>
       <c r="V141" s="10"/>
     </row>
     <row r="142" spans="1:22" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A142" s="10"/>
       <c r="B142" s="10"/>
-      <c r="C142" s="250" t="s">
+      <c r="C142" s="228" t="s">
         <v>51</v>
       </c>
-      <c r="D142" s="250"/>
-[...15 lines deleted...]
-      <c r="T142" s="173"/>
+      <c r="D142" s="228"/>
+      <c r="E142" s="228"/>
+      <c r="F142" s="228"/>
+      <c r="G142" s="161"/>
+      <c r="H142" s="162"/>
+      <c r="I142" s="163"/>
+      <c r="J142" s="163"/>
+      <c r="K142" s="163"/>
+      <c r="L142" s="163"/>
+      <c r="M142" s="163"/>
+      <c r="N142" s="163"/>
+      <c r="O142" s="163"/>
+      <c r="P142" s="163"/>
+      <c r="Q142" s="163"/>
+      <c r="R142" s="163"/>
+      <c r="S142" s="163"/>
+      <c r="T142" s="164"/>
       <c r="U142" s="12"/>
       <c r="V142" s="10"/>
     </row>
     <row r="143" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A143" s="10"/>
       <c r="B143" s="10"/>
-      <c r="C143" s="250"/>
-[...16 lines deleted...]
-      <c r="T143" s="176"/>
+      <c r="C143" s="228"/>
+      <c r="D143" s="228"/>
+      <c r="E143" s="228"/>
+      <c r="F143" s="228"/>
+      <c r="G143" s="161"/>
+      <c r="H143" s="165"/>
+      <c r="I143" s="166"/>
+      <c r="J143" s="166"/>
+      <c r="K143" s="166"/>
+      <c r="L143" s="166"/>
+      <c r="M143" s="166"/>
+      <c r="N143" s="166"/>
+      <c r="O143" s="166"/>
+      <c r="P143" s="166"/>
+      <c r="Q143" s="166"/>
+      <c r="R143" s="166"/>
+      <c r="S143" s="166"/>
+      <c r="T143" s="167"/>
       <c r="U143" s="12"/>
       <c r="V143" s="10"/>
     </row>
     <row r="144" spans="1:22" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A144" s="10"/>
       <c r="B144" s="10"/>
-      <c r="C144" s="250" t="s">
+      <c r="C144" s="228" t="s">
         <v>52</v>
       </c>
-      <c r="D144" s="250"/>
-[...15 lines deleted...]
-      <c r="T144" s="173"/>
+      <c r="D144" s="228"/>
+      <c r="E144" s="228"/>
+      <c r="F144" s="228"/>
+      <c r="G144" s="161"/>
+      <c r="H144" s="162"/>
+      <c r="I144" s="163"/>
+      <c r="J144" s="163"/>
+      <c r="K144" s="163"/>
+      <c r="L144" s="163"/>
+      <c r="M144" s="163"/>
+      <c r="N144" s="163"/>
+      <c r="O144" s="163"/>
+      <c r="P144" s="163"/>
+      <c r="Q144" s="163"/>
+      <c r="R144" s="163"/>
+      <c r="S144" s="163"/>
+      <c r="T144" s="164"/>
       <c r="U144" s="12"/>
       <c r="V144" s="10"/>
     </row>
     <row r="145" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A145" s="10"/>
       <c r="B145" s="10"/>
-      <c r="C145" s="250"/>
-[...16 lines deleted...]
-      <c r="T145" s="176"/>
+      <c r="C145" s="228"/>
+      <c r="D145" s="228"/>
+      <c r="E145" s="228"/>
+      <c r="F145" s="228"/>
+      <c r="G145" s="161"/>
+      <c r="H145" s="165"/>
+      <c r="I145" s="166"/>
+      <c r="J145" s="166"/>
+      <c r="K145" s="166"/>
+      <c r="L145" s="166"/>
+      <c r="M145" s="166"/>
+      <c r="N145" s="166"/>
+      <c r="O145" s="166"/>
+      <c r="P145" s="166"/>
+      <c r="Q145" s="166"/>
+      <c r="R145" s="166"/>
+      <c r="S145" s="166"/>
+      <c r="T145" s="167"/>
       <c r="U145" s="12"/>
       <c r="V145" s="10"/>
     </row>
     <row r="146" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A146" s="10"/>
       <c r="B146" s="10"/>
-      <c r="C146" s="157" t="s">
+      <c r="C146" s="265" t="s">
         <v>53</v>
       </c>
-      <c r="D146" s="157"/>
-[...15 lines deleted...]
-      <c r="T146" s="173"/>
+      <c r="D146" s="265"/>
+      <c r="E146" s="265"/>
+      <c r="F146" s="265"/>
+      <c r="G146" s="161"/>
+      <c r="H146" s="162"/>
+      <c r="I146" s="163"/>
+      <c r="J146" s="163"/>
+      <c r="K146" s="163"/>
+      <c r="L146" s="163"/>
+      <c r="M146" s="163"/>
+      <c r="N146" s="163"/>
+      <c r="O146" s="163"/>
+      <c r="P146" s="163"/>
+      <c r="Q146" s="163"/>
+      <c r="R146" s="163"/>
+      <c r="S146" s="163"/>
+      <c r="T146" s="164"/>
       <c r="U146" s="12"/>
       <c r="V146" s="10"/>
     </row>
     <row r="147" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A147" s="10"/>
       <c r="B147" s="10"/>
-      <c r="C147" s="157"/>
-[...16 lines deleted...]
-      <c r="T147" s="176"/>
+      <c r="C147" s="265"/>
+      <c r="D147" s="265"/>
+      <c r="E147" s="265"/>
+      <c r="F147" s="265"/>
+      <c r="G147" s="161"/>
+      <c r="H147" s="165"/>
+      <c r="I147" s="166"/>
+      <c r="J147" s="166"/>
+      <c r="K147" s="166"/>
+      <c r="L147" s="166"/>
+      <c r="M147" s="166"/>
+      <c r="N147" s="166"/>
+      <c r="O147" s="166"/>
+      <c r="P147" s="166"/>
+      <c r="Q147" s="166"/>
+      <c r="R147" s="166"/>
+      <c r="S147" s="166"/>
+      <c r="T147" s="167"/>
       <c r="U147" s="12"/>
       <c r="V147" s="10"/>
     </row>
     <row r="148" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A148" s="10"/>
       <c r="B148" s="10"/>
       <c r="C148" s="10"/>
       <c r="D148" s="10"/>
       <c r="E148" s="10"/>
       <c r="F148" s="10"/>
       <c r="G148" s="10"/>
       <c r="H148" s="10"/>
       <c r="I148" s="10"/>
       <c r="J148" s="10"/>
       <c r="K148" s="10"/>
       <c r="L148" s="10"/>
       <c r="M148" s="10"/>
       <c r="N148" s="11"/>
       <c r="O148" s="10"/>
       <c r="P148" s="10"/>
       <c r="Q148" s="10"/>
       <c r="R148" s="10"/>
       <c r="S148" s="12"/>
       <c r="T148" s="12"/>
       <c r="U148" s="12"/>
@@ -7410,164 +7437,164 @@
       <c r="B152" s="42"/>
       <c r="C152" s="42"/>
       <c r="D152" s="42"/>
       <c r="E152" s="42"/>
       <c r="F152" s="42"/>
       <c r="G152" s="42"/>
       <c r="H152" s="42"/>
       <c r="I152" s="42"/>
       <c r="J152" s="42"/>
       <c r="K152" s="42"/>
       <c r="L152" s="42"/>
       <c r="M152" s="42"/>
       <c r="N152" s="43"/>
       <c r="O152" s="42"/>
       <c r="P152" s="42"/>
       <c r="Q152" s="42"/>
       <c r="R152" s="42"/>
       <c r="S152" s="44"/>
       <c r="T152" s="44"/>
       <c r="U152" s="44"/>
       <c r="V152" s="42"/>
     </row>
     <row r="153" spans="1:22" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A153" s="10"/>
       <c r="B153" s="10"/>
-      <c r="C153" s="253"/>
-[...16 lines deleted...]
-      <c r="T153" s="255"/>
+      <c r="C153" s="200"/>
+      <c r="D153" s="201"/>
+      <c r="E153" s="201"/>
+      <c r="F153" s="201"/>
+      <c r="G153" s="201"/>
+      <c r="H153" s="201"/>
+      <c r="I153" s="201"/>
+      <c r="J153" s="201"/>
+      <c r="K153" s="201"/>
+      <c r="L153" s="201"/>
+      <c r="M153" s="201"/>
+      <c r="N153" s="201"/>
+      <c r="O153" s="201"/>
+      <c r="P153" s="201"/>
+      <c r="Q153" s="201"/>
+      <c r="R153" s="201"/>
+      <c r="S153" s="201"/>
+      <c r="T153" s="202"/>
       <c r="U153" s="12"/>
       <c r="V153" s="10"/>
     </row>
     <row r="154" spans="1:22" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A154" s="10"/>
       <c r="B154" s="10"/>
-      <c r="C154" s="256"/>
-[...16 lines deleted...]
-      <c r="T154" s="258"/>
+      <c r="C154" s="203"/>
+      <c r="D154" s="204"/>
+      <c r="E154" s="204"/>
+      <c r="F154" s="204"/>
+      <c r="G154" s="204"/>
+      <c r="H154" s="204"/>
+      <c r="I154" s="204"/>
+      <c r="J154" s="204"/>
+      <c r="K154" s="204"/>
+      <c r="L154" s="204"/>
+      <c r="M154" s="204"/>
+      <c r="N154" s="204"/>
+      <c r="O154" s="204"/>
+      <c r="P154" s="204"/>
+      <c r="Q154" s="204"/>
+      <c r="R154" s="204"/>
+      <c r="S154" s="204"/>
+      <c r="T154" s="205"/>
       <c r="U154" s="12"/>
       <c r="V154" s="10"/>
     </row>
     <row r="155" spans="1:22" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A155" s="10"/>
       <c r="B155" s="10"/>
-      <c r="C155" s="256"/>
-[...16 lines deleted...]
-      <c r="T155" s="258"/>
+      <c r="C155" s="203"/>
+      <c r="D155" s="204"/>
+      <c r="E155" s="204"/>
+      <c r="F155" s="204"/>
+      <c r="G155" s="204"/>
+      <c r="H155" s="204"/>
+      <c r="I155" s="204"/>
+      <c r="J155" s="204"/>
+      <c r="K155" s="204"/>
+      <c r="L155" s="204"/>
+      <c r="M155" s="204"/>
+      <c r="N155" s="204"/>
+      <c r="O155" s="204"/>
+      <c r="P155" s="204"/>
+      <c r="Q155" s="204"/>
+      <c r="R155" s="204"/>
+      <c r="S155" s="204"/>
+      <c r="T155" s="205"/>
       <c r="U155" s="12"/>
       <c r="V155" s="10"/>
     </row>
     <row r="156" spans="1:22" ht="39" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A156" s="10"/>
       <c r="B156" s="10"/>
-      <c r="C156" s="256"/>
-[...16 lines deleted...]
-      <c r="T156" s="258"/>
+      <c r="C156" s="203"/>
+      <c r="D156" s="204"/>
+      <c r="E156" s="204"/>
+      <c r="F156" s="204"/>
+      <c r="G156" s="204"/>
+      <c r="H156" s="204"/>
+      <c r="I156" s="204"/>
+      <c r="J156" s="204"/>
+      <c r="K156" s="204"/>
+      <c r="L156" s="204"/>
+      <c r="M156" s="204"/>
+      <c r="N156" s="204"/>
+      <c r="O156" s="204"/>
+      <c r="P156" s="204"/>
+      <c r="Q156" s="204"/>
+      <c r="R156" s="204"/>
+      <c r="S156" s="204"/>
+      <c r="T156" s="205"/>
       <c r="U156" s="12"/>
       <c r="V156" s="10"/>
     </row>
     <row r="157" spans="1:22" ht="2.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A157" s="10"/>
       <c r="B157" s="10"/>
-      <c r="C157" s="259"/>
-[...16 lines deleted...]
-      <c r="T157" s="261"/>
+      <c r="C157" s="206"/>
+      <c r="D157" s="207"/>
+      <c r="E157" s="207"/>
+      <c r="F157" s="207"/>
+      <c r="G157" s="207"/>
+      <c r="H157" s="207"/>
+      <c r="I157" s="207"/>
+      <c r="J157" s="207"/>
+      <c r="K157" s="207"/>
+      <c r="L157" s="207"/>
+      <c r="M157" s="207"/>
+      <c r="N157" s="207"/>
+      <c r="O157" s="207"/>
+      <c r="P157" s="207"/>
+      <c r="Q157" s="207"/>
+      <c r="R157" s="207"/>
+      <c r="S157" s="207"/>
+      <c r="T157" s="208"/>
       <c r="U157" s="12"/>
       <c r="V157" s="10"/>
     </row>
     <row r="158" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A158" s="10"/>
       <c r="B158" s="10"/>
       <c r="C158" s="10"/>
       <c r="D158" s="10"/>
       <c r="E158" s="10"/>
       <c r="F158" s="10"/>
       <c r="G158" s="10"/>
       <c r="H158" s="10"/>
       <c r="I158" s="10"/>
       <c r="J158" s="10"/>
       <c r="K158" s="10"/>
       <c r="L158" s="10"/>
       <c r="M158" s="10"/>
       <c r="N158" s="11"/>
       <c r="O158" s="10"/>
       <c r="P158" s="10"/>
       <c r="Q158" s="10"/>
       <c r="R158" s="10"/>
       <c r="S158" s="12"/>
       <c r="T158" s="12"/>
       <c r="U158" s="12"/>
@@ -7579,88 +7606,88 @@
       <c r="C159" s="10"/>
       <c r="D159" s="10"/>
       <c r="E159" s="10"/>
       <c r="F159" s="10"/>
       <c r="G159" s="10"/>
       <c r="H159" s="10"/>
       <c r="I159" s="10"/>
       <c r="J159" s="10"/>
       <c r="K159" s="10"/>
       <c r="L159" s="10"/>
       <c r="M159" s="10"/>
       <c r="N159" s="11"/>
       <c r="O159" s="10"/>
       <c r="P159" s="10"/>
       <c r="Q159" s="10"/>
       <c r="R159" s="10"/>
       <c r="S159" s="12"/>
       <c r="T159" s="12"/>
       <c r="U159" s="12"/>
       <c r="V159" s="10"/>
     </row>
     <row r="160" spans="1:22" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A160" s="10"/>
       <c r="B160" s="10"/>
       <c r="C160" s="10"/>
-      <c r="D160" s="202" t="s">
-[...10 lines deleted...]
-      <c r="M160" s="202"/>
+      <c r="D160" s="188" t="s">
+        <v>187</v>
+      </c>
+      <c r="E160" s="188"/>
+      <c r="F160" s="188"/>
+      <c r="G160" s="188"/>
+      <c r="H160" s="188"/>
+      <c r="I160" s="188"/>
+      <c r="J160" s="188"/>
+      <c r="K160" s="188"/>
+      <c r="L160" s="188"/>
+      <c r="M160" s="188"/>
       <c r="N160" s="64"/>
-      <c r="O160" s="203"/>
+      <c r="O160" s="180"/>
       <c r="P160" s="64"/>
       <c r="Q160" s="64"/>
       <c r="R160" s="64"/>
       <c r="S160" s="64"/>
       <c r="T160" s="66"/>
       <c r="U160" s="12"/>
       <c r="V160" s="10"/>
     </row>
     <row r="161" spans="1:22" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A161" s="10"/>
       <c r="B161" s="10"/>
       <c r="C161" s="10"/>
-      <c r="D161" s="202"/>
-[...8 lines deleted...]
-      <c r="M161" s="202"/>
+      <c r="D161" s="188"/>
+      <c r="E161" s="188"/>
+      <c r="F161" s="188"/>
+      <c r="G161" s="188"/>
+      <c r="H161" s="188"/>
+      <c r="I161" s="188"/>
+      <c r="J161" s="188"/>
+      <c r="K161" s="188"/>
+      <c r="L161" s="188"/>
+      <c r="M161" s="188"/>
       <c r="N161" s="64"/>
-      <c r="O161" s="203"/>
+      <c r="O161" s="180"/>
       <c r="P161" s="64"/>
       <c r="Q161" s="64"/>
       <c r="R161" s="64"/>
       <c r="S161" s="64"/>
       <c r="T161" s="66"/>
       <c r="U161" s="12"/>
       <c r="V161" s="10"/>
     </row>
     <row r="162" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A162" s="10"/>
       <c r="B162" s="10"/>
       <c r="C162" s="10"/>
       <c r="D162" s="122"/>
       <c r="E162" s="122"/>
       <c r="F162" s="122"/>
       <c r="G162" s="122"/>
       <c r="H162" s="122"/>
       <c r="I162" s="122"/>
       <c r="J162" s="122"/>
       <c r="K162" s="122"/>
       <c r="L162" s="122"/>
       <c r="M162" s="122"/>
       <c r="N162" s="107"/>
       <c r="O162" s="66"/>
       <c r="P162" s="107"/>
@@ -7677,88 +7704,88 @@
       <c r="C163" s="10"/>
       <c r="D163" s="122"/>
       <c r="E163" s="122"/>
       <c r="F163" s="122"/>
       <c r="G163" s="122"/>
       <c r="H163" s="122"/>
       <c r="I163" s="122"/>
       <c r="J163" s="122"/>
       <c r="K163" s="122"/>
       <c r="L163" s="122"/>
       <c r="M163" s="122"/>
       <c r="N163" s="107"/>
       <c r="O163" s="66"/>
       <c r="P163" s="107"/>
       <c r="Q163" s="61"/>
       <c r="R163" s="61"/>
       <c r="S163" s="61"/>
       <c r="T163" s="66"/>
       <c r="U163" s="12"/>
       <c r="V163" s="10"/>
     </row>
     <row r="164" spans="1:22" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A164" s="10"/>
       <c r="B164" s="10"/>
       <c r="C164" s="10"/>
-      <c r="D164" s="202" t="s">
-[...10 lines deleted...]
-      <c r="M164" s="202"/>
+      <c r="D164" s="188" t="s">
+        <v>188</v>
+      </c>
+      <c r="E164" s="188"/>
+      <c r="F164" s="188"/>
+      <c r="G164" s="188"/>
+      <c r="H164" s="188"/>
+      <c r="I164" s="188"/>
+      <c r="J164" s="188"/>
+      <c r="K164" s="188"/>
+      <c r="L164" s="188"/>
+      <c r="M164" s="188"/>
       <c r="N164" s="64"/>
-      <c r="O164" s="203"/>
+      <c r="O164" s="180"/>
       <c r="P164" s="64"/>
       <c r="Q164" s="64"/>
       <c r="R164" s="64"/>
       <c r="S164" s="64"/>
       <c r="T164" s="66"/>
       <c r="U164" s="12"/>
       <c r="V164" s="10"/>
     </row>
     <row r="165" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A165" s="10"/>
       <c r="B165" s="10"/>
       <c r="C165" s="10"/>
-      <c r="D165" s="202"/>
-[...8 lines deleted...]
-      <c r="M165" s="202"/>
+      <c r="D165" s="188"/>
+      <c r="E165" s="188"/>
+      <c r="F165" s="188"/>
+      <c r="G165" s="188"/>
+      <c r="H165" s="188"/>
+      <c r="I165" s="188"/>
+      <c r="J165" s="188"/>
+      <c r="K165" s="188"/>
+      <c r="L165" s="188"/>
+      <c r="M165" s="188"/>
       <c r="N165" s="64"/>
-      <c r="O165" s="203"/>
+      <c r="O165" s="180"/>
       <c r="P165" s="64"/>
       <c r="Q165" s="64"/>
       <c r="R165" s="64"/>
       <c r="S165" s="64"/>
       <c r="T165" s="66"/>
       <c r="U165" s="12"/>
       <c r="V165" s="10"/>
     </row>
     <row r="166" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A166" s="10"/>
       <c r="B166" s="10"/>
       <c r="C166" s="10"/>
       <c r="D166" s="122"/>
       <c r="E166" s="122"/>
       <c r="F166" s="122"/>
       <c r="G166" s="122"/>
       <c r="H166" s="122"/>
       <c r="I166" s="122"/>
       <c r="J166" s="122"/>
       <c r="K166" s="122"/>
       <c r="L166" s="122"/>
       <c r="M166" s="122"/>
       <c r="N166" s="107"/>
       <c r="O166" s="66"/>
       <c r="P166" s="107"/>
@@ -7775,88 +7802,88 @@
       <c r="C167" s="10"/>
       <c r="D167" s="122"/>
       <c r="E167" s="122"/>
       <c r="F167" s="122"/>
       <c r="G167" s="122"/>
       <c r="H167" s="122"/>
       <c r="I167" s="122"/>
       <c r="J167" s="122"/>
       <c r="K167" s="122"/>
       <c r="L167" s="122"/>
       <c r="M167" s="122"/>
       <c r="N167" s="107"/>
       <c r="O167" s="66"/>
       <c r="P167" s="107"/>
       <c r="Q167" s="61"/>
       <c r="R167" s="61"/>
       <c r="S167" s="61"/>
       <c r="T167" s="66"/>
       <c r="U167" s="12"/>
       <c r="V167" s="10"/>
     </row>
     <row r="168" spans="1:22" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A168" s="10"/>
       <c r="B168" s="10"/>
       <c r="C168" s="10"/>
-      <c r="D168" s="202" t="s">
-[...10 lines deleted...]
-      <c r="M168" s="202"/>
+      <c r="D168" s="188" t="s">
+        <v>189</v>
+      </c>
+      <c r="E168" s="188"/>
+      <c r="F168" s="188"/>
+      <c r="G168" s="188"/>
+      <c r="H168" s="188"/>
+      <c r="I168" s="188"/>
+      <c r="J168" s="188"/>
+      <c r="K168" s="188"/>
+      <c r="L168" s="188"/>
+      <c r="M168" s="188"/>
       <c r="N168" s="64"/>
-      <c r="O168" s="203"/>
+      <c r="O168" s="180"/>
       <c r="P168" s="64"/>
       <c r="Q168" s="64"/>
       <c r="R168" s="64"/>
       <c r="S168" s="64"/>
       <c r="T168" s="66"/>
       <c r="U168" s="12"/>
       <c r="V168" s="10"/>
     </row>
     <row r="169" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A169" s="10"/>
       <c r="B169" s="10"/>
       <c r="C169" s="10"/>
-      <c r="D169" s="202"/>
-[...8 lines deleted...]
-      <c r="M169" s="202"/>
+      <c r="D169" s="188"/>
+      <c r="E169" s="188"/>
+      <c r="F169" s="188"/>
+      <c r="G169" s="188"/>
+      <c r="H169" s="188"/>
+      <c r="I169" s="188"/>
+      <c r="J169" s="188"/>
+      <c r="K169" s="188"/>
+      <c r="L169" s="188"/>
+      <c r="M169" s="188"/>
       <c r="N169" s="64"/>
-      <c r="O169" s="203"/>
+      <c r="O169" s="180"/>
       <c r="P169" s="64"/>
       <c r="Q169" s="64"/>
       <c r="R169" s="64"/>
       <c r="S169" s="64"/>
       <c r="T169" s="66"/>
       <c r="U169" s="12"/>
       <c r="V169" s="10"/>
     </row>
     <row r="170" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A170" s="10"/>
       <c r="B170" s="10"/>
       <c r="C170" s="10"/>
       <c r="D170" s="122"/>
       <c r="E170" s="122"/>
       <c r="F170" s="122"/>
       <c r="G170" s="122"/>
       <c r="H170" s="122"/>
       <c r="I170" s="122"/>
       <c r="J170" s="122"/>
       <c r="K170" s="122"/>
       <c r="L170" s="122"/>
       <c r="M170" s="122"/>
       <c r="N170" s="107"/>
       <c r="O170" s="106"/>
       <c r="P170" s="107"/>
@@ -7873,88 +7900,88 @@
       <c r="C171" s="10"/>
       <c r="D171" s="123"/>
       <c r="E171" s="123"/>
       <c r="F171" s="123"/>
       <c r="G171" s="123"/>
       <c r="H171" s="123"/>
       <c r="I171" s="123"/>
       <c r="J171" s="123"/>
       <c r="K171" s="123"/>
       <c r="L171" s="123"/>
       <c r="M171" s="123"/>
       <c r="N171" s="61"/>
       <c r="O171" s="61"/>
       <c r="P171" s="61"/>
       <c r="Q171" s="61"/>
       <c r="R171" s="61"/>
       <c r="S171" s="66"/>
       <c r="T171" s="66"/>
       <c r="U171" s="12"/>
       <c r="V171" s="10"/>
     </row>
     <row r="172" spans="1:22" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A172" s="10"/>
       <c r="B172" s="10"/>
       <c r="C172" s="10"/>
-      <c r="D172" s="202" t="s">
+      <c r="D172" s="188" t="s">
         <v>74</v>
       </c>
-      <c r="E172" s="202"/>
-[...7 lines deleted...]
-      <c r="M172" s="202"/>
+      <c r="E172" s="188"/>
+      <c r="F172" s="188"/>
+      <c r="G172" s="188"/>
+      <c r="H172" s="188"/>
+      <c r="I172" s="188"/>
+      <c r="J172" s="188"/>
+      <c r="K172" s="188"/>
+      <c r="L172" s="188"/>
+      <c r="M172" s="188"/>
       <c r="N172" s="64"/>
-      <c r="O172" s="203"/>
+      <c r="O172" s="180"/>
       <c r="P172" s="64"/>
       <c r="Q172" s="64"/>
       <c r="R172" s="64"/>
       <c r="S172" s="64"/>
       <c r="T172" s="66"/>
       <c r="U172" s="12"/>
       <c r="V172" s="10"/>
     </row>
     <row r="173" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A173" s="10"/>
       <c r="B173" s="10"/>
       <c r="C173" s="10"/>
-      <c r="D173" s="202"/>
-[...8 lines deleted...]
-      <c r="M173" s="202"/>
+      <c r="D173" s="188"/>
+      <c r="E173" s="188"/>
+      <c r="F173" s="188"/>
+      <c r="G173" s="188"/>
+      <c r="H173" s="188"/>
+      <c r="I173" s="188"/>
+      <c r="J173" s="188"/>
+      <c r="K173" s="188"/>
+      <c r="L173" s="188"/>
+      <c r="M173" s="188"/>
       <c r="N173" s="107"/>
-      <c r="O173" s="203"/>
+      <c r="O173" s="180"/>
       <c r="P173" s="107"/>
       <c r="Q173" s="64"/>
       <c r="R173" s="64"/>
       <c r="S173" s="64"/>
       <c r="T173" s="66"/>
       <c r="U173" s="12"/>
       <c r="V173" s="10"/>
     </row>
     <row r="174" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A174" s="10"/>
       <c r="B174" s="10"/>
       <c r="C174" s="10"/>
       <c r="D174" s="122"/>
       <c r="E174" s="122"/>
       <c r="F174" s="122"/>
       <c r="G174" s="122"/>
       <c r="H174" s="122"/>
       <c r="I174" s="122"/>
       <c r="J174" s="122"/>
       <c r="K174" s="122"/>
       <c r="L174" s="122"/>
       <c r="M174" s="122"/>
       <c r="N174" s="107"/>
       <c r="O174" s="106"/>
       <c r="P174" s="107"/>
@@ -7971,88 +7998,88 @@
       <c r="C175" s="10"/>
       <c r="D175" s="122"/>
       <c r="E175" s="122"/>
       <c r="F175" s="122"/>
       <c r="G175" s="122"/>
       <c r="H175" s="122"/>
       <c r="I175" s="122"/>
       <c r="J175" s="122"/>
       <c r="K175" s="122"/>
       <c r="L175" s="122"/>
       <c r="M175" s="122"/>
       <c r="N175" s="107"/>
       <c r="O175" s="106"/>
       <c r="P175" s="107"/>
       <c r="Q175" s="61"/>
       <c r="R175" s="61"/>
       <c r="S175" s="66"/>
       <c r="T175" s="66"/>
       <c r="U175" s="12"/>
       <c r="V175" s="10"/>
     </row>
     <row r="176" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A176" s="10"/>
       <c r="B176" s="10"/>
       <c r="C176" s="10"/>
-      <c r="D176" s="200" t="s">
+      <c r="D176" s="231" t="s">
         <v>90</v>
       </c>
-      <c r="E176" s="200"/>
-[...7 lines deleted...]
-      <c r="M176" s="200"/>
+      <c r="E176" s="231"/>
+      <c r="F176" s="231"/>
+      <c r="G176" s="231"/>
+      <c r="H176" s="231"/>
+      <c r="I176" s="231"/>
+      <c r="J176" s="231"/>
+      <c r="K176" s="231"/>
+      <c r="L176" s="231"/>
+      <c r="M176" s="231"/>
       <c r="N176" s="64"/>
-      <c r="O176" s="201"/>
+      <c r="O176" s="161"/>
       <c r="P176" s="64"/>
       <c r="Q176" s="64"/>
       <c r="R176" s="64"/>
       <c r="S176" s="64"/>
       <c r="T176" s="66"/>
       <c r="U176" s="12"/>
       <c r="V176" s="10"/>
     </row>
     <row r="177" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A177" s="10"/>
       <c r="B177" s="10"/>
       <c r="C177" s="10"/>
-      <c r="D177" s="200"/>
-[...8 lines deleted...]
-      <c r="M177" s="200"/>
+      <c r="D177" s="231"/>
+      <c r="E177" s="231"/>
+      <c r="F177" s="231"/>
+      <c r="G177" s="231"/>
+      <c r="H177" s="231"/>
+      <c r="I177" s="231"/>
+      <c r="J177" s="231"/>
+      <c r="K177" s="231"/>
+      <c r="L177" s="231"/>
+      <c r="M177" s="231"/>
       <c r="N177" s="64"/>
-      <c r="O177" s="201"/>
+      <c r="O177" s="161"/>
       <c r="P177" s="64"/>
       <c r="Q177" s="64"/>
       <c r="R177" s="64"/>
       <c r="S177" s="64"/>
       <c r="T177" s="66"/>
       <c r="U177" s="12"/>
       <c r="V177" s="10"/>
     </row>
     <row r="178" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A178" s="10"/>
       <c r="B178" s="10"/>
       <c r="C178" s="33" t="s">
         <v>1</v>
       </c>
       <c r="D178" s="30" t="s">
         <v>42</v>
       </c>
       <c r="E178" s="32"/>
       <c r="F178" s="32"/>
       <c r="G178" s="32"/>
       <c r="H178" s="32"/>
       <c r="I178" s="72"/>
       <c r="J178" s="32"/>
       <c r="K178" s="32"/>
       <c r="L178" s="32"/>
@@ -8125,457 +8152,457 @@
       <c r="C181" s="101"/>
       <c r="D181" s="101"/>
       <c r="E181" s="101"/>
       <c r="F181" s="101"/>
       <c r="G181" s="101"/>
       <c r="H181" s="101"/>
       <c r="I181" s="101"/>
       <c r="J181" s="101"/>
       <c r="K181" s="101"/>
       <c r="L181" s="101"/>
       <c r="M181" s="101"/>
       <c r="N181" s="102"/>
       <c r="O181" s="101"/>
       <c r="P181" s="101"/>
       <c r="Q181" s="101"/>
       <c r="R181" s="101"/>
       <c r="S181" s="103"/>
       <c r="T181" s="103"/>
       <c r="U181" s="12"/>
       <c r="V181" s="10"/>
     </row>
     <row r="182" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A182" s="10"/>
       <c r="B182" s="61"/>
       <c r="C182" s="61"/>
-      <c r="D182" s="152" t="s">
+      <c r="D182" s="199" t="s">
         <v>146</v>
       </c>
-      <c r="E182" s="152"/>
-[...2 lines deleted...]
-      <c r="H182" s="152"/>
+      <c r="E182" s="199"/>
+      <c r="F182" s="199"/>
+      <c r="G182" s="199"/>
+      <c r="H182" s="199"/>
       <c r="I182" s="61"/>
-      <c r="J182" s="153"/>
-[...9 lines deleted...]
-      <c r="T182" s="155"/>
+      <c r="J182" s="174"/>
+      <c r="K182" s="175"/>
+      <c r="L182" s="175"/>
+      <c r="M182" s="175"/>
+      <c r="N182" s="175"/>
+      <c r="O182" s="175"/>
+      <c r="P182" s="175"/>
+      <c r="Q182" s="175"/>
+      <c r="R182" s="175"/>
+      <c r="S182" s="175"/>
+      <c r="T182" s="176"/>
       <c r="U182" s="12"/>
       <c r="V182" s="10"/>
     </row>
     <row r="183" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A183" s="10"/>
       <c r="B183" s="61"/>
       <c r="C183" s="61"/>
-      <c r="D183" s="152" t="s">
-[...5 lines deleted...]
-      <c r="H183" s="152"/>
+      <c r="D183" s="199" t="s">
+        <v>181</v>
+      </c>
+      <c r="E183" s="199"/>
+      <c r="F183" s="199"/>
+      <c r="G183" s="199"/>
+      <c r="H183" s="199"/>
       <c r="I183" s="61"/>
-      <c r="J183" s="153"/>
-[...9 lines deleted...]
-      <c r="T183" s="155"/>
+      <c r="J183" s="174"/>
+      <c r="K183" s="175"/>
+      <c r="L183" s="175"/>
+      <c r="M183" s="175"/>
+      <c r="N183" s="175"/>
+      <c r="O183" s="175"/>
+      <c r="P183" s="175"/>
+      <c r="Q183" s="175"/>
+      <c r="R183" s="175"/>
+      <c r="S183" s="175"/>
+      <c r="T183" s="176"/>
       <c r="U183" s="12"/>
       <c r="V183" s="10"/>
     </row>
     <row r="184" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A184" s="10"/>
       <c r="B184" s="61"/>
       <c r="C184" s="61"/>
-      <c r="D184" s="152" t="s">
-[...5 lines deleted...]
-      <c r="H184" s="152"/>
+      <c r="D184" s="199" t="s">
+        <v>182</v>
+      </c>
+      <c r="E184" s="199"/>
+      <c r="F184" s="199"/>
+      <c r="G184" s="199"/>
+      <c r="H184" s="199"/>
       <c r="I184" s="61"/>
-      <c r="J184" s="153"/>
-[...9 lines deleted...]
-      <c r="T184" s="155"/>
+      <c r="J184" s="174"/>
+      <c r="K184" s="175"/>
+      <c r="L184" s="175"/>
+      <c r="M184" s="175"/>
+      <c r="N184" s="175"/>
+      <c r="O184" s="175"/>
+      <c r="P184" s="175"/>
+      <c r="Q184" s="175"/>
+      <c r="R184" s="175"/>
+      <c r="S184" s="175"/>
+      <c r="T184" s="176"/>
       <c r="U184" s="12"/>
       <c r="V184" s="10"/>
     </row>
     <row r="185" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A185" s="10"/>
       <c r="B185" s="61"/>
       <c r="C185" s="61"/>
-      <c r="D185" s="152" t="s">
-[...5 lines deleted...]
-      <c r="H185" s="152"/>
+      <c r="D185" s="199" t="s">
+        <v>204</v>
+      </c>
+      <c r="E185" s="199"/>
+      <c r="F185" s="199"/>
+      <c r="G185" s="199"/>
+      <c r="H185" s="199"/>
       <c r="I185" s="61"/>
-      <c r="J185" s="153"/>
-[...9 lines deleted...]
-      <c r="T185" s="155"/>
+      <c r="J185" s="174"/>
+      <c r="K185" s="175"/>
+      <c r="L185" s="175"/>
+      <c r="M185" s="175"/>
+      <c r="N185" s="175"/>
+      <c r="O185" s="175"/>
+      <c r="P185" s="175"/>
+      <c r="Q185" s="175"/>
+      <c r="R185" s="175"/>
+      <c r="S185" s="175"/>
+      <c r="T185" s="176"/>
       <c r="U185" s="12"/>
       <c r="V185" s="10"/>
     </row>
     <row r="186" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A186" s="10"/>
       <c r="B186" s="61"/>
       <c r="C186" s="61"/>
-      <c r="D186" s="156" t="s">
+      <c r="D186" s="211" t="s">
         <v>38</v>
       </c>
-      <c r="E186" s="156"/>
-[...2 lines deleted...]
-      <c r="H186" s="156"/>
+      <c r="E186" s="211"/>
+      <c r="F186" s="211"/>
+      <c r="G186" s="211"/>
+      <c r="H186" s="211"/>
       <c r="I186" s="61"/>
-      <c r="J186" s="153"/>
-[...9 lines deleted...]
-      <c r="T186" s="155"/>
+      <c r="J186" s="174"/>
+      <c r="K186" s="175"/>
+      <c r="L186" s="175"/>
+      <c r="M186" s="175"/>
+      <c r="N186" s="175"/>
+      <c r="O186" s="175"/>
+      <c r="P186" s="175"/>
+      <c r="Q186" s="175"/>
+      <c r="R186" s="175"/>
+      <c r="S186" s="175"/>
+      <c r="T186" s="176"/>
       <c r="U186" s="12"/>
       <c r="V186" s="10"/>
     </row>
     <row r="187" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A187" s="10"/>
       <c r="B187" s="61"/>
       <c r="C187" s="61"/>
-      <c r="D187" s="152" t="s">
-[...5 lines deleted...]
-      <c r="H187" s="152"/>
+      <c r="D187" s="199" t="s">
+        <v>205</v>
+      </c>
+      <c r="E187" s="199"/>
+      <c r="F187" s="199"/>
+      <c r="G187" s="199"/>
+      <c r="H187" s="199"/>
       <c r="I187" s="61"/>
-      <c r="J187" s="163"/>
-[...9 lines deleted...]
-      <c r="T187" s="165"/>
+      <c r="J187" s="181"/>
+      <c r="K187" s="182"/>
+      <c r="L187" s="182"/>
+      <c r="M187" s="182"/>
+      <c r="N187" s="182"/>
+      <c r="O187" s="182"/>
+      <c r="P187" s="182"/>
+      <c r="Q187" s="182"/>
+      <c r="R187" s="182"/>
+      <c r="S187" s="182"/>
+      <c r="T187" s="183"/>
       <c r="U187" s="12"/>
       <c r="V187" s="10"/>
     </row>
     <row r="188" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A188" s="10"/>
       <c r="B188" s="61"/>
       <c r="C188" s="61"/>
-      <c r="D188" s="156" t="s">
+      <c r="D188" s="211" t="s">
         <v>38</v>
       </c>
-      <c r="E188" s="156"/>
-[...2 lines deleted...]
-      <c r="H188" s="156"/>
+      <c r="E188" s="211"/>
+      <c r="F188" s="211"/>
+      <c r="G188" s="211"/>
+      <c r="H188" s="211"/>
       <c r="I188" s="61"/>
-      <c r="J188" s="163"/>
-[...9 lines deleted...]
-      <c r="T188" s="165"/>
+      <c r="J188" s="181"/>
+      <c r="K188" s="182"/>
+      <c r="L188" s="182"/>
+      <c r="M188" s="182"/>
+      <c r="N188" s="182"/>
+      <c r="O188" s="182"/>
+      <c r="P188" s="182"/>
+      <c r="Q188" s="182"/>
+      <c r="R188" s="182"/>
+      <c r="S188" s="182"/>
+      <c r="T188" s="183"/>
       <c r="U188" s="12"/>
       <c r="V188" s="10"/>
     </row>
     <row r="189" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A189" s="10"/>
       <c r="B189" s="101"/>
       <c r="C189" s="101"/>
       <c r="D189" s="101"/>
       <c r="E189" s="101"/>
       <c r="F189" s="101"/>
       <c r="G189" s="101"/>
       <c r="H189" s="101"/>
       <c r="I189" s="101"/>
       <c r="J189" s="101"/>
       <c r="K189" s="101"/>
       <c r="L189" s="101"/>
       <c r="M189" s="101"/>
       <c r="N189" s="102"/>
       <c r="O189" s="101"/>
       <c r="P189" s="101"/>
       <c r="Q189" s="101"/>
       <c r="R189" s="101"/>
       <c r="S189" s="103"/>
       <c r="T189" s="103"/>
       <c r="U189" s="12"/>
       <c r="V189" s="10"/>
     </row>
     <row r="190" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A190" s="10"/>
       <c r="B190" s="61"/>
       <c r="C190" s="104" t="s">
-        <v>198</v>
+        <v>183</v>
       </c>
       <c r="D190" s="105" t="s">
-        <v>199</v>
+        <v>184</v>
       </c>
       <c r="E190" s="61"/>
       <c r="F190" s="61"/>
       <c r="G190" s="61"/>
       <c r="H190" s="61"/>
       <c r="I190" s="61"/>
       <c r="J190" s="61"/>
       <c r="K190" s="61"/>
       <c r="L190" s="61"/>
       <c r="M190" s="61"/>
       <c r="N190" s="64"/>
       <c r="O190" s="61"/>
       <c r="P190" s="61"/>
       <c r="Q190" s="61"/>
       <c r="R190" s="61"/>
       <c r="S190" s="66"/>
       <c r="T190" s="66"/>
       <c r="U190" s="12"/>
       <c r="V190" s="10"/>
     </row>
     <row r="191" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A191" s="10"/>
       <c r="B191" s="61"/>
       <c r="C191" s="61"/>
       <c r="D191" s="61"/>
       <c r="E191" s="61"/>
       <c r="F191" s="61"/>
       <c r="G191" s="61"/>
       <c r="H191" s="61"/>
       <c r="I191" s="61"/>
       <c r="J191" s="61"/>
       <c r="K191" s="61"/>
       <c r="L191" s="61"/>
       <c r="M191" s="61"/>
       <c r="N191" s="64"/>
       <c r="O191" s="61"/>
       <c r="P191" s="61"/>
       <c r="Q191" s="61"/>
       <c r="R191" s="61"/>
       <c r="S191" s="66"/>
       <c r="T191" s="66"/>
       <c r="U191" s="12"/>
       <c r="V191" s="10"/>
     </row>
     <row r="192" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A192" s="10"/>
       <c r="B192" s="11">
         <v>11</v>
       </c>
       <c r="C192" s="11" t="s">
-        <v>201</v>
+        <v>186</v>
       </c>
       <c r="D192" s="10"/>
       <c r="E192" s="10"/>
       <c r="F192" s="10"/>
       <c r="G192" s="10"/>
       <c r="H192" s="10"/>
       <c r="I192" s="10"/>
       <c r="J192" s="10"/>
       <c r="K192" s="10"/>
       <c r="L192" s="10"/>
       <c r="M192" s="10"/>
       <c r="N192" s="11"/>
       <c r="O192" s="10"/>
       <c r="P192" s="10"/>
       <c r="Q192" s="10"/>
       <c r="R192" s="10"/>
       <c r="S192" s="12"/>
       <c r="T192" s="12"/>
       <c r="U192" s="12"/>
       <c r="V192" s="10"/>
     </row>
     <row r="193" spans="1:22" s="45" customFormat="1" ht="9" x14ac:dyDescent="0.15">
       <c r="A193" s="42"/>
       <c r="B193" s="42"/>
       <c r="C193" s="42"/>
       <c r="D193" s="42"/>
       <c r="E193" s="42"/>
       <c r="F193" s="42"/>
       <c r="G193" s="42"/>
       <c r="H193" s="42"/>
       <c r="I193" s="42"/>
       <c r="J193" s="42"/>
       <c r="K193" s="42"/>
       <c r="L193" s="42"/>
       <c r="M193" s="42"/>
       <c r="N193" s="43"/>
       <c r="O193" s="42"/>
       <c r="P193" s="42"/>
       <c r="Q193" s="42"/>
       <c r="R193" s="42"/>
       <c r="S193" s="44"/>
       <c r="T193" s="44"/>
       <c r="U193" s="44"/>
       <c r="V193" s="42"/>
     </row>
     <row r="194" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A194" s="10"/>
       <c r="B194" s="10"/>
       <c r="C194" s="10"/>
-      <c r="D194" s="152" t="s">
-[...5 lines deleted...]
-      <c r="H194" s="152"/>
+      <c r="D194" s="199" t="s">
+        <v>185</v>
+      </c>
+      <c r="E194" s="199"/>
+      <c r="F194" s="199"/>
+      <c r="G194" s="199"/>
+      <c r="H194" s="199"/>
       <c r="I194" s="61"/>
-      <c r="J194" s="163"/>
-[...9 lines deleted...]
-      <c r="T194" s="165"/>
+      <c r="J194" s="181"/>
+      <c r="K194" s="182"/>
+      <c r="L194" s="182"/>
+      <c r="M194" s="182"/>
+      <c r="N194" s="182"/>
+      <c r="O194" s="182"/>
+      <c r="P194" s="182"/>
+      <c r="Q194" s="182"/>
+      <c r="R194" s="182"/>
+      <c r="S194" s="182"/>
+      <c r="T194" s="183"/>
       <c r="U194" s="12"/>
       <c r="V194" s="10"/>
     </row>
     <row r="195" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A195" s="10"/>
       <c r="B195" s="10"/>
       <c r="C195" s="10"/>
-      <c r="D195" s="152" t="s">
+      <c r="D195" s="199" t="s">
         <v>44</v>
       </c>
-      <c r="E195" s="152"/>
-[...2 lines deleted...]
-      <c r="H195" s="152"/>
+      <c r="E195" s="199"/>
+      <c r="F195" s="199"/>
+      <c r="G195" s="199"/>
+      <c r="H195" s="199"/>
       <c r="I195" s="61"/>
-      <c r="J195" s="163"/>
-[...9 lines deleted...]
-      <c r="T195" s="165"/>
+      <c r="J195" s="181"/>
+      <c r="K195" s="182"/>
+      <c r="L195" s="182"/>
+      <c r="M195" s="182"/>
+      <c r="N195" s="182"/>
+      <c r="O195" s="182"/>
+      <c r="P195" s="182"/>
+      <c r="Q195" s="182"/>
+      <c r="R195" s="182"/>
+      <c r="S195" s="182"/>
+      <c r="T195" s="183"/>
       <c r="U195" s="12"/>
       <c r="V195" s="10"/>
     </row>
     <row r="196" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A196" s="10"/>
       <c r="B196" s="10"/>
       <c r="C196" s="10"/>
-      <c r="D196" s="152" t="s">
+      <c r="D196" s="199" t="s">
         <v>37</v>
       </c>
-      <c r="E196" s="152"/>
-[...2 lines deleted...]
-      <c r="H196" s="152"/>
+      <c r="E196" s="199"/>
+      <c r="F196" s="199"/>
+      <c r="G196" s="199"/>
+      <c r="H196" s="199"/>
       <c r="I196" s="61"/>
-      <c r="J196" s="163"/>
-[...9 lines deleted...]
-      <c r="T196" s="165"/>
+      <c r="J196" s="181"/>
+      <c r="K196" s="182"/>
+      <c r="L196" s="182"/>
+      <c r="M196" s="182"/>
+      <c r="N196" s="182"/>
+      <c r="O196" s="182"/>
+      <c r="P196" s="182"/>
+      <c r="Q196" s="182"/>
+      <c r="R196" s="182"/>
+      <c r="S196" s="182"/>
+      <c r="T196" s="183"/>
       <c r="U196" s="12"/>
       <c r="V196" s="10"/>
     </row>
     <row r="197" spans="1:22" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A197" s="10"/>
       <c r="B197" s="10"/>
       <c r="C197" s="10"/>
-      <c r="D197" s="152" t="s">
+      <c r="D197" s="199" t="s">
         <v>38</v>
       </c>
-      <c r="E197" s="152"/>
-[...2 lines deleted...]
-      <c r="H197" s="152"/>
+      <c r="E197" s="199"/>
+      <c r="F197" s="199"/>
+      <c r="G197" s="199"/>
+      <c r="H197" s="199"/>
       <c r="I197" s="61"/>
-      <c r="J197" s="163"/>
-[...9 lines deleted...]
-      <c r="T197" s="165"/>
+      <c r="J197" s="181"/>
+      <c r="K197" s="182"/>
+      <c r="L197" s="182"/>
+      <c r="M197" s="182"/>
+      <c r="N197" s="182"/>
+      <c r="O197" s="182"/>
+      <c r="P197" s="182"/>
+      <c r="Q197" s="182"/>
+      <c r="R197" s="182"/>
+      <c r="S197" s="182"/>
+      <c r="T197" s="183"/>
       <c r="U197" s="12"/>
       <c r="V197" s="10"/>
     </row>
     <row r="198" spans="1:22" s="45" customFormat="1" ht="9" x14ac:dyDescent="0.15">
       <c r="A198" s="42"/>
       <c r="B198" s="42"/>
       <c r="C198" s="42"/>
       <c r="D198" s="42"/>
       <c r="E198" s="42"/>
       <c r="F198" s="42"/>
       <c r="G198" s="42"/>
       <c r="H198" s="42"/>
       <c r="I198" s="42"/>
       <c r="J198" s="42"/>
       <c r="K198" s="42"/>
       <c r="L198" s="42"/>
       <c r="M198" s="42"/>
       <c r="N198" s="43"/>
       <c r="O198" s="42"/>
       <c r="P198" s="42"/>
       <c r="Q198" s="42"/>
       <c r="R198" s="42"/>
       <c r="S198" s="44"/>
       <c r="T198" s="44"/>
       <c r="U198" s="44"/>
@@ -8663,147 +8690,147 @@
       <c r="C202" s="42"/>
       <c r="D202" s="42"/>
       <c r="E202" s="42"/>
       <c r="F202" s="42"/>
       <c r="G202" s="42"/>
       <c r="H202" s="42"/>
       <c r="I202" s="42"/>
       <c r="J202" s="42"/>
       <c r="K202" s="42"/>
       <c r="L202" s="42"/>
       <c r="M202" s="42"/>
       <c r="N202" s="43"/>
       <c r="O202" s="42"/>
       <c r="P202" s="42"/>
       <c r="Q202" s="42"/>
       <c r="R202" s="42"/>
       <c r="S202" s="44"/>
       <c r="T202" s="44"/>
       <c r="U202" s="44"/>
       <c r="V202" s="42"/>
     </row>
     <row r="203" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A203" s="10"/>
       <c r="B203" s="10"/>
       <c r="C203" s="10"/>
-      <c r="D203" s="167" t="s">
+      <c r="D203" s="276" t="s">
         <v>57</v>
       </c>
-      <c r="E203" s="167"/>
-[...2 lines deleted...]
-      <c r="H203" s="167"/>
+      <c r="E203" s="276"/>
+      <c r="F203" s="276"/>
+      <c r="G203" s="276"/>
+      <c r="H203" s="276"/>
       <c r="I203" s="10"/>
-      <c r="J203" s="163"/>
-[...9 lines deleted...]
-      <c r="T203" s="165"/>
+      <c r="J203" s="181"/>
+      <c r="K203" s="182"/>
+      <c r="L203" s="182"/>
+      <c r="M203" s="182"/>
+      <c r="N203" s="182"/>
+      <c r="O203" s="182"/>
+      <c r="P203" s="182"/>
+      <c r="Q203" s="182"/>
+      <c r="R203" s="182"/>
+      <c r="S203" s="182"/>
+      <c r="T203" s="183"/>
       <c r="U203" s="12"/>
       <c r="V203" s="10"/>
     </row>
     <row r="204" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A204" s="10"/>
       <c r="B204" s="10"/>
       <c r="C204" s="10"/>
-      <c r="D204" s="167" t="s">
+      <c r="D204" s="276" t="s">
         <v>44</v>
       </c>
-      <c r="E204" s="167"/>
-[...2 lines deleted...]
-      <c r="H204" s="167"/>
+      <c r="E204" s="276"/>
+      <c r="F204" s="276"/>
+      <c r="G204" s="276"/>
+      <c r="H204" s="276"/>
       <c r="I204" s="10"/>
-      <c r="J204" s="163"/>
-[...9 lines deleted...]
-      <c r="T204" s="165"/>
+      <c r="J204" s="181"/>
+      <c r="K204" s="182"/>
+      <c r="L204" s="182"/>
+      <c r="M204" s="182"/>
+      <c r="N204" s="182"/>
+      <c r="O204" s="182"/>
+      <c r="P204" s="182"/>
+      <c r="Q204" s="182"/>
+      <c r="R204" s="182"/>
+      <c r="S204" s="182"/>
+      <c r="T204" s="183"/>
       <c r="U204" s="12"/>
       <c r="V204" s="10"/>
     </row>
     <row r="205" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A205" s="10"/>
       <c r="B205" s="10"/>
       <c r="C205" s="10"/>
-      <c r="D205" s="167" t="s">
+      <c r="D205" s="276" t="s">
         <v>37</v>
       </c>
-      <c r="E205" s="167"/>
-[...2 lines deleted...]
-      <c r="H205" s="167"/>
+      <c r="E205" s="276"/>
+      <c r="F205" s="276"/>
+      <c r="G205" s="276"/>
+      <c r="H205" s="276"/>
       <c r="I205" s="10"/>
-      <c r="J205" s="163"/>
-[...9 lines deleted...]
-      <c r="T205" s="165"/>
+      <c r="J205" s="181"/>
+      <c r="K205" s="182"/>
+      <c r="L205" s="182"/>
+      <c r="M205" s="182"/>
+      <c r="N205" s="182"/>
+      <c r="O205" s="182"/>
+      <c r="P205" s="182"/>
+      <c r="Q205" s="182"/>
+      <c r="R205" s="182"/>
+      <c r="S205" s="182"/>
+      <c r="T205" s="183"/>
       <c r="U205" s="12"/>
       <c r="V205" s="10"/>
     </row>
     <row r="206" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A206" s="10"/>
       <c r="B206" s="10"/>
       <c r="C206" s="10"/>
-      <c r="D206" s="167" t="s">
+      <c r="D206" s="276" t="s">
         <v>38</v>
       </c>
-      <c r="E206" s="167"/>
-[...2 lines deleted...]
-      <c r="H206" s="167"/>
+      <c r="E206" s="276"/>
+      <c r="F206" s="276"/>
+      <c r="G206" s="276"/>
+      <c r="H206" s="276"/>
       <c r="I206" s="10"/>
-      <c r="J206" s="163"/>
-[...9 lines deleted...]
-      <c r="T206" s="165"/>
+      <c r="J206" s="181"/>
+      <c r="K206" s="182"/>
+      <c r="L206" s="182"/>
+      <c r="M206" s="182"/>
+      <c r="N206" s="182"/>
+      <c r="O206" s="182"/>
+      <c r="P206" s="182"/>
+      <c r="Q206" s="182"/>
+      <c r="R206" s="182"/>
+      <c r="S206" s="182"/>
+      <c r="T206" s="183"/>
       <c r="U206" s="12"/>
       <c r="V206" s="10"/>
     </row>
     <row r="207" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A207" s="10"/>
       <c r="B207" s="10"/>
       <c r="C207" s="10"/>
       <c r="D207" s="46"/>
       <c r="E207" s="46"/>
       <c r="F207" s="46"/>
       <c r="G207" s="46"/>
       <c r="H207" s="46"/>
       <c r="I207" s="10"/>
       <c r="J207" s="10"/>
       <c r="K207" s="10"/>
       <c r="L207" s="10"/>
       <c r="M207" s="10"/>
       <c r="N207" s="11"/>
       <c r="O207" s="10"/>
       <c r="P207" s="10"/>
       <c r="Q207" s="10"/>
       <c r="R207" s="10"/>
       <c r="S207" s="12"/>
       <c r="T207" s="12"/>
       <c r="U207" s="12"/>
@@ -8840,323 +8867,331 @@
     <row r="209" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A209" s="10"/>
       <c r="B209" s="10"/>
       <c r="C209" s="10"/>
       <c r="D209" s="10"/>
       <c r="E209" s="10"/>
       <c r="F209" s="10"/>
       <c r="G209" s="10"/>
       <c r="H209" s="10"/>
       <c r="I209" s="10"/>
       <c r="J209" s="10"/>
       <c r="K209" s="10"/>
       <c r="L209" s="10"/>
       <c r="M209" s="10"/>
       <c r="N209" s="11"/>
       <c r="O209" s="10"/>
       <c r="P209" s="10"/>
       <c r="Q209" s="10"/>
       <c r="R209" s="10"/>
       <c r="S209" s="12"/>
       <c r="T209" s="12"/>
       <c r="U209" s="12"/>
       <c r="V209" s="10"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="m8/yah9BrtsREkCisdIDBBqfHlGgka1xi3xveMi7EgIdT30I7nmGCdAuuSN4e/xE5cKbNagmNUM07LfXi/Q0nQ==" saltValue="5hoVXIYRflGFplxVJp4YOg==" spinCount="100000" sheet="1" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="wFAU9Y1IopcPUkDbAFBw/ExUjaS+amzmp5/2864jTpIGu4GOcxUQDeCSo6kDHZLS+Z4w4jKqaRGZH80kNBcZGA==" saltValue="1ZtFLNdTiEgRP5aYF2Murw==" spinCount="100000" sheet="1" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
   <protectedRanges>
+    <protectedRange sqref="C118:C127" name="Range3"/>
     <protectedRange sqref="T114:T116" name="Range1"/>
+    <protectedRange sqref="C68:C75 C79:C84 C88:C92 C96:C100" name="Range2"/>
   </protectedRanges>
   <dataConsolidate/>
   <mergeCells count="207">
+    <mergeCell ref="D184:H184"/>
+    <mergeCell ref="J184:T184"/>
+    <mergeCell ref="D185:H185"/>
+    <mergeCell ref="J185:T185"/>
+    <mergeCell ref="D186:H186"/>
+    <mergeCell ref="J186:T186"/>
+    <mergeCell ref="D39:Q39"/>
+    <mergeCell ref="M56:P56"/>
+    <mergeCell ref="M57:P57"/>
+    <mergeCell ref="M62:P62"/>
+    <mergeCell ref="Q56:T56"/>
+    <mergeCell ref="R94:R95"/>
+    <mergeCell ref="J182:T182"/>
+    <mergeCell ref="D183:H183"/>
+    <mergeCell ref="J183:T183"/>
+    <mergeCell ref="G98:P98"/>
+    <mergeCell ref="C48:T54"/>
+    <mergeCell ref="D89:M89"/>
+    <mergeCell ref="O89:T89"/>
+    <mergeCell ref="D90:M90"/>
+    <mergeCell ref="O90:T90"/>
+    <mergeCell ref="D68:P68"/>
+    <mergeCell ref="D69:P69"/>
+    <mergeCell ref="D75:P75"/>
+    <mergeCell ref="D80:P80"/>
+    <mergeCell ref="D88:M88"/>
+    <mergeCell ref="O88:T88"/>
+    <mergeCell ref="D87:M87"/>
+    <mergeCell ref="O87:T87"/>
+    <mergeCell ref="D22:H22"/>
+    <mergeCell ref="J22:T22"/>
+    <mergeCell ref="D23:H23"/>
+    <mergeCell ref="J23:T23"/>
+    <mergeCell ref="D24:H24"/>
+    <mergeCell ref="J24:T24"/>
+    <mergeCell ref="D25:H25"/>
+    <mergeCell ref="J25:T25"/>
+    <mergeCell ref="C29:T34"/>
+    <mergeCell ref="R38:T38"/>
+    <mergeCell ref="D70:P70"/>
+    <mergeCell ref="D71:P71"/>
+    <mergeCell ref="J15:T15"/>
+    <mergeCell ref="D18:H18"/>
+    <mergeCell ref="J18:T18"/>
+    <mergeCell ref="D19:H19"/>
+    <mergeCell ref="J19:T19"/>
+    <mergeCell ref="D20:H20"/>
+    <mergeCell ref="J20:T20"/>
+    <mergeCell ref="D21:H21"/>
+    <mergeCell ref="D79:P79"/>
+    <mergeCell ref="D206:H206"/>
+    <mergeCell ref="J203:T203"/>
+    <mergeCell ref="J204:T204"/>
+    <mergeCell ref="J205:T205"/>
+    <mergeCell ref="J206:T206"/>
+    <mergeCell ref="D203:H203"/>
+    <mergeCell ref="D204:H204"/>
+    <mergeCell ref="D205:H205"/>
+    <mergeCell ref="D72:P72"/>
+    <mergeCell ref="D73:P73"/>
+    <mergeCell ref="D74:P74"/>
+    <mergeCell ref="M112:T112"/>
+    <mergeCell ref="H146:T147"/>
+    <mergeCell ref="D128:F128"/>
+    <mergeCell ref="C146:F147"/>
+    <mergeCell ref="D81:P81"/>
+    <mergeCell ref="D84:P84"/>
+    <mergeCell ref="D83:P83"/>
+    <mergeCell ref="D82:P82"/>
+    <mergeCell ref="D92:M92"/>
+    <mergeCell ref="O92:T92"/>
+    <mergeCell ref="M110:U110"/>
+    <mergeCell ref="J195:T195"/>
+    <mergeCell ref="D182:H182"/>
+    <mergeCell ref="Q114:Q116"/>
+    <mergeCell ref="M113:P113"/>
+    <mergeCell ref="S114:S116"/>
+    <mergeCell ref="T114:T116"/>
+    <mergeCell ref="Q113:T113"/>
+    <mergeCell ref="D6:T6"/>
+    <mergeCell ref="P114:P116"/>
+    <mergeCell ref="D40:Q40"/>
+    <mergeCell ref="J21:T21"/>
+    <mergeCell ref="G8:T9"/>
+    <mergeCell ref="C9:E9"/>
+    <mergeCell ref="D41:Q41"/>
+    <mergeCell ref="D42:Q42"/>
+    <mergeCell ref="D13:H13"/>
+    <mergeCell ref="J13:T13"/>
+    <mergeCell ref="D16:H16"/>
+    <mergeCell ref="J16:T16"/>
+    <mergeCell ref="D17:H17"/>
+    <mergeCell ref="J17:T17"/>
+    <mergeCell ref="D14:H14"/>
+    <mergeCell ref="J14:T14"/>
+    <mergeCell ref="C110:C116"/>
+    <mergeCell ref="M114:M116"/>
+    <mergeCell ref="D15:H15"/>
+    <mergeCell ref="J188:T188"/>
+    <mergeCell ref="D176:M177"/>
+    <mergeCell ref="O176:O177"/>
+    <mergeCell ref="D160:M161"/>
+    <mergeCell ref="O160:O161"/>
+    <mergeCell ref="D164:M165"/>
+    <mergeCell ref="R114:R116"/>
+    <mergeCell ref="D91:M91"/>
+    <mergeCell ref="N114:N116"/>
+    <mergeCell ref="J112:L113"/>
+    <mergeCell ref="J116:K116"/>
+    <mergeCell ref="D117:E117"/>
+    <mergeCell ref="J117:K117"/>
+    <mergeCell ref="D111:H111"/>
+    <mergeCell ref="M111:T111"/>
+    <mergeCell ref="I111:L111"/>
+    <mergeCell ref="J114:L115"/>
+    <mergeCell ref="D99:F99"/>
+    <mergeCell ref="G99:P99"/>
+    <mergeCell ref="D100:F100"/>
+    <mergeCell ref="G100:P100"/>
+    <mergeCell ref="D96:F96"/>
+    <mergeCell ref="G96:P96"/>
+    <mergeCell ref="D97:F97"/>
+    <mergeCell ref="G138:G139"/>
+    <mergeCell ref="G140:G141"/>
+    <mergeCell ref="G142:G143"/>
+    <mergeCell ref="G144:G145"/>
+    <mergeCell ref="D110:L110"/>
+    <mergeCell ref="D112:E116"/>
+    <mergeCell ref="F112:F116"/>
+    <mergeCell ref="H112:H116"/>
+    <mergeCell ref="C138:F139"/>
+    <mergeCell ref="C140:F141"/>
+    <mergeCell ref="C142:F143"/>
+    <mergeCell ref="C144:F145"/>
+    <mergeCell ref="G112:G114"/>
+    <mergeCell ref="D197:H197"/>
+    <mergeCell ref="J197:T197"/>
+    <mergeCell ref="D196:H196"/>
+    <mergeCell ref="J196:T196"/>
+    <mergeCell ref="D194:H194"/>
+    <mergeCell ref="J194:T194"/>
+    <mergeCell ref="C153:T157"/>
+    <mergeCell ref="D123:E123"/>
+    <mergeCell ref="J123:K123"/>
+    <mergeCell ref="D124:E124"/>
+    <mergeCell ref="J124:K124"/>
+    <mergeCell ref="D125:E125"/>
+    <mergeCell ref="J125:K125"/>
+    <mergeCell ref="D126:E126"/>
+    <mergeCell ref="J126:K126"/>
+    <mergeCell ref="D127:E127"/>
+    <mergeCell ref="J127:K127"/>
+    <mergeCell ref="J128:K128"/>
+    <mergeCell ref="D172:M173"/>
+    <mergeCell ref="O172:O173"/>
+    <mergeCell ref="D187:H187"/>
+    <mergeCell ref="J187:T187"/>
+    <mergeCell ref="D195:H195"/>
+    <mergeCell ref="D188:H188"/>
+    <mergeCell ref="O164:O165"/>
+    <mergeCell ref="D168:M169"/>
+    <mergeCell ref="O168:O169"/>
+    <mergeCell ref="Q57:T57"/>
+    <mergeCell ref="Q58:T58"/>
+    <mergeCell ref="Q59:T59"/>
+    <mergeCell ref="Q60:T60"/>
+    <mergeCell ref="Q61:T61"/>
+    <mergeCell ref="Q62:T62"/>
+    <mergeCell ref="D57:K57"/>
+    <mergeCell ref="D58:K58"/>
+    <mergeCell ref="D59:K59"/>
+    <mergeCell ref="D60:K60"/>
+    <mergeCell ref="D61:K61"/>
+    <mergeCell ref="D62:K62"/>
+    <mergeCell ref="M58:P58"/>
+    <mergeCell ref="M59:P59"/>
+    <mergeCell ref="M60:P60"/>
+    <mergeCell ref="M61:P61"/>
+    <mergeCell ref="J118:K118"/>
+    <mergeCell ref="D119:E119"/>
+    <mergeCell ref="J119:K119"/>
+    <mergeCell ref="D120:E120"/>
+    <mergeCell ref="J120:K120"/>
     <mergeCell ref="S1:U1"/>
     <mergeCell ref="D121:E121"/>
     <mergeCell ref="J121:K121"/>
     <mergeCell ref="D122:E122"/>
     <mergeCell ref="H137:T137"/>
     <mergeCell ref="J122:K122"/>
     <mergeCell ref="G146:G147"/>
     <mergeCell ref="H140:T141"/>
     <mergeCell ref="H142:T143"/>
     <mergeCell ref="H138:T139"/>
     <mergeCell ref="H144:T145"/>
     <mergeCell ref="D135:O136"/>
     <mergeCell ref="D118:E118"/>
     <mergeCell ref="U111:U116"/>
     <mergeCell ref="G115:G116"/>
     <mergeCell ref="G97:P97"/>
     <mergeCell ref="O114:O116"/>
     <mergeCell ref="D95:F95"/>
     <mergeCell ref="D98:F98"/>
     <mergeCell ref="O91:T91"/>
     <mergeCell ref="T94:T95"/>
     <mergeCell ref="D3:T3"/>
     <mergeCell ref="D4:T4"/>
     <mergeCell ref="D5:T5"/>
-    <mergeCell ref="O164:O165"/>
-[...181 lines deleted...]
-    <mergeCell ref="D75:P75"/>
   </mergeCells>
   <dataValidations count="2">
     <dataValidation type="decimal" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="T118:T127 R79:R84 T79:T84 R96:R100 T96:T100 G118:G127" xr:uid="{5A26C79C-282C-491E-8895-A7F3BECE2B10}">
       <formula1>0</formula1>
       <formula2>1000000</formula2>
     </dataValidation>
     <dataValidation type="decimal" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="R68:R75 T68:T75" xr:uid="{9A7C6815-2480-4102-993F-A3BF345B1188}">
       <formula1>0</formula1>
       <formula2>100000</formula2>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0" right="0" top="0.55118110236220474" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.11811023622047245"/>
   <pageSetup paperSize="9" scale="58" fitToHeight="0" orientation="landscape" cellComments="asDisplayed" verticalDpi="0" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;C&amp;P no &amp;N</oddFooter>
   </headerFooter>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
-      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="7">
+      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="8">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{13C4D9E5-6D1B-4CE8-9103-E1FA803A70BF}">
           <x14:formula1>
             <xm:f>dotie!$B$4</xm:f>
           </x14:formula1>
           <xm:sqref>G138:G147 S39:S42 H118:H127</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{7432AF20-79F4-409E-9DE6-6EA86ACB129B}">
           <x14:formula1>
             <xm:f>dotie!$H$4:$H$5</xm:f>
           </x14:formula1>
           <xm:sqref>O160:O161 O164:O165 O168:O169 O172:O173 O176:O177</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{6C3AA3E2-62F6-49D4-8C8F-BA21EC3FD731}">
           <x14:formula1>
             <xm:f>dotie!$D$4:$D$13</xm:f>
           </x14:formula1>
           <xm:sqref>D118:E127</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{E215041A-18C3-4C17-8649-A3602066648D}">
           <x14:formula1>
             <xm:f>dotie!$E$4:$E$12</xm:f>
           </x14:formula1>
           <xm:sqref>N118:N127</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{26CE5756-2159-44F3-B3C4-FA7CEE652B11}">
           <x14:formula1>
             <xm:f>dotie!$F$4:$F$6</xm:f>
           </x14:formula1>
           <xm:sqref>Q118:Q127</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{29A01F24-A6A8-42F8-9F16-959F3E48E8C4}">
           <x14:formula1>
             <xm:f>dotie!$G$4:$G$8</xm:f>
           </x14:formula1>
           <xm:sqref>D96:F100</xm:sqref>
         </x14:dataValidation>
-        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{130AB9B0-9147-4BF7-8F36-90B4D89259F2}">
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{C4048C14-99EE-4B82-A53E-8F53D24815A2}">
           <x14:formula1>
-            <xm:f>dotie!$C$4:$C$32</xm:f>
+            <xm:f>dotie!$C$4:$C$33</xm:f>
           </x14:formula1>
-          <xm:sqref>G115 R94 T94 T114:T116</xm:sqref>
+          <xm:sqref>T114:T116 R94:R95 T94:T95</xm:sqref>
+        </x14:dataValidation>
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{8B807BF7-C27B-4F55-A5A2-9A24F19BD64B}">
+          <x14:formula1>
+            <xm:f>dotie!$C$4:$C$33</xm:f>
+          </x14:formula1>
+          <xm:sqref>G115:G116</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2C7999A9-941B-4FCC-AD91-19516E5F4118}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B7:L42"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="Z10" sqref="Z10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="8" max="8" width="9.140625" customWidth="1"/>
     <col min="9" max="9" width="12" customWidth="1"/>
     <col min="10" max="10" width="15.42578125" customWidth="1"/>
     <col min="11" max="11" width="17" customWidth="1"/>
   </cols>
@@ -9167,467 +9202,467 @@
       <c r="D7" s="61"/>
       <c r="E7" s="61"/>
       <c r="F7" s="61"/>
       <c r="G7" s="61"/>
       <c r="H7" s="61"/>
       <c r="I7" s="61"/>
       <c r="J7" s="61"/>
       <c r="K7" s="61"/>
       <c r="L7" s="61"/>
     </row>
     <row r="8" spans="2:12" x14ac:dyDescent="0.25">
       <c r="B8" s="61"/>
       <c r="C8" s="61"/>
       <c r="D8" s="61"/>
       <c r="E8" s="61"/>
       <c r="F8" s="61"/>
       <c r="G8" s="61"/>
       <c r="H8" s="61"/>
       <c r="I8" s="61"/>
       <c r="J8" s="61"/>
       <c r="K8" s="61"/>
       <c r="L8" s="61"/>
     </row>
     <row r="9" spans="2:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B9" s="61"/>
-      <c r="C9" s="294" t="s">
+      <c r="C9" s="297" t="s">
         <v>78</v>
       </c>
-      <c r="D9" s="294"/>
-[...5 lines deleted...]
-      <c r="J9" s="294"/>
+      <c r="D9" s="297"/>
+      <c r="E9" s="297"/>
+      <c r="F9" s="297"/>
+      <c r="G9" s="297"/>
+      <c r="H9" s="297"/>
+      <c r="I9" s="297"/>
+      <c r="J9" s="297"/>
       <c r="K9" s="62"/>
       <c r="L9" s="62"/>
     </row>
     <row r="10" spans="2:12" x14ac:dyDescent="0.25">
       <c r="B10" s="61"/>
       <c r="C10" s="62"/>
       <c r="D10" s="62"/>
       <c r="E10" s="62"/>
       <c r="F10" s="62"/>
       <c r="G10" s="62"/>
       <c r="H10" s="62"/>
       <c r="I10" s="62"/>
       <c r="J10" s="62"/>
       <c r="K10" s="62"/>
       <c r="L10" s="62"/>
     </row>
     <row r="11" spans="2:12" x14ac:dyDescent="0.25">
       <c r="B11" s="61"/>
       <c r="C11" s="62"/>
       <c r="D11" s="62"/>
       <c r="E11" s="62"/>
       <c r="F11" s="62"/>
       <c r="G11" s="62"/>
       <c r="H11" s="62"/>
       <c r="I11" s="62"/>
       <c r="J11" s="62"/>
       <c r="K11" s="62"/>
       <c r="L11" s="62"/>
     </row>
     <row r="12" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B12" s="61"/>
       <c r="C12" s="290" t="s">
         <v>79</v>
       </c>
       <c r="D12" s="291"/>
       <c r="E12" s="291"/>
       <c r="F12" s="291"/>
       <c r="G12" s="292"/>
-      <c r="H12" s="295"/>
-[...2 lines deleted...]
-      <c r="K12" s="295"/>
+      <c r="H12" s="298"/>
+      <c r="I12" s="298"/>
+      <c r="J12" s="298"/>
+      <c r="K12" s="298"/>
       <c r="L12" s="62"/>
     </row>
     <row r="13" spans="2:12" x14ac:dyDescent="0.25">
       <c r="B13" s="61"/>
       <c r="C13" s="62"/>
       <c r="D13" s="62"/>
       <c r="E13" s="62"/>
       <c r="F13" s="62"/>
       <c r="G13" s="62"/>
       <c r="H13" s="62"/>
       <c r="I13" s="62"/>
       <c r="J13" s="62"/>
       <c r="K13" s="62"/>
       <c r="L13" s="62"/>
     </row>
     <row r="14" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B14" s="61"/>
       <c r="C14" s="290" t="s">
         <v>80</v>
       </c>
       <c r="D14" s="291"/>
       <c r="E14" s="291"/>
       <c r="F14" s="291"/>
       <c r="G14" s="292"/>
-      <c r="H14" s="289"/>
-[...2 lines deleted...]
-      <c r="K14" s="289"/>
+      <c r="H14" s="293"/>
+      <c r="I14" s="293"/>
+      <c r="J14" s="293"/>
+      <c r="K14" s="293"/>
       <c r="L14" s="62"/>
     </row>
     <row r="15" spans="2:12" x14ac:dyDescent="0.25">
       <c r="B15" s="61"/>
       <c r="C15" s="62"/>
       <c r="D15" s="62"/>
       <c r="E15" s="62"/>
       <c r="F15" s="62"/>
       <c r="G15" s="62"/>
       <c r="H15" s="62"/>
       <c r="I15" s="62"/>
       <c r="J15" s="62"/>
       <c r="K15" s="62"/>
       <c r="L15" s="62"/>
     </row>
     <row r="16" spans="2:12" x14ac:dyDescent="0.25">
       <c r="B16" s="61"/>
       <c r="C16" s="290" t="s">
         <v>81</v>
       </c>
       <c r="D16" s="291"/>
       <c r="E16" s="291"/>
       <c r="F16" s="291"/>
       <c r="G16" s="292"/>
-      <c r="H16" s="289"/>
-[...2 lines deleted...]
-      <c r="K16" s="289"/>
+      <c r="H16" s="293"/>
+      <c r="I16" s="293"/>
+      <c r="J16" s="293"/>
+      <c r="K16" s="293"/>
       <c r="L16" s="62"/>
     </row>
     <row r="17" spans="2:12" x14ac:dyDescent="0.25">
       <c r="B17" s="61"/>
       <c r="C17" s="62"/>
       <c r="D17" s="62"/>
       <c r="E17" s="62"/>
       <c r="F17" s="62"/>
       <c r="G17" s="62"/>
       <c r="H17" s="62"/>
       <c r="I17" s="62"/>
       <c r="J17" s="62"/>
       <c r="K17" s="62"/>
       <c r="L17" s="62"/>
     </row>
     <row r="18" spans="2:12" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B18" s="61"/>
       <c r="C18" s="290" t="s">
         <v>82</v>
       </c>
       <c r="D18" s="291"/>
       <c r="E18" s="291"/>
       <c r="F18" s="291"/>
       <c r="G18" s="292"/>
-      <c r="H18" s="289"/>
-[...2 lines deleted...]
-      <c r="K18" s="289"/>
+      <c r="H18" s="293"/>
+      <c r="I18" s="293"/>
+      <c r="J18" s="293"/>
+      <c r="K18" s="293"/>
       <c r="L18" s="62"/>
     </row>
     <row r="19" spans="2:12" x14ac:dyDescent="0.25">
       <c r="B19" s="61"/>
       <c r="C19" s="62"/>
       <c r="D19" s="62"/>
       <c r="E19" s="62"/>
       <c r="F19" s="62"/>
       <c r="G19" s="62"/>
       <c r="H19" s="62"/>
       <c r="I19" s="62"/>
       <c r="J19" s="62"/>
       <c r="K19" s="62"/>
       <c r="L19" s="62"/>
     </row>
     <row r="20" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B20" s="61"/>
       <c r="C20" s="290" t="s">
         <v>83</v>
       </c>
       <c r="D20" s="291"/>
       <c r="E20" s="291"/>
       <c r="F20" s="291"/>
       <c r="G20" s="292"/>
-      <c r="H20" s="289"/>
-[...2 lines deleted...]
-      <c r="K20" s="289"/>
+      <c r="H20" s="293"/>
+      <c r="I20" s="293"/>
+      <c r="J20" s="293"/>
+      <c r="K20" s="293"/>
       <c r="L20" s="62"/>
     </row>
     <row r="21" spans="2:12" x14ac:dyDescent="0.25">
       <c r="B21" s="61"/>
       <c r="C21" s="62"/>
       <c r="D21" s="62"/>
       <c r="E21" s="62"/>
       <c r="F21" s="62"/>
       <c r="G21" s="62"/>
       <c r="H21" s="62"/>
       <c r="I21" s="62"/>
       <c r="J21" s="62"/>
       <c r="K21" s="62"/>
       <c r="L21" s="62"/>
     </row>
     <row r="22" spans="2:12" x14ac:dyDescent="0.25">
       <c r="B22" s="61"/>
       <c r="C22" s="290" t="s">
         <v>88</v>
       </c>
       <c r="D22" s="291"/>
       <c r="E22" s="291"/>
       <c r="F22" s="291"/>
       <c r="G22" s="292"/>
-      <c r="H22" s="289"/>
-[...2 lines deleted...]
-      <c r="K22" s="289"/>
+      <c r="H22" s="293"/>
+      <c r="I22" s="293"/>
+      <c r="J22" s="293"/>
+      <c r="K22" s="293"/>
       <c r="L22" s="62"/>
     </row>
     <row r="23" spans="2:12" x14ac:dyDescent="0.25">
       <c r="B23" s="61"/>
       <c r="C23" s="62"/>
       <c r="D23" s="62"/>
       <c r="E23" s="62"/>
       <c r="F23" s="62"/>
       <c r="G23" s="62"/>
       <c r="H23" s="62"/>
       <c r="I23" s="62"/>
       <c r="J23" s="62"/>
       <c r="K23" s="62"/>
       <c r="L23" s="62"/>
     </row>
     <row r="24" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B24" s="61"/>
       <c r="C24" s="290" t="s">
         <v>84</v>
       </c>
       <c r="D24" s="291"/>
       <c r="E24" s="291"/>
       <c r="F24" s="291"/>
       <c r="G24" s="292"/>
-      <c r="H24" s="289"/>
-[...2 lines deleted...]
-      <c r="K24" s="289"/>
+      <c r="H24" s="293"/>
+      <c r="I24" s="293"/>
+      <c r="J24" s="293"/>
+      <c r="K24" s="293"/>
       <c r="L24" s="62"/>
     </row>
     <row r="25" spans="2:12" x14ac:dyDescent="0.25">
       <c r="B25" s="61"/>
       <c r="C25" s="62"/>
       <c r="D25" s="62"/>
       <c r="E25" s="62"/>
       <c r="F25" s="62"/>
       <c r="G25" s="62"/>
       <c r="H25" s="62"/>
       <c r="I25" s="62"/>
       <c r="J25" s="62"/>
       <c r="K25" s="62"/>
       <c r="L25" s="62"/>
     </row>
     <row r="26" spans="2:12" x14ac:dyDescent="0.25">
       <c r="B26" s="61"/>
       <c r="C26" s="290" t="s">
         <v>85</v>
       </c>
       <c r="D26" s="291"/>
       <c r="E26" s="291"/>
       <c r="F26" s="291"/>
       <c r="G26" s="292"/>
-      <c r="H26" s="289"/>
-[...2 lines deleted...]
-      <c r="K26" s="289"/>
+      <c r="H26" s="293"/>
+      <c r="I26" s="293"/>
+      <c r="J26" s="293"/>
+      <c r="K26" s="293"/>
       <c r="L26" s="62"/>
     </row>
     <row r="27" spans="2:12" x14ac:dyDescent="0.25">
       <c r="B27" s="61"/>
       <c r="C27" s="62"/>
       <c r="D27" s="62"/>
       <c r="E27" s="62"/>
       <c r="F27" s="62"/>
       <c r="G27" s="62"/>
       <c r="H27" s="62"/>
       <c r="I27" s="62"/>
       <c r="J27" s="62"/>
       <c r="K27" s="62"/>
       <c r="L27" s="62"/>
     </row>
     <row r="28" spans="2:12" x14ac:dyDescent="0.25">
       <c r="B28" s="61"/>
       <c r="C28" s="290" t="s">
         <v>86</v>
       </c>
       <c r="D28" s="291"/>
       <c r="E28" s="291"/>
       <c r="F28" s="291"/>
       <c r="G28" s="292"/>
-      <c r="H28" s="296"/>
-[...2 lines deleted...]
-      <c r="K28" s="298"/>
+      <c r="H28" s="294"/>
+      <c r="I28" s="295"/>
+      <c r="J28" s="295"/>
+      <c r="K28" s="296"/>
       <c r="L28" s="62"/>
     </row>
     <row r="29" spans="2:12" x14ac:dyDescent="0.25">
       <c r="B29" s="61"/>
       <c r="C29" s="63"/>
       <c r="D29" s="63"/>
       <c r="E29" s="63"/>
       <c r="F29" s="63"/>
       <c r="G29" s="63"/>
       <c r="H29" s="62"/>
       <c r="I29" s="62"/>
       <c r="J29" s="62"/>
       <c r="K29" s="62"/>
       <c r="L29" s="62"/>
     </row>
     <row r="30" spans="2:12" x14ac:dyDescent="0.25">
       <c r="B30" s="61"/>
       <c r="C30" s="62"/>
       <c r="D30" s="62"/>
       <c r="E30" s="62"/>
       <c r="F30" s="62"/>
       <c r="G30" s="62"/>
       <c r="H30" s="62"/>
       <c r="I30" s="62"/>
       <c r="J30" s="62"/>
       <c r="K30" s="62"/>
       <c r="L30" s="62"/>
     </row>
     <row r="31" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B31" s="61"/>
       <c r="C31" s="290" t="s">
         <v>87</v>
       </c>
       <c r="D31" s="291"/>
       <c r="E31" s="291"/>
       <c r="F31" s="291"/>
       <c r="G31" s="292"/>
-      <c r="H31" s="289"/>
-[...2 lines deleted...]
-      <c r="K31" s="289"/>
+      <c r="H31" s="293"/>
+      <c r="I31" s="293"/>
+      <c r="J31" s="293"/>
+      <c r="K31" s="293"/>
       <c r="L31" s="62"/>
     </row>
     <row r="32" spans="2:12" x14ac:dyDescent="0.25">
       <c r="B32" s="61"/>
       <c r="C32" s="62"/>
       <c r="D32" s="62"/>
       <c r="E32" s="62"/>
       <c r="F32" s="62"/>
       <c r="G32" s="62"/>
       <c r="H32" s="62"/>
       <c r="I32" s="62"/>
       <c r="J32" s="62"/>
       <c r="K32" s="62"/>
       <c r="L32" s="62"/>
     </row>
     <row r="33" spans="2:12" x14ac:dyDescent="0.25">
       <c r="B33" s="61"/>
       <c r="C33" s="62"/>
       <c r="D33" s="62"/>
       <c r="E33" s="62"/>
       <c r="F33" s="62"/>
       <c r="G33" s="62"/>
       <c r="H33" s="62"/>
       <c r="I33" s="62"/>
       <c r="J33" s="62"/>
       <c r="K33" s="62"/>
       <c r="L33" s="62"/>
     </row>
     <row r="34" spans="2:12" x14ac:dyDescent="0.25">
       <c r="B34" s="61"/>
-      <c r="C34" s="157" t="s">
+      <c r="C34" s="265" t="s">
         <v>44</v>
       </c>
-      <c r="D34" s="157"/>
+      <c r="D34" s="265"/>
       <c r="E34" s="62"/>
-      <c r="F34" s="289"/>
-[...2 lines deleted...]
-      <c r="I34" s="289"/>
+      <c r="F34" s="293"/>
+      <c r="G34" s="293"/>
+      <c r="H34" s="293"/>
+      <c r="I34" s="293"/>
       <c r="J34" s="62"/>
       <c r="K34" s="62"/>
       <c r="L34" s="62"/>
     </row>
     <row r="35" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B35" s="61"/>
-      <c r="C35" s="157" t="s">
+      <c r="C35" s="265" t="s">
         <v>37</v>
       </c>
-      <c r="D35" s="157"/>
+      <c r="D35" s="265"/>
       <c r="E35" s="61"/>
-      <c r="F35" s="289"/>
-[...2 lines deleted...]
-      <c r="I35" s="289"/>
+      <c r="F35" s="293"/>
+      <c r="G35" s="293"/>
+      <c r="H35" s="293"/>
+      <c r="I35" s="293"/>
       <c r="J35" s="62"/>
       <c r="K35" s="62"/>
       <c r="L35" s="62"/>
     </row>
     <row r="36" spans="2:12" x14ac:dyDescent="0.25">
       <c r="B36" s="61"/>
-      <c r="C36" s="157" t="s">
+      <c r="C36" s="265" t="s">
         <v>38</v>
       </c>
-      <c r="D36" s="157"/>
+      <c r="D36" s="265"/>
       <c r="E36" s="61"/>
-      <c r="F36" s="289"/>
-[...2 lines deleted...]
-      <c r="I36" s="289"/>
+      <c r="F36" s="293"/>
+      <c r="G36" s="293"/>
+      <c r="H36" s="293"/>
+      <c r="I36" s="293"/>
       <c r="J36" s="62"/>
       <c r="K36" s="62"/>
       <c r="L36" s="62"/>
     </row>
     <row r="37" spans="2:12" x14ac:dyDescent="0.25">
       <c r="B37" s="61"/>
       <c r="C37" s="61"/>
       <c r="D37" s="61"/>
       <c r="E37" s="61"/>
       <c r="F37" s="61"/>
       <c r="G37" s="61"/>
       <c r="H37" s="62"/>
       <c r="I37" s="62"/>
       <c r="J37" s="62"/>
       <c r="K37" s="62"/>
       <c r="L37" s="62"/>
     </row>
     <row r="38" spans="2:12" x14ac:dyDescent="0.25">
       <c r="B38" s="61"/>
       <c r="C38" s="33" t="s">
         <v>43</v>
       </c>
-      <c r="D38" s="293" t="s">
+      <c r="D38" s="299" t="s">
         <v>39</v>
       </c>
-      <c r="E38" s="293"/>
-[...4 lines deleted...]
-      <c r="J38" s="293"/>
+      <c r="E38" s="299"/>
+      <c r="F38" s="299"/>
+      <c r="G38" s="299"/>
+      <c r="H38" s="299"/>
+      <c r="I38" s="299"/>
+      <c r="J38" s="299"/>
       <c r="K38" s="62"/>
       <c r="L38" s="62"/>
     </row>
     <row r="39" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B39" s="61"/>
       <c r="C39" s="61"/>
       <c r="D39" s="61"/>
       <c r="E39" s="61"/>
       <c r="F39" s="61"/>
       <c r="G39" s="61"/>
       <c r="H39" s="62"/>
       <c r="I39" s="62"/>
       <c r="J39" s="62"/>
       <c r="K39" s="62"/>
       <c r="L39" s="62"/>
     </row>
     <row r="40" spans="2:12" x14ac:dyDescent="0.25">
       <c r="B40" s="61"/>
       <c r="C40" s="61"/>
       <c r="D40" s="61"/>
       <c r="E40" s="61"/>
       <c r="F40" s="61"/>
       <c r="G40" s="61"/>
       <c r="H40" s="62"/>
       <c r="I40" s="62"/>
@@ -9640,459 +9675,555 @@
       <c r="C41" s="62"/>
       <c r="D41" s="61"/>
       <c r="E41" s="62"/>
       <c r="F41" s="61"/>
       <c r="G41" s="62"/>
       <c r="H41" s="62"/>
       <c r="I41" s="62"/>
       <c r="J41" s="62"/>
       <c r="K41" s="62"/>
       <c r="L41" s="62"/>
     </row>
     <row r="42" spans="2:12" x14ac:dyDescent="0.25">
       <c r="C42" s="60"/>
       <c r="D42" s="60"/>
       <c r="E42" s="60"/>
       <c r="F42" s="60"/>
       <c r="G42" s="60"/>
       <c r="H42" s="60"/>
       <c r="I42" s="60"/>
       <c r="J42" s="60"/>
       <c r="K42" s="60"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="sEyNdVE4E11bEv82WVN3klA0M0w+HL6tndJyo1o8GXiAPqK2KwU4fcAkhMKKTffUtgwkj31F9F5uDFOesUqPTQ==" saltValue="Q4lNirPFKm+n1nbwhvIbdA==" spinCount="100000" sheet="1" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0" insertHyperlinks="0"/>
   <mergeCells count="28">
-    <mergeCell ref="C24:G24"/>
-[...4 lines deleted...]
-    <mergeCell ref="H28:K28"/>
+    <mergeCell ref="H31:K31"/>
+    <mergeCell ref="F34:I34"/>
+    <mergeCell ref="F35:I35"/>
+    <mergeCell ref="C31:G31"/>
+    <mergeCell ref="D38:J38"/>
+    <mergeCell ref="C34:D34"/>
+    <mergeCell ref="C35:D35"/>
+    <mergeCell ref="C36:D36"/>
+    <mergeCell ref="F36:I36"/>
     <mergeCell ref="C16:G16"/>
     <mergeCell ref="C14:G14"/>
     <mergeCell ref="C9:J9"/>
     <mergeCell ref="C12:G12"/>
     <mergeCell ref="H22:K22"/>
     <mergeCell ref="C22:G22"/>
     <mergeCell ref="H12:K12"/>
     <mergeCell ref="H14:K14"/>
     <mergeCell ref="H16:K16"/>
     <mergeCell ref="H18:K18"/>
     <mergeCell ref="H20:K20"/>
     <mergeCell ref="C20:G20"/>
     <mergeCell ref="C18:G18"/>
-    <mergeCell ref="H31:K31"/>
-[...7 lines deleted...]
-    <mergeCell ref="F36:I36"/>
+    <mergeCell ref="C24:G24"/>
+    <mergeCell ref="C26:G26"/>
+    <mergeCell ref="C28:G28"/>
+    <mergeCell ref="H24:K24"/>
+    <mergeCell ref="H26:K26"/>
+    <mergeCell ref="H28:K28"/>
   </mergeCells>
   <dataValidations count="2">
     <dataValidation type="decimal" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H22:K22" xr:uid="{DBC880D7-9285-475A-BA8B-818768605008}">
       <formula1>0</formula1>
       <formula2>100000</formula2>
     </dataValidation>
     <dataValidation type="decimal" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H24:K24 H26:K26" xr:uid="{7CE0B856-0766-4FF9-9FE6-E112B3A48DA9}">
       <formula1>0</formula1>
       <formula2>10000000</formula2>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="69" fitToHeight="0" orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{87E181CF-4603-423C-98A6-01476418ED96}">
   <sheetPr codeName="Sheet2"/>
-  <dimension ref="B3:I32"/>
+  <dimension ref="B3:I33"/>
   <sheetViews>
-    <sheetView topLeftCell="A4" zoomScale="145" zoomScaleNormal="145" workbookViewId="0">
-      <selection activeCell="D22" sqref="D22"/>
+    <sheetView topLeftCell="A5" zoomScale="145" zoomScaleNormal="145" workbookViewId="0">
+      <selection activeCell="D21" sqref="D21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="9.140625" style="1"/>
     <col min="3" max="3" width="14.5703125" style="1" customWidth="1"/>
     <col min="4" max="4" width="51.7109375" style="1" customWidth="1"/>
     <col min="5" max="5" width="46.42578125" style="1" customWidth="1"/>
     <col min="6" max="6" width="14.140625" style="1" customWidth="1"/>
     <col min="7" max="7" width="21.7109375" style="1" customWidth="1"/>
     <col min="8" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="3" spans="2:9" x14ac:dyDescent="0.25">
       <c r="B3" s="2">
         <v>0</v>
       </c>
       <c r="C3" s="2">
         <v>1</v>
       </c>
       <c r="D3" s="2">
         <v>2</v>
       </c>
       <c r="E3" s="2">
         <v>3</v>
       </c>
       <c r="F3" s="2">
         <v>4</v>
       </c>
       <c r="G3" s="1">
         <v>5</v>
       </c>
       <c r="H3" s="1">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="2:9" ht="94.5" x14ac:dyDescent="0.25">
       <c r="B4" s="3" t="s">
         <v>77</v>
       </c>
       <c r="C4" s="134" t="s">
-        <v>221</v>
+        <v>201</v>
       </c>
       <c r="D4" s="91" t="s">
-        <v>184</v>
+        <v>169</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>109</v>
       </c>
       <c r="F4" s="91" t="s">
         <v>110</v>
       </c>
       <c r="G4" s="92" t="s">
         <v>111</v>
       </c>
       <c r="H4" s="3" t="s">
         <v>34</v>
       </c>
       <c r="I4" s="93">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="2:9" x14ac:dyDescent="0.25">
       <c r="C5" s="91" t="s">
         <v>127</v>
       </c>
       <c r="D5" s="91" t="s">
-        <v>185</v>
+        <v>170</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>9</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>112</v>
       </c>
       <c r="G5" s="92" t="s">
         <v>113</v>
       </c>
       <c r="H5" s="3" t="s">
         <v>35</v>
       </c>
       <c r="I5" s="93">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="2:9" ht="31.5" x14ac:dyDescent="0.25">
       <c r="C6" s="91" t="s">
         <v>15</v>
       </c>
       <c r="D6" s="91" t="s">
-        <v>186</v>
+        <v>171</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>7</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>53</v>
       </c>
       <c r="G6" s="92" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="7" spans="2:9" x14ac:dyDescent="0.25">
       <c r="C7" s="91" t="s">
         <v>104</v>
       </c>
       <c r="D7" s="91" t="s">
-        <v>187</v>
+        <v>172</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>8</v>
       </c>
       <c r="G7" s="7" t="s">
-        <v>205</v>
+        <v>190</v>
       </c>
     </row>
     <row r="8" spans="2:9" x14ac:dyDescent="0.25">
       <c r="C8" s="91" t="s">
-        <v>128</v>
+        <v>198</v>
       </c>
       <c r="D8" s="91" t="s">
-        <v>188</v>
+        <v>173</v>
       </c>
       <c r="E8" s="91" t="s">
         <v>116</v>
       </c>
       <c r="G8" s="7" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="9" spans="2:9" x14ac:dyDescent="0.25">
       <c r="C9" s="91" t="s">
-        <v>218</v>
+        <v>128</v>
       </c>
       <c r="D9" s="91" t="s">
-        <v>189</v>
+        <v>174</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10" spans="2:9" x14ac:dyDescent="0.25">
       <c r="C10" s="91" t="s">
         <v>14</v>
       </c>
       <c r="D10" s="91" t="s">
-        <v>190</v>
+        <v>175</v>
       </c>
       <c r="E10" s="91" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="11" spans="2:9" x14ac:dyDescent="0.25">
       <c r="C11" s="91" t="s">
         <v>129</v>
       </c>
       <c r="D11" s="91" t="s">
-        <v>191</v>
+        <v>176</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="12" spans="2:9" x14ac:dyDescent="0.25">
       <c r="C12" s="91" t="s">
         <v>130</v>
       </c>
       <c r="D12" s="91" t="s">
-        <v>192</v>
+        <v>177</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="13" spans="2:9" ht="31.5" x14ac:dyDescent="0.25">
       <c r="C13" s="91" t="s">
         <v>12</v>
       </c>
       <c r="D13" s="91" t="s">
-        <v>193</v>
+        <v>178</v>
       </c>
       <c r="E13" s="3"/>
     </row>
     <row r="14" spans="2:9" x14ac:dyDescent="0.25">
       <c r="C14" s="91" t="s">
         <v>105</v>
       </c>
       <c r="E14" s="3"/>
     </row>
     <row r="15" spans="2:9" x14ac:dyDescent="0.25">
       <c r="C15" s="91" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="2:9" x14ac:dyDescent="0.25">
       <c r="C16" s="91" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="17" spans="3:4" x14ac:dyDescent="0.25">
       <c r="C17" s="91" t="s">
         <v>106</v>
       </c>
       <c r="D17" s="94"/>
     </row>
     <row r="18" spans="3:4" x14ac:dyDescent="0.25">
       <c r="C18" s="91" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="19" spans="3:4" x14ac:dyDescent="0.25">
       <c r="C19" s="91" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="20" spans="3:4" x14ac:dyDescent="0.25">
       <c r="C20" s="91" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="21" spans="3:4" x14ac:dyDescent="0.25">
       <c r="C21" s="91" t="s">
-        <v>134</v>
+        <v>231</v>
       </c>
     </row>
     <row r="22" spans="3:4" x14ac:dyDescent="0.25">
       <c r="C22" s="91" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="23" spans="3:4" x14ac:dyDescent="0.25">
       <c r="C23" s="91" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
     </row>
     <row r="24" spans="3:4" x14ac:dyDescent="0.25">
       <c r="C24" s="91" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
     </row>
     <row r="25" spans="3:4" x14ac:dyDescent="0.25">
       <c r="C25" s="91" t="s">
-        <v>11</v>
+        <v>137</v>
       </c>
     </row>
     <row r="26" spans="3:4" x14ac:dyDescent="0.25">
       <c r="C26" s="91" t="s">
-        <v>138</v>
+        <v>11</v>
       </c>
     </row>
     <row r="27" spans="3:4" x14ac:dyDescent="0.25">
       <c r="C27" s="91" t="s">
-        <v>107</v>
+        <v>138</v>
       </c>
     </row>
     <row r="28" spans="3:4" x14ac:dyDescent="0.25">
       <c r="C28" s="91" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
     </row>
     <row r="29" spans="3:4" x14ac:dyDescent="0.25">
       <c r="C29" s="91" t="s">
-        <v>139</v>
+        <v>108</v>
       </c>
     </row>
     <row r="30" spans="3:4" x14ac:dyDescent="0.25">
       <c r="C30" s="91" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
     </row>
     <row r="31" spans="3:4" x14ac:dyDescent="0.25">
       <c r="C31" s="91" t="s">
-        <v>13</v>
+        <v>140</v>
       </c>
     </row>
     <row r="32" spans="3:4" x14ac:dyDescent="0.25">
       <c r="C32" s="91" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="33" spans="3:3" x14ac:dyDescent="0.25">
+      <c r="C33" s="91" t="s">
         <v>141</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="YmSoxZMf14M3GoWp3abAX+6rbF9O60oExq9xOnhTwKAKriHIdxlFOg6i1ba4N9/hMwxq5qvtM9tWtU/+765JCw==" saltValue="AFfsuVeG93njhUoubtJTVg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="tSuzFgQ/t6pPutd0kCDd8QUJLxfNCCj86rYg1pmeipI82Y4t7POx6i4931E8YFLwddGbBWm0byJSTMj+x7fCFw==" saltValue="CeDbfHtloOe5/6wP9MT6ag==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="C5:C33">
+    <sortCondition ref="C5:C33"/>
+  </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>UniqueIdEventReceiverAdded</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>11000</SequenceNumber>
     <Url/>
     <Assembly>LTT.RelatedListItems, Version=1.0.0.0, Culture=neutral, PublicKeyToken=5eefd3befc9c1ada</Assembly>
     <Class>LTT.RelatedListItems.EventReceivers.UniqueIdEventReceiver</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>UniqueIdEventReceiverUpdated</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>11000</SequenceNumber>
     <Url/>
     <Assembly>LTT.RelatedListItems, Version=1.0.0.0, Culture=neutral, PublicKeyToken=5eefd3befc9c1ada</Assembly>
     <Class>LTT.RelatedListItems.EventReceivers.UniqueIdEventReceiver</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>UniqueIdEventReceiverDeleting</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>3</Type>
     <SequenceNumber>11000</SequenceNumber>
     <Url/>
     <Assembly>LTT.RelatedListItems, Version=1.0.0.0, Culture=neutral, PublicKeyToken=5eefd3befc9c1ada</Assembly>
     <Class>LTT.RelatedListItems.EventReceivers.UniqueIdEventReceiver</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="05fd8e5c-e166-4372-bd4c-18511f509f6b" ContentTypeId="0x010100B1C2858224DA4374904E017A8E9DA548" PreviousValue="false"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <LTT_UniqueId xmlns="aaa33240-aed4-492d-84f2-cf9262a9abbc" xsi:nil="true"/>
+    <TaxKeywordTaxHTField xmlns="21a93588-6fe8-41e9-94dc-424b783ca979">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </TaxKeywordTaxHTField>
+    <amDokGlabTermins xmlns="801ff49e-5150-41f0-9cd7-015d16134d38" xsi:nil="true"/>
+    <bd7b18180f0f400ca769f616f0c275d4 xmlns="21a93588-6fe8-41e9-94dc-424b783ca979">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </bd7b18180f0f400ca769f616f0c275d4>
+    <b6ce33424859414bb055d9baa8a6747d xmlns="21a93588-6fe8-41e9-94dc-424b783ca979">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </b6ce33424859414bb055d9baa8a6747d>
+    <n85de85c44494d77850ec883bf791eab xmlns="21a93588-6fe8-41e9-94dc-424b783ca979">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </n85de85c44494d77850ec883bf791eab>
+    <amLapuSkaits xmlns="801ff49e-5150-41f0-9cd7-015d16134d38" xsi:nil="true"/>
+    <fd98f198e6504849b4ef719fdb39b6db xmlns="21a93588-6fe8-41e9-94dc-424b783ca979">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </fd98f198e6504849b4ef719fdb39b6db>
+    <amIerobezotaPieejamiba xmlns="44b633c7-381e-49fe-b421-7d5c56b31c76">Nē</amIerobezotaPieejamiba>
+    <amDokPienDatums xmlns="801ff49e-5150-41f0-9cd7-015d16134d38" xsi:nil="true"/>
+    <amSpekaNo xmlns="801ff49e-5150-41f0-9cd7-015d16134d38">2026-02-12T13:14:17+00:00</amSpekaNo>
+    <amDokumentaIndeks xmlns="801ff49e-5150-41f0-9cd7-015d16134d38" xsi:nil="true"/>
+    <amDokumentaStatuss xmlns="801ff49e-5150-41f0-9cd7-015d16134d38">Spēkā esošs</amDokumentaStatuss>
+    <LTT_RelatedDocumentsField xmlns="aaa33240-aed4-492d-84f2-cf9262a9abbc">&lt;Items&gt;
+  &lt;Item&gt;
+    &lt;UniqueId&gt;{E91FEB18-79F9-4610-8D41-9DE4EECFD00F}&lt;/UniqueId&gt;
+    &lt;LinkType&gt;6,D&lt;/LinkType&gt;
+  &lt;/Item&gt;
+&lt;/Items&gt;</LTT_RelatedDocumentsField>
+    <amSpekaLidz xmlns="801ff49e-5150-41f0-9cd7-015d16134d38" xsi:nil="true"/>
+    <amDokPielikumi xmlns="801ff49e-5150-41f0-9cd7-015d16134d38" xsi:nil="true"/>
+    <amRegSystemDate xmlns="44b633c7-381e-49fe-b421-7d5c56b31c76" xsi:nil="true"/>
+    <amDokumentaAvots xmlns="44b633c7-381e-49fe-b421-7d5c56b31c76">KĀMIS</amDokumentaAvots>
+    <amDokSaturs xmlns="801ff49e-5150-41f0-9cd7-015d16134d38">Diasporas atbalsta projektu konkursa nolikums 2026. gadam</amDokSaturs>
+    <n85de85c44494d77850ec883bf791ea1 xmlns="21a93588-6fe8-41e9-94dc-424b783ca979">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Diasporas grupa</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">6a94bf5a-398c-418d-b7e6-e127e767c88b</TermId>
+        </TermInfo>
+      </Terms>
+    </n85de85c44494d77850ec883bf791ea1>
+    <amDienestaVajadzibam xmlns="44b633c7-381e-49fe-b421-7d5c56b31c76">Nē</amDienestaVajadzibam>
+    <h71ae947574d4b79a5c438e93525dbed xmlns="21a93588-6fe8-41e9-94dc-424b783ca979">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </h71ae947574d4b79a5c438e93525dbed>
+    <TaxCatchAll xmlns="21a93588-6fe8-41e9-94dc-424b783ca979">
+      <Value>2872</Value>
+    </TaxCatchAll>
+    <amPiezimes xmlns="801ff49e-5150-41f0-9cd7-015d16134d38" xsi:nil="true"/>
+    <amPiekluvesLimenis xmlns="44b633c7-381e-49fe-b421-7d5c56b31c76">IP='Nē', DV='Nē'</amPiekluvesLimenis>
+    <amLietasNumurs xmlns="801ff49e-5150-41f0-9cd7-015d16134d38" xsi:nil="true"/>
+    <amKonfTermins xmlns="801ff49e-5150-41f0-9cd7-015d16134d38" xsi:nil="true"/>
+    <amNumurs xmlns="801ff49e-5150-41f0-9cd7-015d16134d38">LV-2</amNumurs>
+    <amSagatavotajs xmlns="801ff49e-5150-41f0-9cd7-015d16134d38">
+      <UserInfo>
+        <DisplayName>Briāna Kate Neiburga</DisplayName>
+        <AccountId>1524</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </amSagatavotajs>
+    <amDokRoutingState xmlns="801ff49e-5150-41f0-9cd7-015d16134d38">Izstrādē</amDokRoutingState>
+    <amRegistresanasDatums xmlns="801ff49e-5150-41f0-9cd7-015d16134d38">2026-02-12T13:47:12+00:00</amRegistresanasDatums>
+    <aee6b300c46d41ecb957189889b62b92 xmlns="21a93588-6fe8-41e9-94dc-424b783ca979">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Diasporas grupa</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">6a94bf5a-398c-418d-b7e6-e127e767c88b</TermId>
+        </TermInfo>
+      </Terms>
+    </aee6b300c46d41ecb957189889b62b92>
+    <amDokParakstitaji xmlns="801ff49e-5150-41f0-9cd7-015d16134d38">
+      <UserInfo>
+        <DisplayName>Andžejs Viļumsons</DisplayName>
+        <AccountId>544</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </amDokParakstitaji>
+    <amLidzautori xmlns="801ff49e-5150-41f0-9cd7-015d16134d38">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </amLidzautori>
+    <amPiekluvesLimenaPamatojums xmlns="801ff49e-5150-41f0-9cd7-015d16134d38" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Brīvā forma" ma:contentTypeID="0x010100B1C2858224DA4374904E017A8E9DA5480000DABDB0A8AF544D8CF31789414CC405" ma:contentTypeVersion="446" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="5deae746fedecb0d5ec512b794b3ee1c">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="44b633c7-381e-49fe-b421-7d5c56b31c76" xmlns:ns3="801ff49e-5150-41f0-9cd7-015d16134d38" xmlns:ns4="21a93588-6fe8-41e9-94dc-424b783ca979" xmlns:ns5="aaa33240-aed4-492d-84f2-cf9262a9abbc" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="04cdafdc95f79b6dd376bfc01406ef37" ns2:_="" ns3:_="" ns4:_="" ns5:_="">
     <xsd:import namespace="44b633c7-381e-49fe-b421-7d5c56b31c76"/>
     <xsd:import namespace="801ff49e-5150-41f0-9cd7-015d16134d38"/>
     <xsd:import namespace="21a93588-6fe8-41e9-94dc-424b783ca979"/>
     <xsd:import namespace="aaa33240-aed4-492d-84f2-cf9262a9abbc"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:amPiekluvesLimenis" minOccurs="0"/>
                 <xsd:element ref="ns3:amKonfTermins" minOccurs="0"/>
                 <xsd:element ref="ns3:amPiekluvesLimenaPamatojums" minOccurs="0"/>
                 <xsd:element ref="ns4:aee6b300c46d41ecb957189889b62b92" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns3:amNumurs" minOccurs="0"/>
                 <xsd:element ref="ns3:amRegistresanasDatums" minOccurs="0"/>
                 <xsd:element ref="ns3:amLietasNumurs" minOccurs="0"/>
                 <xsd:element ref="ns3:amDokRoutingState" minOccurs="0"/>
@@ -10517,196 +10648,108 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...88 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="05fd8e5c-e166-4372-bd4c-18511f509f6b" ContentTypeId="0x010100B1C2858224DA4374904E017A8E9DA548" PreviousValue="false"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9B0410F7-EF2A-4400-B527-E22F3CAC5959}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{52EF1C11-DF40-4DA6-B11F-E0B148DCF48D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9B0410F7-EF2A-4400-B527-E22F3CAC5959}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0CCD8C46-D1B2-4029-9534-B19E50B6A5FD}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="aaa33240-aed4-492d-84f2-cf9262a9abbc"/>
+    <ds:schemaRef ds:uri="21a93588-6fe8-41e9-94dc-424b783ca979"/>
+    <ds:schemaRef ds:uri="801ff49e-5150-41f0-9cd7-015d16134d38"/>
+    <ds:schemaRef ds:uri="44b633c7-381e-49fe-b421-7d5c56b31c76"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EC34F4C7-B153-4E19-BAFE-B3B152DB0864}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="44b633c7-381e-49fe-b421-7d5c56b31c76"/>
     <ds:schemaRef ds:uri="801ff49e-5150-41f0-9cd7-015d16134d38"/>
     <ds:schemaRef ds:uri="21a93588-6fe8-41e9-94dc-424b783ca979"/>
     <ds:schemaRef ds:uri="aaa33240-aed4-492d-84f2-cf9262a9abbc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0CCD8C46-D1B2-4029-9534-B19E50B6A5FD}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{06B8586E-D906-4D52-9189-3B716A9ACE04}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...4 lines deleted...]
-    <ds:schemaRef ds:uri="44b633c7-381e-49fe-b421-7d5c56b31c76"/>
+    <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>