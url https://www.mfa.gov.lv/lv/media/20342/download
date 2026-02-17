--- v0 (2026-01-05)
+++ v1 (2026-02-17)
@@ -9,76 +9,77 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
   <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showSpecialPlsOnTitleSld="0" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId4"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId11"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId5"/>
     <p:sldId id="312" r:id="rId6"/>
     <p:sldId id="314" r:id="rId7"/>
     <p:sldId id="315" r:id="rId8"/>
     <p:sldId id="316" r:id="rId9"/>
-    <p:sldId id="270" r:id="rId10"/>
+    <p:sldId id="317" r:id="rId10"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr algn="l" defTabSz="938213" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
       <a:spcBef>
         <a:spcPct val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPct val="0"/>
       </a:spcAft>
       <a:defRPr sz="1700" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="468313" indent="-11113" algn="l" defTabSz="938213" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
       <a:spcBef>
@@ -238,54 +239,51 @@
     <a:srgbClr val="FFFFFF"/>
     <a:srgbClr val="E0EF98"/>
     <a:srgbClr val="ECEBC9"/>
     <a:srgbClr val="BED096"/>
     <a:srgbClr val="EAECAD"/>
     <a:srgbClr val="CCDFEE"/>
     <a:srgbClr val="FFD6B0"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
-    <p1510:client id="{29EDF126-22DB-949F-0FB4-96C5962F0AA2}" v="12" dt="2025-12-10T15:06:11.791"/>
-[...2 lines deleted...]
-    <p1510:client id="{D2F49B6C-72CC-46C7-BF10-D8F4080D5124}" v="50" dt="2025-12-10T13:49:44.790"/>
+    <p1510:client id="{16E0BD13-ABF2-4133-A3E4-056B54DEF650}" v="2" dt="2026-02-10T12:55:24.757"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
   <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="Medium Style 2 - Accent 1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln w="12700" cmpd="sng">
@@ -739,87 +737,123 @@
             <a:schemeClr val="accent3">
               <a:tint val="20000"/>
             </a:schemeClr>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:lastRow>
     <a:firstRow>
       <a:tcTxStyle b="on"/>
       <a:tcStyle>
         <a:tcBdr/>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent3">
               <a:tint val="20000"/>
             </a:schemeClr>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="15620"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="149" d="100"/>
-          <a:sy n="149" d="100"/>
+          <a:sx n="120" d="100"/>
+          <a:sy n="120" d="100"/>
         </p:scale>
-        <p:origin x="696" y="114"/>
+        <p:origin x="198" y="96"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="1230"/>
         <p:guide pos="1504"/>
         <p:guide pos="3940"/>
         <p:guide orient="horz" pos="845"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId17" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+</file>
+
+<file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
+<pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
+  <pc:docChgLst>
+    <pc:chgData name="Vita Ziemele" userId="3b968f4e-4c55-4ef5-9b35-841266468ba6" providerId="ADAL" clId="{9E7F5565-9C1B-47D1-AE2F-34A4987E39F6}"/>
+    <pc:docChg chg="delSld modSld">
+      <pc:chgData name="Vita Ziemele" userId="3b968f4e-4c55-4ef5-9b35-841266468ba6" providerId="ADAL" clId="{9E7F5565-9C1B-47D1-AE2F-34A4987E39F6}" dt="2026-02-13T09:16:51.232" v="4" actId="20577"/>
+      <pc:docMkLst>
+        <pc:docMk/>
+      </pc:docMkLst>
+      <pc:sldChg chg="addSp delSp modSp">
+        <pc:chgData name="Vita Ziemele" userId="3b968f4e-4c55-4ef5-9b35-841266468ba6" providerId="ADAL" clId="{9E7F5565-9C1B-47D1-AE2F-34A4987E39F6}" dt="2026-02-10T12:55:24.757" v="1" actId="478"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="0" sldId="256"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Vita Ziemele" userId="3b968f4e-4c55-4ef5-9b35-841266468ba6" providerId="ADAL" clId="{9E7F5565-9C1B-47D1-AE2F-34A4987E39F6}" dt="2026-02-13T09:16:51.232" v="4" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2339272977" sldId="317"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Vita Ziemele" userId="3b968f4e-4c55-4ef5-9b35-841266468ba6" providerId="ADAL" clId="{9E7F5565-9C1B-47D1-AE2F-34A4987E39F6}" dt="2026-02-13T09:16:51.232" v="4" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2339272977" sldId="317"/>
+            <ac:spMk id="3" creationId="{7D79E710-9088-D8F2-3207-558FFFB1FC24}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+    </pc:docChg>
+  </pc:docChgLst>
+</pc:chgInfo>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
@@ -906,51 +940,51 @@
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r" defTabSz="939575" eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr sz="1200">
                 <a:latin typeface="+mn-lt"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{78DDB413-23AE-4FD9-B128-70BBB3495FFE}" type="datetimeFigureOut">
               <a:rPr lang="lv-LV"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>11.12.2025</a:t>
+              <a:t>13.02.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="lv-LV"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2711657D-F1BC-4619-8C20-2EC4287BA1FB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381000" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
@@ -4445,51 +4479,51 @@
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{413C3402-B4CF-4E0A-B1AC-58845FAEBFE8}" type="datetime1">
               <a:rPr lang="en-US"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>12/11/2025</a:t>
+              <a:t>2/13/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Footer Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{634BA068-C847-4FA5-913B-D95A006B8671}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4165600" y="6356350"/>
             <a:ext cx="3860800" cy="365125"/>
@@ -4978,51 +5012,51 @@
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.remigracija.lv/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.paps.lv/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="cid:image011.png@01D9A8E1.9CACD260" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.varam.gov.lv/lv" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="cid:image006.png@01D9A8E1.9CACD260" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:epasta@adrese.gov.lv" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.linkedin.com/company/vides-aizsardz%C4%ABbas-un-re%C4%A3ion%C4%81l%C4%81s-att%C4%ABst%C4%ABbas-ministrija/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://twitter.com/VARAM_Latvija" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="cid:image007.png@01D9A8E1.9CACD260" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12290" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D6D11E9C-CF79-4D5A-ACC4-7705ED940450}"/>
@@ -5109,93 +5143,50 @@
             </a:r>
             <a:endParaRPr lang="lv-LV" altLang="lv-LV" sz="2400" b="1">
               <a:solidFill>
                 <a:srgbClr val="29702A"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="lv-LV" altLang="lv-LV" sz="2400" b="1">
                 <a:solidFill>
                   <a:srgbClr val="29702A"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Plāna darbam ar diasporu 2024.-2026. gadam</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="lv-LV" altLang="lv-LV" sz="2400" b="1">
                 <a:solidFill>
                   <a:srgbClr val="29702A"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>uzdevumu un pasākumu izpilde</a:t>
-            </a:r>
-[...41 lines deleted...]
-              <a:t>Reģionālo atbalsta instrumentu nodaļas vadītājs</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
@@ -5210,247 +5201,247 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{980EDA66-1118-77CC-ACE2-84D8EFC2AD3B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2657944" y="333292"/>
             <a:ext cx="8128000" cy="1036642"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="lv-LV" sz="2400">
+              <a:rPr lang="lv-LV" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="29702A"/>
                 </a:solidFill>
                 <a:latin typeface="Verdana"/>
                 <a:ea typeface="Verdana"/>
               </a:rPr>
               <a:t>VARAM atbildībā esošie pasākumi</a:t>
             </a:r>
-            <a:endParaRPr lang="lv-LV"/>
+            <a:endParaRPr lang="lv-LV" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AA56B950-DCCA-C64A-993F-2C61CAB9CDD2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="244549" y="2110522"/>
             <a:ext cx="11419367" cy="4678373"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="469900" lvl="1" indent="0" algn="just">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="1800"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="29702A"/>
               </a:buClr>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="lv-LV">
+              <a:rPr lang="lv-LV" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>4.1.2. Sniegt informatīvu atbalstu un individuālas konsultācijas darba, mājokļa, izglītības u.c. ar </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="lv-LV" err="1">
+              <a:rPr lang="lv-LV" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>remigrāciju</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="lv-LV">
+              <a:rPr lang="lv-LV" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> saistītos jautājumos ar reģionālo </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="lv-LV" b="1">
+              <a:rPr lang="lv-LV" b="1" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>remigrācijas koordinatoru tīkla</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="lv-LV">
+              <a:rPr lang="lv-LV" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> starpniecību;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="469900" lvl="1" indent="0" algn="just">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="1800"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="29702A"/>
               </a:buClr>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="lv-LV">
+              <a:rPr lang="lv-LV" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>4.2.1. Reģionālo</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="lv-LV" b="1">
+              <a:rPr lang="lv-LV" b="1" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="lv-LV">
+              <a:rPr lang="lv-LV" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>remigrācijas atbalsta pasākumu īstenošana – </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="lv-LV" b="1">
+              <a:rPr lang="lv-LV" b="1" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>uzņēmējdarbības atbalsts</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="lv-LV">
+              <a:rPr lang="lv-LV" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="469900" lvl="1" indent="0" algn="just">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="1800"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="29702A"/>
               </a:buClr>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="lv-LV">
+              <a:rPr lang="lv-LV" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="DokChampa" panose="020B0604020202020204" pitchFamily="34" charset="-34"/>
               </a:rPr>
               <a:t>4.2.2. Reģionālie</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="lv-LV" b="1">
+              <a:rPr lang="lv-LV" b="1" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="DokChampa" panose="020B0604020202020204" pitchFamily="34" charset="-34"/>
               </a:rPr>
               <a:t> atbalsta pasākumi pašvaldībām </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="lv-LV" err="1">
+              <a:rPr lang="lv-LV" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="DokChampa" panose="020B0604020202020204" pitchFamily="34" charset="-34"/>
               </a:rPr>
               <a:t>remigrācijai</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="lv-LV">
+              <a:rPr lang="lv-LV" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="DokChampa" panose="020B0604020202020204" pitchFamily="34" charset="-34"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
-            <a:endParaRPr lang="lv-LV">
+            <a:endParaRPr lang="lv-LV" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="DokChampa" panose="020B0604020202020204" pitchFamily="34" charset="-34"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2EDA718F-9292-6D6C-C4BA-126F443266D5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -5794,51 +5785,51 @@
               <a:rPr lang="en-US" altLang="en-US" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
               <a:t>3</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="4" name="Table 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2D750650-2828-2EBC-551A-E9317DDDBB2F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="743586814"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="180734866"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="300208" y="3180523"/>
           <a:ext cx="11702902" cy="3448876"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" firstCol="1" bandRow="1">
                 <a:tableStyleId>{0505E3EF-67EA-436B-97B2-0124C06EBD24}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="3506429">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1873381450"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="8196473">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
@@ -5924,521 +5915,529 @@
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="0" marB="0"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="759770487"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="943071">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr>
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="300"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="lv-LV" sz="1450" b="0" kern="100">
+                        <a:rPr lang="lv-LV" sz="1450" b="0" kern="100" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Sagatavoti vismaz </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="lv-LV" sz="1450" b="1" kern="100">
+                        <a:rPr lang="lv-LV" sz="1450" b="1" kern="100" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>1500</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="lv-LV" sz="1450" b="0" kern="100">
+                        <a:rPr lang="lv-LV" sz="1450" b="0" kern="100" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> personalizēti piedāvājumi gadā</a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:pPr>
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="300"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="lv-LV" sz="1450" b="0" kern="100">
+                        <a:rPr lang="lv-LV" sz="1450" b="0" kern="100" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> </a:t>
                       </a:r>
-                      <a:endParaRPr lang="lv-LV" sz="1450" b="0" kern="100">
+                      <a:endParaRPr lang="lv-LV" sz="1450" b="0" kern="100" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="285750" indent="-285750">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="300"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:srgbClr val="29702A"/>
                         </a:buClr>
                         <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:buChar char="•"/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="lv-LV" sz="1450" kern="100">
+                        <a:rPr lang="lv-LV" sz="1450" kern="100" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>2024. gadā sagatavoti </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="lv-LV" sz="1450" b="1" kern="100">
+                        <a:rPr lang="lv-LV" sz="1450" b="1" kern="100" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>2580</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="lv-LV" sz="1450" kern="100">
+                        <a:rPr lang="lv-LV" sz="1450" kern="100" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> piedāvājumi;</a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:pPr marL="285750" indent="-285750">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="300"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:srgbClr val="29702A"/>
                         </a:buClr>
                         <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:buChar char="•"/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="lv-LV" sz="1450" kern="100">
+                        <a:rPr lang="lv-LV" sz="1450" kern="100" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>2025. gada trīs ceturkšņos (janvāris – septembris) sagatavoti </a:t>
+                        <a:t>2025. gadā sagatavoti </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="lv-LV" sz="1450" b="1" kern="100">
+                        <a:rPr lang="lv-LV" sz="1450" b="1" kern="100" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>1834</a:t>
+                        <a:t>2297</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="lv-LV" sz="1450" kern="100">
+                        <a:rPr lang="lv-LV" sz="1450" kern="100" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> piedāvājumi; </a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:pPr marL="285750" indent="-285750">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="300"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:srgbClr val="29702A"/>
                         </a:buClr>
                         <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:buChar char="•"/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="lv-LV" sz="1450" kern="100">
+                        <a:rPr lang="lv-LV" sz="1450" kern="100" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>Kopā 2024.-2025.g. (3 cet.) sagatavoti </a:t>
+                        <a:t>Kopā 2024.-2025.g. sagatavoti </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="lv-LV" sz="1450" b="1" kern="100">
+                        <a:rPr lang="lv-LV" sz="1450" b="1" kern="100" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>4414</a:t>
+                        <a:t>4877</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="lv-LV" sz="1450" kern="100">
+                        <a:rPr lang="lv-LV" sz="1450" kern="100" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> piedāvājumi</a:t>
                       </a:r>
-                      <a:endParaRPr lang="lv-LV" sz="1450" kern="100">
+                      <a:endParaRPr lang="lv-LV" sz="1450" kern="100" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="0" marB="0"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="4030625941"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="1127937">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr>
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="300"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="lv-LV" sz="1450" b="0" kern="100">
+                        <a:rPr lang="lv-LV" sz="1450" b="0" kern="100" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Laika posmā no 2024. gada līdz 2026. gadam uz dzīvi Latvijā ar koordinatoru atbalstu ir atgriezušās ne mazāk kā </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="lv-LV" sz="1450" b="1" kern="100">
+                        <a:rPr lang="lv-LV" sz="1450" b="1" kern="100" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>1750</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="lv-LV" sz="1450" b="0" kern="100">
+                        <a:rPr lang="lv-LV" sz="1450" b="0" kern="100" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> personas</a:t>
                       </a:r>
-                      <a:endParaRPr lang="lv-LV" sz="1450" b="0" kern="100">
+                      <a:endParaRPr lang="lv-LV" sz="1450" b="0" kern="100" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="285750" indent="-285750">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="300"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:srgbClr val="29702A"/>
                         </a:buClr>
                         <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:buChar char="•"/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="lv-LV" sz="1450" kern="100">
+                        <a:rPr lang="lv-LV" sz="1450" kern="100" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>2024. gadā ar koordinatoru atbalstu Latvijā atgriezušās </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="lv-LV" sz="1450" b="1" kern="100">
+                        <a:rPr lang="lv-LV" sz="1450" b="1" kern="100" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>774</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="lv-LV" sz="1450" kern="100">
+                        <a:rPr lang="lv-LV" sz="1450" kern="100" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> personas;</a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:pPr marL="285750" indent="-285750">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="300"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:srgbClr val="29702A"/>
                         </a:buClr>
                         <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:buChar char="•"/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="lv-LV" sz="1450" kern="100">
+                        <a:rPr lang="lv-LV" sz="1450" kern="100" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>2025. gada trīs ceturkšņos (janvāris – septembris) ar koordinatoru atbalstu atgriezušās </a:t>
+                        <a:t>2025. gadā ar koordinatoru atbalstu atgriezušās </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="lv-LV" sz="1450" b="1" kern="100">
+                        <a:rPr lang="lv-LV" sz="1450" b="1" kern="100" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>684</a:t>
+                        <a:t>882</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="lv-LV" sz="1450" kern="100">
+                        <a:rPr lang="lv-LV" sz="1450" kern="100" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> personas;</a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:pPr marL="285750" indent="-285750">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="300"/>
                         </a:spcAft>
                         <a:buClr>
                           <a:srgbClr val="29702A"/>
                         </a:buClr>
                         <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:buChar char="•"/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="lv-LV" sz="1450" kern="100">
+                        <a:rPr lang="lv-LV" sz="1450" kern="100" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>Kopā 2024.-2025.g. (3 cet.) ar koordinatoru atbalstu atgriezušās </a:t>
+                        <a:t>Kopā 2024.-2025.g. ar koordinatoru atbalstu atgriezušās </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="lv-LV" sz="1450" b="1" kern="100">
+                        <a:rPr lang="lv-LV" sz="1450" b="1" kern="100" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>1458</a:t>
+                        <a:t>1656</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="lv-LV" sz="1450" kern="100">
+                        <a:rPr lang="lv-LV" sz="1450" kern="100" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t> personas</a:t>
                       </a:r>
-                      <a:endParaRPr lang="lv-LV" sz="1450" kern="100">
+                      <a:endParaRPr lang="lv-LV" sz="1450" kern="100" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="0" marB="0"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3983145468"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="1098973">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr>
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="300"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="lv-LV" sz="1450" b="0" kern="100">
+                        <a:rPr lang="lv-LV" sz="1450" b="0" kern="100" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Uzlabota remigrācijas tīmekļa vietne, t.sk. iekļaujot saistīto informāciju no NVA un citām institūcijām.</a:t>
                       </a:r>
-                      <a:endParaRPr lang="lv-LV" sz="1450" b="0" kern="100">
+                      <a:endParaRPr lang="lv-LV" sz="1450" b="0" kern="100" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="0" marB="0"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr>
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="300"/>
                         </a:spcAft>
                         <a:buNone/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="lv-LV" sz="1450" u="sng" kern="100">
+                        <a:rPr lang="lv-LV" sz="1450" kern="100" dirty="0">
+                          <a:effectLst/>
+                          <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Tīmekļvietne </a:t>
+                      </a:r>
+                      <a:r>
+                        <a:rPr lang="lv-LV" sz="1450" kern="100" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                           <a:hlinkClick r:id="rId2"/>
                         </a:rPr>
                         <a:t>www.paps.lv</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="lv-LV" sz="1450" kern="100">
+                        <a:rPr lang="lv-LV" sz="1450" kern="100" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t> tīmekļvietnē tiek ievietota informāciju par NVA un citu institūciju rīkotajiem pasākumiem. Vietne ir tehniski novecojusi, tāpēc uzsākts darbs pie tīmekļvietnes </a:t>
+                        <a:t> ir tehniski novecojusi, tāpēc uzsākts darbs pie tīmekļvietnes </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="lv-LV" sz="1450" u="sng" kern="100">
+                        <a:rPr lang="lv-LV" sz="1450" u="sng" kern="100" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                           <a:hlinkClick r:id="rId3"/>
                         </a:rPr>
                         <a:t>www.remigracija.lv</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="lv-LV" sz="1450" kern="100">
+                        <a:rPr lang="lv-LV" sz="1450" kern="100" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t> izveides, kur būs plašāka informācija par NVA un citu institūciju sniegto atbalstu </a:t>
+                        <a:t> izveides, kur būs plašāka informācija par institūciju sniegto atbalstu </a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="lv-LV" sz="1450" kern="100" err="1">
+                        <a:rPr lang="lv-LV" sz="1450" kern="100" dirty="0" err="1">
                           <a:effectLst/>
                           <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>remigrantiem</a:t>
                       </a:r>
                       <a:r>
-                        <a:rPr lang="lv-LV" sz="1450" kern="100">
+                        <a:rPr lang="lv-LV" sz="1450" kern="100" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t> (plānots pabeigt 2026. gada februārī).</a:t>
+                        <a:t> (plānots pabeigt 2026. gada martā).</a:t>
                       </a:r>
-                      <a:endParaRPr lang="lv-LV" sz="1450" kern="100">
+                      <a:endParaRPr lang="lv-LV" sz="1450" kern="100" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="0" marB="0"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="705001910"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2624499122"/>
       </p:ext>
     </p:extLst>
@@ -6474,59 +6473,59 @@
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D4C0A236-C355-1C79-6D3D-029A6A9F78C9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="lv-LV" sz="2400" b="1">
+              <a:rPr lang="lv-LV" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="29702A"/>
                 </a:solidFill>
                 <a:effectLst/>
               </a:rPr>
               <a:t>Remigrācijas atbalsta pasākums - uzņēmējdarbības atbalsts</a:t>
             </a:r>
-            <a:endParaRPr lang="lv-LV"/>
+            <a:endParaRPr lang="lv-LV" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Slide Number Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B0C60EE8-11DD-13CA-D696-4F67E1848390}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
@@ -6536,51 +6535,51 @@
               <a:rPr lang="en-US" altLang="en-US" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
               <a:t>4</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" altLang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="4" name="Table 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{634BB59F-4480-6BF5-00C1-26AB040191A9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3640387765"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3860844163"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="621804" y="4915037"/>
           <a:ext cx="10948392" cy="1714363"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" firstCol="1" bandRow="1">
                 <a:tableStyleId>{0505E3EF-67EA-436B-97B2-0124C06EBD24}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="3649649">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3948100082"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="7298743">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
@@ -6828,75 +6827,75 @@
                         <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                         <a:buChar char="•"/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="lv-LV" sz="1500" b="1" kern="100" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Verdana"/>
                           <a:ea typeface="Verdana"/>
                         </a:rPr>
                         <a:t>2025. gadā </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="lv-LV" sz="1500" kern="100" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Verdana"/>
                           <a:ea typeface="Verdana"/>
                         </a:rPr>
                         <a:t>finansējumu saņēma </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="lv-LV" sz="1500" b="1" kern="100" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Verdana"/>
                           <a:ea typeface="Verdana"/>
                         </a:rPr>
-                        <a:t>25</a:t>
+                        <a:t>24</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="lv-LV" sz="1500" kern="100" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Verdana"/>
                           <a:ea typeface="Verdana"/>
                         </a:rPr>
-                        <a:t> pretendenti, no tiem radīti 15 jauni </a:t>
+                        <a:t> pretendenti, no tiem radīti 16 jauni </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="lv-LV" sz="1500" kern="100" dirty="0" err="1">
                           <a:effectLst/>
                           <a:latin typeface="Verdana"/>
                           <a:ea typeface="Verdana"/>
                         </a:rPr>
                         <a:t>remigrantu</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="lv-LV" sz="1500" kern="100" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Verdana"/>
                           <a:ea typeface="Verdana"/>
                         </a:rPr>
-                        <a:t> uzņēmumi un 10 jaunas darba vietas </a:t>
+                        <a:t> uzņēmumi un 8 jaunas darba vietas </a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="lv-LV" sz="1500" kern="100" dirty="0" err="1">
                           <a:effectLst/>
                           <a:latin typeface="Verdana"/>
                           <a:ea typeface="Verdana"/>
                         </a:rPr>
                         <a:t>remigrantiem</a:t>
                       </a:r>
                       <a:r>
                         <a:rPr lang="lv-LV" sz="1500" kern="100" dirty="0">
                           <a:effectLst/>
                           <a:latin typeface="Verdana"/>
                           <a:ea typeface="Verdana"/>
                         </a:rPr>
                         <a:t>.</a:t>
                       </a:r>
                       <a:endParaRPr lang="lv-LV" sz="1500" kern="100" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Verdana"/>
                         <a:ea typeface="Verdana"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
@@ -6932,308 +6931,293 @@
           <a:xfrm>
             <a:off x="508882" y="1973262"/>
             <a:ext cx="11378317" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="29702A"/>
               </a:buClr>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="lv-LV" sz="1500">
+              <a:rPr lang="lv-LV" sz="1500" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Atbalsts jaunu produktu un/vai pakalpojumu attīstībai reģionālā mērogā, nodrošinot remigrācijas priekšnoteikumus;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="29702A"/>
               </a:buClr>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="lv-LV" sz="1500" b="1">
+              <a:rPr lang="lv-LV" sz="1500" b="1" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Finansējums: </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="742950" lvl="1" indent="-285750">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="29702A"/>
               </a:buClr>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="lv-LV" sz="1500" b="1">
+              <a:rPr lang="lv-LV" sz="1500" b="1" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>2024. gadā – 400 000 </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="lv-LV" sz="1500" b="1" err="1">
+              <a:rPr lang="lv-LV" sz="1500" b="1" dirty="0" err="1">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>euro</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="lv-LV" sz="1500" b="1">
+              <a:rPr lang="lv-LV" sz="1500" b="1" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="lv-LV" sz="1500">
+              <a:rPr lang="lv-LV" sz="1500" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>apgūti 141 460,69 </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="lv-LV" sz="1500" err="1">
+              <a:rPr lang="lv-LV" sz="1500" dirty="0" err="1">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>euro</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="lv-LV" sz="1500">
-[...17 lines deleted...]
-              <a:t> (VARAM)</a:t>
+              <a:rPr lang="lv-LV" sz="1500" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> (plānošanas reģioni) </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="742950" lvl="1" indent="-285750">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="29702A"/>
               </a:buClr>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="lv-LV" sz="1500" b="1">
+              <a:rPr lang="lv-LV" sz="1500" b="1" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>2025. gadā - 250 000 </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="lv-LV" sz="1500" b="1" err="1">
+              <a:t>2025. gadā </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="lv-LV" sz="1500" b="1" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>–</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="lv-LV" sz="1500" b="1" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
+              <a:t> 250 000 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="lv-LV" sz="1500" b="1" dirty="0" err="1">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman"/>
+              </a:rPr>
               <a:t>euro</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="lv-LV" sz="1500">
+              <a:rPr lang="lv-LV" sz="1500" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t>, apgūti 141 322,93 </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="lv-LV" sz="1500" err="1">
+              <a:t>, apgūti 138 309,36 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="lv-LV" sz="1500" dirty="0" err="1">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t>euro</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="lv-LV" sz="1500">
+              <a:rPr lang="lv-LV" sz="1500" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
-              <a:t> (plānošanas reģioni) un 21 764 </a:t>
-[...15 lines deleted...]
-              <a:t> (VARAM)  </a:t>
+              <a:t> (plānošanas reģioni) </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="29702A"/>
               </a:buClr>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="lv-LV" sz="1500">
+              <a:rPr lang="lv-LV" sz="1500" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Atbalsta pasākuma ieviešana tika uzsākta 27.06.2023., ko paredz VARAM izstrādātais informatīvais ziņojums “Par remigrācijas atbalsta pasākumu – uzņēmējdarbības atbalstu”;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="29702A"/>
               </a:buClr>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="lv-LV" sz="1500">
+              <a:rPr lang="lv-LV" sz="1500" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Pēc plānošana reģionu rīkotā konkursa pašvaldībām 2024. gadā konkursi tika rīkoti 22, bet 2025. gadā 20 pašvaldībās;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="29702A"/>
               </a:buClr>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="lv-LV" sz="1500" b="1">
+              <a:rPr lang="lv-LV" sz="1500" b="1" dirty="0">
                 <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman"/>
               </a:rPr>
               <a:t>Rezultatīvie rādītāji:</a:t>
             </a:r>
-            <a:endParaRPr lang="lv-LV" sz="1500">
+            <a:endParaRPr lang="lv-LV" sz="1500" dirty="0">
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="29702A"/>
               </a:buClr>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
-            <a:endParaRPr lang="lv-LV" sz="1500">
+            <a:endParaRPr lang="lv-LV" sz="1500" dirty="0">
               <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="897366390"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
@@ -7571,1099 +7555,328 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="49154" name="Text Placeholder 7">
+          <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D4D032CC-B37D-4872-AE6D-92FB801452C9}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7D79E710-9088-D8F2-3207-558FFFB1FC24}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" sz="quarter" idx="11"/>
+            <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2878447" y="4773612"/>
-            <a:ext cx="6529441" cy="1298575"/>
+            <a:off x="406400" y="2103427"/>
+            <a:ext cx="10988703" cy="4373573"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="29702A"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="lv-LV" dirty="0"/>
+              <a:t>Remigrācijas koordinatoru tīkls – turpina darbu līdzšinējā apjomā, finansējums nemainīgs (kopš 2018. gada) – 202 966 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="lv-LV" i="1" dirty="0" err="1"/>
+              <a:t>euro</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="lv-LV" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="lv-LV" dirty="0"/>
+              <a:t>(plānošanas reģioniem);</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="29702A"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="lv-LV" dirty="0"/>
+              <a:t>Remigrācijas uzņēmējdarbības atbalsta pasākums – tiks īstenots divos reģionos par kopējo valsts finansējuma apjomu 57 488 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="lv-LV" i="1" dirty="0" err="1"/>
+              <a:t>euro</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="lv-LV" dirty="0"/>
+              <a:t>:</a:t>
+            </a:r>
+            <a:endParaRPr lang="lv-LV" dirty="0">
+              <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1104900" lvl="1" indent="-342900">
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="29702A"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="lv-LV" sz="1800" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Rīgas plānošanas reģionā – 12 975 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="lv-LV" sz="1800" dirty="0" err="1">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>euro</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="lv-LV" sz="1800" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> (4 pašvaldības)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1104900" lvl="1" indent="-342900">
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="29702A"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="lv-LV" sz="1800" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Latgales plānošanas reģionā – 44 513 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="lv-LV" sz="1800" dirty="0" err="1">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>euro</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="lv-LV" sz="1800" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> (6 pašvaldības)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1104900" lvl="1" indent="-342900">
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="29702A"/>
+              </a:buClr>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="lv-LV" sz="1800" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Atsevišķas pašvaldības rīkos konkursus par savu finansējumu (Liepājas </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="lv-LV" sz="1800" dirty="0" err="1">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>valstspilsēta</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="lv-LV" sz="1800" dirty="0">
+                <a:latin typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Verdana" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>)</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{46D4CFFA-6D6E-8609-965F-D9FD619775E4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:fld id="{CA50152C-A5AE-4037-8E77-C398DB665690}" type="slidenum">
+              <a:rPr lang="en-US" altLang="en-US" smtClean="0"/>
+              <a:pPr>
+                <a:defRPr/>
+              </a:pPr>
+              <a:t>6</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" altLang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7F6EEE13-E643-0689-DB4D-3182E57B5868}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2387600" y="381000"/>
+            <a:ext cx="8128000" cy="1036638"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="lv-LV" altLang="lv-LV" sz="1600"/>
-[...58 lines deleted...]
-              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:rPr lang="lv-LV" sz="2400" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="FFFFFF"/>
+                  <a:srgbClr val="29702A"/>
                 </a:solidFill>
-              </a14:hiddenFill>
-[...953 lines deleted...]
-            </a:r>
+                <a:latin typeface="Verdana"/>
+                <a:ea typeface="Verdana"/>
+              </a:rPr>
+              <a:t>Plānotais 2026. gadā</a:t>
+            </a:r>
+            <a:endParaRPr lang="lv-LV" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2339272977"/>
+      </p:ext>
+    </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="89_Prezentacija_templateLV">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
@@ -9150,70 +8363,50 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...18 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokuments" ma:contentTypeID="0x010100667AD451B437284393D39498E788D012" ma:contentTypeVersion="16" ma:contentTypeDescription="Izveidot jaunu dokumentu." ma:contentTypeScope="" ma:versionID="058048a36d15e59f68ed701a0bcd1d65">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2048be11-5002-450c-8e3b-782732941017" xmlns:ns3="f7e7d789-9268-4b55-8873-a73e5b415d66" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a6d8d55df5b21173c07862d7de0130a0" ns2:_="" ns3:_="">
     <xsd:import namespace="2048be11-5002-450c-8e3b-782732941017"/>
     <xsd:import namespace="f7e7d789-9268-4b55-8873-a73e5b415d66"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
@@ -9404,143 +8597,163 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="2048be11-5002-450c-8e3b-782732941017">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="f7e7d789-9268-4b55-8873-a73e5b415d66" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E201AF8C-68A8-4870-B2A0-373EC78A28AA}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{831397C9-93F6-4370-A666-7B3A9A6676DE}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="2048be11-5002-450c-8e3b-782732941017"/>
+    <ds:schemaRef ds:uri="f7e7d789-9268-4b55-8873-a73e5b415d66"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{01F02C01-B79F-437C-9A78-8C533EC8CDEA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="2048be11-5002-450c-8e3b-782732941017"/>
     <ds:schemaRef ds:uri="f7e7d789-9268-4b55-8873-a73e5b415d66"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{831397C9-93F6-4370-A666-7B3A9A6676DE}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E201AF8C-68A8-4870-B2A0-373EC78A28AA}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="2048be11-5002-450c-8e3b-782732941017"/>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>89_Prezentacija_templateLV</Template>
   <TotalTime></TotalTime>
-  <Words>598</Words>
+  <Words>591</Words>
   <Application>Microsoft Office PowerPoint</Application>
-  <PresentationFormat>Platekrāna</PresentationFormat>
-  <Paragraphs>58</Paragraphs>
+  <PresentationFormat>Widescreen</PresentationFormat>
+  <Paragraphs>53</Paragraphs>
   <Slides>6</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Lietotie fonti</vt:lpstr>
+        <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Dizains</vt:lpstr>
+        <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Slaidu virsraksti</vt:lpstr>
+        <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="12" baseType="lpstr">
-      <vt:lpstr>Aptos</vt:lpstr>
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
+      <vt:lpstr>DokChampa</vt:lpstr>
       <vt:lpstr>Times New Roman</vt:lpstr>
       <vt:lpstr>Verdana</vt:lpstr>
       <vt:lpstr>89_Prezentacija_templateLV</vt:lpstr>
       <vt:lpstr>   </vt:lpstr>
       <vt:lpstr>VARAM atbildībā esošie pasākumi</vt:lpstr>
       <vt:lpstr>Reģionālo remigrācijas koordinatoru tīkls</vt:lpstr>
       <vt:lpstr>Remigrācijas atbalsta pasākums - uzņēmējdarbības atbalsts</vt:lpstr>
       <vt:lpstr>Reģionālie atbalsta pasākumi pašvaldībām remigrācijai – pašvaldību atbalsta programma</vt:lpstr>
-      <vt:lpstr>PowerPoint prezentācija</vt:lpstr>
+      <vt:lpstr>Plānotais 2026. gadā</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PowerPoint Presentation</dc:title>
   <dc:creator>Dagnija</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100667AD451B437284393D39498E788D012</vt:lpwstr>
   </property>