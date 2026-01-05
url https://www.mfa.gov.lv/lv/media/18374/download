--- v0 (2025-10-08)
+++ v1 (2026-01-05)
@@ -20,64 +20,71 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="19415B6D" w14:textId="77777777" w:rsidR="00F3665E" w:rsidRPr="00CD17F2" w:rsidRDefault="00F3665E" w:rsidP="00CD17F2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD17F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Diasporas konsultatīvās padomes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B5D1BAB" w14:textId="77777777" w:rsidR="00F3665E" w:rsidRPr="00CD17F2" w:rsidRDefault="00F3665E" w:rsidP="00CD17F2">
+    <w:p w14:paraId="7B5D1BAB" w14:textId="49CC465B" w:rsidR="00F3665E" w:rsidRPr="00CD17F2" w:rsidRDefault="00F3665E" w:rsidP="00CD17F2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD17F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>SĒDES PROTOKOLS</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB5A30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nr. 2/2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DFB5C5E" w14:textId="77777777" w:rsidR="00F3665E" w:rsidRPr="00CD17F2" w:rsidRDefault="00F3665E" w:rsidP="00EB2908">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6F1355B1" w14:textId="5D005DEB" w:rsidR="00F3665E" w:rsidRPr="00CD17F2" w:rsidRDefault="00F3665E" w:rsidP="00EB2908">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD17F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Norises viet</w:t>
       </w:r>
@@ -7468,51 +7475,51 @@
       <w:r w:rsidR="00981703" w:rsidRPr="00CD17F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> un a</w:t>
       </w:r>
       <w:r w:rsidR="00E76365" w:rsidRPr="00CD17F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>icina pieteikties profesionāļus</w:t>
       </w:r>
       <w:r w:rsidR="00E942F5" w:rsidRPr="00CD17F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00E76365" w:rsidRPr="00CD17F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> aizpildot anketu: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43C13B9E" w14:textId="77777777" w:rsidR="00E942F5" w:rsidRPr="00CD17F2" w:rsidRDefault="00075D0B" w:rsidP="00EB2908">
+    <w:p w14:paraId="43C13B9E" w14:textId="77777777" w:rsidR="00E942F5" w:rsidRPr="00CD17F2" w:rsidRDefault="00C95BD4" w:rsidP="00EB2908">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="00E942F5" w:rsidRPr="00CD17F2">
           <w:rPr>
             <w:rStyle w:val="Hipersaite"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           </w:rPr>
           <w:t>https://www.mfa.gov.lv/lv/jaunums/sakusies-registracija-starptautiskajas-organizacijas-stradajoso-latvijas-profesionalu-4-forumam</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00E76365" w:rsidRPr="00CD17F2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="679ACE86" w14:textId="23FFAE8A" w:rsidR="00CD17F2" w:rsidRPr="00CD17F2" w:rsidRDefault="00E76365" w:rsidP="00EB2908">
       <w:pPr>
         <w:spacing w:after="120"/>
@@ -8000,125 +8007,125 @@
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="781A02FF" w14:textId="77777777" w:rsidR="00D63B29" w:rsidRDefault="00D63B29" w:rsidP="004F5BB4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1332EB21" w14:textId="77777777" w:rsidR="00D63B29" w:rsidRDefault="00D63B29" w:rsidP="004F5BB4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman Bold">
-    <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="02020803070505020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1046798379"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="192EFC76" w14:textId="718878AC" w:rsidR="00244F28" w:rsidRDefault="00244F28">
         <w:pPr>
           <w:pStyle w:val="Kjene"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="6DE0B577" w14:textId="77777777" w:rsidR="00244F28" w:rsidRDefault="00244F28">
@@ -11015,51 +11022,51 @@
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="26">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="27">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="28">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="29">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F3665E"/>
     <w:rsid w:val="00075D0B"/>
     <w:rsid w:val="000864D1"/>
     <w:rsid w:val="000C7D21"/>
     <w:rsid w:val="000E17B3"/>
     <w:rsid w:val="000F16B1"/>
     <w:rsid w:val="000F325D"/>
@@ -11136,93 +11143,94 @@
     <w:rsid w:val="00A6375D"/>
     <w:rsid w:val="00A659CE"/>
     <w:rsid w:val="00A93A4D"/>
     <w:rsid w:val="00AB380D"/>
     <w:rsid w:val="00AB3A38"/>
     <w:rsid w:val="00B03562"/>
     <w:rsid w:val="00B159DD"/>
     <w:rsid w:val="00B864A4"/>
     <w:rsid w:val="00BA25B3"/>
     <w:rsid w:val="00BD0028"/>
     <w:rsid w:val="00C23FA8"/>
     <w:rsid w:val="00C37D29"/>
     <w:rsid w:val="00CA7168"/>
     <w:rsid w:val="00CB45A4"/>
     <w:rsid w:val="00CD17F2"/>
     <w:rsid w:val="00CE646E"/>
     <w:rsid w:val="00CF5B16"/>
     <w:rsid w:val="00D12375"/>
     <w:rsid w:val="00D1540A"/>
     <w:rsid w:val="00D311A7"/>
     <w:rsid w:val="00D53FB3"/>
     <w:rsid w:val="00D55E55"/>
     <w:rsid w:val="00D6284F"/>
     <w:rsid w:val="00D63B29"/>
     <w:rsid w:val="00D811D6"/>
+    <w:rsid w:val="00DB5A30"/>
     <w:rsid w:val="00DE022F"/>
     <w:rsid w:val="00DE6D25"/>
     <w:rsid w:val="00DF1720"/>
     <w:rsid w:val="00E34A80"/>
     <w:rsid w:val="00E3739E"/>
     <w:rsid w:val="00E6504F"/>
     <w:rsid w:val="00E76365"/>
     <w:rsid w:val="00E814E0"/>
     <w:rsid w:val="00E942F5"/>
     <w:rsid w:val="00E95DF1"/>
     <w:rsid w:val="00E964B3"/>
     <w:rsid w:val="00EB2908"/>
     <w:rsid w:val="00EC186F"/>
     <w:rsid w:val="00EC30D3"/>
     <w:rsid w:val="00F053D7"/>
     <w:rsid w:val="00F06611"/>
     <w:rsid w:val="00F260B9"/>
     <w:rsid w:val="00F3665E"/>
     <w:rsid w:val="00F65A09"/>
     <w:rsid w:val="00F75AD3"/>
     <w:rsid w:val="00F816D9"/>
     <w:rsid w:val="00FA4926"/>
     <w:rsid w:val="00FB4977"/>
     <w:rsid w:val="00FC1F97"/>
     <w:rsid w:val="00FD747B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="23C68BB5"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{1BFB0431-558F-4F99-B11F-B53E6CC141B8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
@@ -11314,98 +11322,101 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -12385,76 +12396,77 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{53E5BE15-ECD8-4B07-B49D-537113835BCA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>16688</Words>
-  <Characters>9513</Characters>
+  <Words>16695</Words>
+  <Characters>9517</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
+  <DocSecurity>0</DocSecurity>
   <Lines>79</Lines>
   <Paragraphs>52</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>MFA Latvia</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>26149</CharactersWithSpaces>
+  <CharactersWithSpaces>26160</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Marija Dombrovska</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>