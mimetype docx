--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -4,17170 +4,13011 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="6BA4329F" w14:textId="2913CEB2" w:rsidR="00E7711F" w:rsidRPr="001D3B83" w:rsidRDefault="00E7711F" w:rsidP="00E7711F">
+    <w:p w14:paraId="35FEC3B0" w14:textId="77777777" w:rsidR="004B59D8" w:rsidRPr="00BE796E" w:rsidRDefault="004B59D8" w:rsidP="004B59D8">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001D3B83">
+      <w:r w:rsidRPr="00BE796E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Diasporas konsultatīvās padomes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5646D577" w14:textId="045846FE" w:rsidR="00E7711F" w:rsidRPr="001D3B83" w:rsidRDefault="00E7711F" w:rsidP="00632E58">
+    <w:p w14:paraId="09A60C0F" w14:textId="50B040A8" w:rsidR="004B59D8" w:rsidRPr="00BE796E" w:rsidRDefault="004B59D8" w:rsidP="004B59D8">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001D3B83">
+      <w:r w:rsidRPr="00BE796E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>SĒDES PROTOKOLS</w:t>
       </w:r>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidR="004B7E9B" w:rsidRPr="00BE796E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="001D3B83">
+        <w:t xml:space="preserve"> Nr. 3/2025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42295C1D" w14:textId="77777777" w:rsidR="004B59D8" w:rsidRPr="00BE796E" w:rsidRDefault="004B59D8" w:rsidP="004B59D8">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47BF9502" w14:textId="7D3B5211" w:rsidR="004B59D8" w:rsidRPr="00BE796E" w:rsidRDefault="004B59D8" w:rsidP="004B59D8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
         <w:t>Norises viet</w:t>
       </w:r>
-      <w:r w:rsidRPr="001D3B83">
+      <w:r w:rsidRPr="00BE796E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>a:</w:t>
       </w:r>
-      <w:r w:rsidRPr="001D3B83">
+      <w:r w:rsidRPr="00BE796E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="001D3B83">
+      <w:r w:rsidRPr="00BE796E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="001D3B83">
+      <w:r w:rsidRPr="00BE796E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="001D3B83">
+      <w:r w:rsidRPr="00BE796E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="001D3B83">
+      <w:r w:rsidRPr="00BE796E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="001D3B83">
+      <w:r w:rsidRPr="00BE796E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Rīgā, 202</w:t>
-[...26 lines deleted...]
-      <w:r w:rsidRPr="001D3B83">
+        <w:t>Rīgā, 2025. gada 25. septembrī</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4441686D" w14:textId="77777777" w:rsidR="004B59D8" w:rsidRPr="00BE796E" w:rsidRDefault="004B59D8" w:rsidP="004B59D8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Klātienē Ārlietu ministrijā un </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A63E988" w14:textId="4EE18FE5" w:rsidR="00E7711F" w:rsidRPr="001D3B83" w:rsidRDefault="00CF08C8" w:rsidP="00E7711F">
-[...18 lines deleted...]
-      <w:r w:rsidR="00E7711F" w:rsidRPr="001D3B83">
+    <w:p w14:paraId="1C4FF830" w14:textId="77777777" w:rsidR="004B59D8" w:rsidRPr="00BE796E" w:rsidRDefault="004B59D8" w:rsidP="004B59D8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">attālināti </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
-        <w:t>Zoom</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidR="00E7711F" w:rsidRPr="001D3B83">
+        <w:t xml:space="preserve">Zoom </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>platformā</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0602D3A9" w14:textId="64C3ADA7" w:rsidR="00E7711F" w:rsidRPr="001D3B83" w:rsidRDefault="00E7711F" w:rsidP="00E7711F">
-[...61 lines deleted...]
-    <w:p w14:paraId="5970A3B5" w14:textId="77777777" w:rsidR="00E7711F" w:rsidRPr="001D3B83" w:rsidRDefault="00E7711F" w:rsidP="00E7711F">
+    <w:p w14:paraId="547311EA" w14:textId="77777777" w:rsidR="004B59D8" w:rsidRPr="00BE796E" w:rsidRDefault="004B59D8" w:rsidP="004B59D8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Sēde sākas: 15:00 (Rīgas laikā)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D832A21" w14:textId="77777777" w:rsidR="004B59D8" w:rsidRPr="00BE796E" w:rsidRDefault="004B59D8" w:rsidP="004B59D8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7AE84ACB" w14:textId="77777777" w:rsidR="004B59D8" w:rsidRPr="00BE796E" w:rsidRDefault="004B59D8" w:rsidP="004B59D8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001D3B83">
+      <w:r w:rsidRPr="00BE796E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>Sēdi vada:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="514532C4" w14:textId="305B97A6" w:rsidR="00E7711F" w:rsidRPr="001D3B83" w:rsidRDefault="00E7711F" w:rsidP="00E7711F">
-[...24 lines deleted...]
-      <w:r w:rsidRPr="001D3B83">
+    <w:p w14:paraId="3C8A360C" w14:textId="5CDEBFD2" w:rsidR="004B59D8" w:rsidRPr="00BE796E" w:rsidRDefault="004B59D8" w:rsidP="004B59D8">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Zanda Grauze</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="001D3B83">
+      <w:r w:rsidRPr="00BE796E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="001D3B83">
+      <w:r w:rsidRPr="00BE796E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:tab/>
         <w:t>Padomes priekšsēdētāja</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66B96523" w14:textId="77777777" w:rsidR="00E7711F" w:rsidRPr="001D3B83" w:rsidRDefault="00E7711F" w:rsidP="00E7711F">
-[...11 lines deleted...]
-        <w:spacing w:line="256" w:lineRule="auto"/>
+    <w:p w14:paraId="6871C77C" w14:textId="0483663E" w:rsidR="00B00098" w:rsidRPr="00BE796E" w:rsidRDefault="00B00098" w:rsidP="00B00098">
+      <w:pPr>
+        <w:ind w:left="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Ārlietu ministrijas Īpašo uzdevumu vēstniece diasporas lietās</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D483E35" w14:textId="77777777" w:rsidR="004B59D8" w:rsidRPr="00BE796E" w:rsidRDefault="004B59D8" w:rsidP="004B59D8">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7787348B" w14:textId="77777777" w:rsidR="004B59D8" w:rsidRPr="00BE796E" w:rsidRDefault="004B59D8" w:rsidP="004B59D8">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001D3B83">
+      <w:r w:rsidRPr="00BE796E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Sēdē </w:t>
-[...99 lines deleted...]
-        <w:spacing w:line="256" w:lineRule="auto"/>
+        <w:t xml:space="preserve">Sēdē klātienē piedalās: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67F17FA9" w14:textId="79DE612F" w:rsidR="004B59D8" w:rsidRPr="00BE796E" w:rsidRDefault="004B59D8" w:rsidP="004B59D8">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001D3B83">
+      <w:r w:rsidRPr="00BE796E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Padomes locekļi:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="562AC8BE" w14:textId="7C196299" w:rsidR="0080248D" w:rsidRPr="001D3B83" w:rsidRDefault="0080248D" w:rsidP="00A81ADD">
-[...1 lines deleted...]
-        <w:spacing w:line="256" w:lineRule="auto"/>
+    <w:p w14:paraId="524D79AF" w14:textId="77777777" w:rsidR="004B59D8" w:rsidRPr="00BE796E" w:rsidRDefault="004B59D8" w:rsidP="004B59D8">
+      <w:pPr>
         <w:ind w:left="2880" w:hanging="2880"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001D3B83">
+      <w:r w:rsidRPr="00BE796E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Maija Bilsēna</w:t>
       </w:r>
-      <w:r w:rsidRPr="001D3B83">
+      <w:r w:rsidRPr="00BE796E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
         <w:t>Ārlietu ministrijas pārstāve</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D302AF8" w14:textId="1B73EFAB" w:rsidR="00C64FC2" w:rsidRPr="001D3B83" w:rsidRDefault="00C64FC2" w:rsidP="00C64FC2">
+    <w:p w14:paraId="3ED3734E" w14:textId="77777777" w:rsidR="00E30B21" w:rsidRPr="00BE796E" w:rsidRDefault="004B59D8" w:rsidP="00E30B21">
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Baiba Bašķere</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Ekonomikas ministrijas pārstāve</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3060304D" w14:textId="77777777" w:rsidR="00B00098" w:rsidRPr="00BE796E" w:rsidRDefault="00E30B21" w:rsidP="00B00098">
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:t>Vineta Ernstsone</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Izglītības un zinātnes ministrijas pārstāve</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66B0AEA8" w14:textId="77777777" w:rsidR="00B00098" w:rsidRPr="00BE796E" w:rsidRDefault="00E30B21" w:rsidP="00B00098">
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:t>Baiba Mūrniece</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Kultūras ministrijas pārstāve</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75828478" w14:textId="77777777" w:rsidR="00B00098" w:rsidRPr="00BE796E" w:rsidRDefault="00E30B21" w:rsidP="00B00098">
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:t>Imants Lipskis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Labklājības ministrijas pārstāvis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4163242A" w14:textId="77777777" w:rsidR="00B00098" w:rsidRPr="00BE796E" w:rsidRDefault="00E30B21" w:rsidP="00B00098">
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:t>Irma Kalniņa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Saeimas Ārlietu komisijas pārstāve</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7217FE71" w14:textId="77A38DFE" w:rsidR="00B00098" w:rsidRPr="00BE796E" w:rsidRDefault="00E30B21" w:rsidP="003164F4">
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:t>Gunārs Kūtris</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Saeimas Pilsonības, migrācijas un sabiedrības saliedētības komisijas pārstāvis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07F296CC" w14:textId="77777777" w:rsidR="00B00098" w:rsidRPr="00BE796E" w:rsidRDefault="00E30B21" w:rsidP="00B00098">
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:t>Kārlis Žols</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Latvijas Evaņģēliski Luteriskās baznīcas pasaulē pārstāvis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42AD6DD4" w14:textId="77777777" w:rsidR="00B00098" w:rsidRPr="00BE796E" w:rsidRDefault="00E30B21" w:rsidP="00B00098">
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:t>Pēteris Blumbergs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>organizācijas “Pasaules Brīvo latviešu apvienība” pārstāvis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C932E21" w14:textId="1D2DAD37" w:rsidR="00B00098" w:rsidRPr="00BE796E" w:rsidRDefault="00E30B21" w:rsidP="00B00098">
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:t>Mārtiņš Andersons</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>organizācijas “Amerikas Latviešu apvienība” pārstāvis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52C0E7EC" w14:textId="77777777" w:rsidR="00B00098" w:rsidRPr="00BE796E" w:rsidRDefault="00E30B21" w:rsidP="00B00098">
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:t>Justīne Krēsliņa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>organizācijas “Eiropas Latviešu apvienība” pārstāve</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="112B51AA" w14:textId="77777777" w:rsidR="00B00098" w:rsidRPr="00BE796E" w:rsidRDefault="00E30B21" w:rsidP="00B00098">
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:t>Renāte de Karvaļo-Albrehta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>organizācijas “Dienvidamerikas un Karību latviešu apvienība” pārstāve</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E0CE517" w14:textId="77777777" w:rsidR="00B00098" w:rsidRPr="00BE796E" w:rsidRDefault="00E30B21" w:rsidP="00B00098">
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:t>Anita Andersone</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>organizācijas “Latviešu apvienība Austrālijā un Jaunzēlandē” pārstāve</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EB48ED4" w14:textId="7C5AD6BE" w:rsidR="00B00098" w:rsidRPr="00BE796E" w:rsidRDefault="00E30B21" w:rsidP="00B00098">
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:t>Fritz Traugott Kristbergs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>organizācijas “Latviešu Nacionālās apvienība Kanādā” pārstāvis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4862FD10" w14:textId="77777777" w:rsidR="00B00098" w:rsidRPr="00BE796E" w:rsidRDefault="00E30B21" w:rsidP="00B00098">
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:t>Uldis Dimiševskis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>muzeja un pētniecības centra "Latvieši pasaulē" pārstāvis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3987CA5E" w14:textId="1106AE8C" w:rsidR="00E30B21" w:rsidRPr="00BE796E" w:rsidRDefault="00E30B21" w:rsidP="00B00098">
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:t>Indulis Bērziņš</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>biedrības “Latviesi.com” pārstāvis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="542A8D49" w14:textId="77777777" w:rsidR="004B59D8" w:rsidRPr="00BE796E" w:rsidRDefault="004B59D8" w:rsidP="004B59D8">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:left="2880" w:hanging="2880"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:kern w:val="2"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001D3B83">
-[...18 lines deleted...]
-          <w:kern w:val="2"/>
+    </w:p>
+    <w:p w14:paraId="7F7B17E3" w14:textId="77777777" w:rsidR="004B59D8" w:rsidRPr="00BE796E" w:rsidRDefault="004B59D8" w:rsidP="004B59D8">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Citi: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A9BB32C" w14:textId="1BD27474" w:rsidR="00E30B21" w:rsidRPr="00BE796E" w:rsidRDefault="00E30B21" w:rsidP="00E30B21">
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Artjoms Uršuļskis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
         </w:rPr>
         <w:tab/>
-        <w:t>Saeimas Pilsonības, migrācijas un sabiedrības saliedētības komisijas pārstāvis</w:t>
-[...4 lines deleted...]
-        <w:spacing w:line="256" w:lineRule="auto"/>
+        <w:t>Ārlietu ministrijas parlamentārais sekretārs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58374DDB" w14:textId="4D2B9293" w:rsidR="00C02FEF" w:rsidRPr="00BE796E" w:rsidRDefault="00C02FEF" w:rsidP="00C02FEF">
+      <w:pPr>
         <w:ind w:left="2880" w:hanging="2880"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001D3B83">
-[...18 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Aija Freiberga</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Aizsardzības ministrijas pārstāve, Valsts aizsardzības dienests</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CB2B362" w14:textId="7BD282DB" w:rsidR="00C02FEF" w:rsidRPr="00BE796E" w:rsidRDefault="00C02FEF" w:rsidP="00C02FEF">
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Māris Zviedris</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Centrālā vēlēšanu komisijas pārstāvis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E9894DC" w14:textId="6781904F" w:rsidR="00C02FEF" w:rsidRPr="00BE796E" w:rsidRDefault="00C02FEF" w:rsidP="00C02FEF">
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Inita Dzene</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Centrālā vēlēšanu komisijas pārstāve</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E93A918" w14:textId="60D0C68A" w:rsidR="00C02FEF" w:rsidRPr="00BE796E" w:rsidRDefault="00C02FEF" w:rsidP="00C02FEF">
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Brigita Zutere</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Izglītības un zinātnes ministrijas pārstāve, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Research Latvia</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73CA33D8" w14:textId="736A62C2" w:rsidR="00C02FEF" w:rsidRPr="00BE796E" w:rsidRDefault="00C02FEF" w:rsidP="00C02FEF">
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Maija Rutka</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Izglītības un zinātnes ministrijas pārstāve, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Research Latvia</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D82B746" w14:textId="77777777" w:rsidR="00A712A9" w:rsidRPr="00BE796E" w:rsidRDefault="00A712A9" w:rsidP="00A712A9">
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Vineta Hibšmane</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>biedrības “Ekonomiskā sadarbība un investīcijas Latvijai” pārstāve</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="624433C3" w14:textId="0FC954EE" w:rsidR="00A712A9" w:rsidRPr="00BE796E" w:rsidRDefault="00A712A9" w:rsidP="00A712A9">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="auto"/>
+        <w:ind w:left="2880" w:hanging="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Aira Priedīte </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>DKP Latviešu valodas un izglītības darba grupas pārstāve</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="321B68E2" w14:textId="37982159" w:rsidR="00B00098" w:rsidRPr="00BE796E" w:rsidRDefault="00B00098" w:rsidP="00B00098">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3000"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Laura Turlaja </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Kultūras ministrijas pārstāve</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AD0EDB8" w14:textId="0269DBA1" w:rsidR="00E30B21" w:rsidRPr="00BE796E" w:rsidRDefault="00E30B21" w:rsidP="00E30B21">
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Anastasija Siņakoviča</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Saeimas Ārlietu komisijas pārstāves sekretāre</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CA5F002" w14:textId="4849FE36" w:rsidR="00B00098" w:rsidRPr="00BE796E" w:rsidRDefault="00A712A9" w:rsidP="00E30B21">
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Roberts Gorodko</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>biedrības “Latviesi.com” pārstāvis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74A49831" w14:textId="3C243A1F" w:rsidR="00E30B21" w:rsidRPr="00BE796E" w:rsidRDefault="00E30B21" w:rsidP="00365DBA">
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Mārīte Kļaviņa</w:t>
+      </w:r>
+      <w:r w:rsidR="00365DBA" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">organizācijas “Pasaules Brīvo latviešu apvienība” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>pārstāve</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="696F7F5E" w14:textId="64D7A3AE" w:rsidR="00E30B21" w:rsidRPr="00BE796E" w:rsidRDefault="00E30B21" w:rsidP="00E30B21">
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Raits Eglītis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>organizācijas “Pasaules Brīvo latviešu apvienība” pārstāvis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FAF3343" w14:textId="2BEA75EE" w:rsidR="00D37BED" w:rsidRPr="00BE796E" w:rsidRDefault="00D37BED" w:rsidP="00E30B21">
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Jānis Andersons</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>organizācijas “Pasaules Brīvo latviešu apvienība” pārstāvniecības Latvijā pārstāvis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="757624D1" w14:textId="0BE44260" w:rsidR="00E30B21" w:rsidRPr="00BE796E" w:rsidRDefault="00E30B21" w:rsidP="00917E61">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Elisa Freimane</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00917E61" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>organizācijas “Amerikas Latviešu apvienība” pārstāve</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="506F66CD" w14:textId="77777777" w:rsidR="00E30B21" w:rsidRPr="00BE796E" w:rsidRDefault="00E30B21" w:rsidP="00E30B21">
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Ingrīda Zemīte</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>organizācijas “Latviešu Nacionālā Apvienība Kanādā” pārstāve</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CC7B07F" w14:textId="77777777" w:rsidR="00E30B21" w:rsidRPr="00BE796E" w:rsidRDefault="00E30B21" w:rsidP="00E30B21">
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Agra Asmus-Vāgnere</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>organizācijas “Latviešu Nacionālā Apvienība Kanādā” pārstāve</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D985D36" w14:textId="77777777" w:rsidR="00917E61" w:rsidRPr="00BE796E" w:rsidRDefault="00917E61" w:rsidP="00917E61">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Diāna Kārkliņa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>organizācijas “Amerikas Latviešu apvienības” pārstāve</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="693CB0CA" w14:textId="77777777" w:rsidR="00917E61" w:rsidRPr="00BE796E" w:rsidRDefault="00917E61" w:rsidP="00917E61">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="auto"/>
+        <w:ind w:left="2880" w:hanging="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Valda Grinberga</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>organizācijas “Amerikas Latviešu apvienības” pārstāve</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73CAD2CC" w14:textId="3507BB00" w:rsidR="00E30B21" w:rsidRPr="00BE796E" w:rsidRDefault="00E30B21" w:rsidP="00E30B21">
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Ilze Atardo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>organizācijas “Eiropas Latviešu apvienība” pārstāve</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="049DB6A3" w14:textId="1B756D4A" w:rsidR="00917E61" w:rsidRPr="00BE796E" w:rsidRDefault="00917E61" w:rsidP="00E30B21">
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Ingrīda Dārziņa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>organizācijas “Latviešu apvienības Austrālijā un Jaunzēlandē” pārstāve</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02EE7605" w14:textId="2FFDF0F9" w:rsidR="00917E61" w:rsidRPr="00BE796E" w:rsidRDefault="00917E61" w:rsidP="00E30B21">
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Jānis Grāmatiņš</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">organizācijas “Pasaules Brīvo latviešu apvienība” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>pārstāvis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45A58909" w14:textId="313F0C0A" w:rsidR="00E30B21" w:rsidRPr="00BE796E" w:rsidRDefault="00917E61" w:rsidP="00E30B21">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Elīza Burmistre-Grifita</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:tab/>
         <w:t>Valsts kancelejas pārstāve</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CDA1286" w14:textId="77777777" w:rsidR="00165EC6" w:rsidRPr="001D3B83" w:rsidRDefault="00165EC6" w:rsidP="00165EC6">
-[...1 lines deleted...]
-        <w:spacing w:line="256" w:lineRule="auto"/>
+    <w:p w14:paraId="6E5A4230" w14:textId="77777777" w:rsidR="00917E61" w:rsidRPr="00BE796E" w:rsidRDefault="00917E61" w:rsidP="00917E61">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Marija Dombrovska</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Ārlietu ministrijas pārstāve</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17AA0F18" w14:textId="77777777" w:rsidR="00917E61" w:rsidRPr="00BE796E" w:rsidRDefault="00917E61" w:rsidP="00917E61">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Toms Pāvils</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Ārlietu ministrijas pārstāvis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="503B8DDE" w14:textId="77777777" w:rsidR="004B59D8" w:rsidRPr="00BE796E" w:rsidRDefault="004B59D8" w:rsidP="004B59D8">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="auto"/>
         <w:ind w:left="2880" w:hanging="2880"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001D3B83">
-[...296 lines deleted...]
-        <w:spacing w:line="256" w:lineRule="auto"/>
+    </w:p>
+    <w:p w14:paraId="17BE52C5" w14:textId="77777777" w:rsidR="004B59D8" w:rsidRPr="00BE796E" w:rsidRDefault="004B59D8" w:rsidP="004B59D8">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sēdē attālināti piedalās: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B7A103A" w14:textId="77777777" w:rsidR="004B59D8" w:rsidRPr="00BE796E" w:rsidRDefault="004B59D8" w:rsidP="004B59D8">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001D3B83">
+      <w:r w:rsidRPr="00BE796E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Citi: </w:t>
-[...4 lines deleted...]
-        <w:spacing w:line="256" w:lineRule="auto"/>
+        <w:t>Padomes locekļi:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A9FF6DA" w14:textId="0D7A91B6" w:rsidR="00E30B21" w:rsidRPr="00BE796E" w:rsidRDefault="00E30B21" w:rsidP="00E30B21">
+      <w:pPr>
         <w:ind w:left="2880" w:hanging="2880"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001D3B83">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="001D3B83">
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Imants Zaķis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
-        <w:t>Ārlietu ministrijas Parlamentārā sekretāre</w:t>
-[...4 lines deleted...]
-        <w:spacing w:line="256" w:lineRule="auto"/>
+        <w:t>Iekšlietu ministrijas pārstāvis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65C2E3C2" w14:textId="77777777" w:rsidR="003164F4" w:rsidRPr="00BE796E" w:rsidRDefault="003164F4" w:rsidP="003164F4">
+      <w:pPr>
         <w:ind w:left="2880" w:hanging="2880"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001D3B83">
-[...9 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:t>Ilona Anna Eklona</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Kultūras ministrijas </w:t>
-[...11 lines deleted...]
-        <w:spacing w:line="256" w:lineRule="auto"/>
+        <w:t>Valsts kancelejas pārstāve</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C78BD19" w14:textId="2C8F3ABD" w:rsidR="004B59D8" w:rsidRPr="00BE796E" w:rsidRDefault="003164F4" w:rsidP="005F66B8">
+      <w:pPr>
         <w:ind w:left="2880" w:hanging="2880"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-        </w:rPr>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:t>Zigmārs Erts</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...16 lines deleted...]
-        <w:spacing w:line="256" w:lineRule="auto"/>
+        <w:t>Viedās administrācijas un reģionālās attīstības ministrijas pārstāvis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DCD367C" w14:textId="77777777" w:rsidR="005F66B8" w:rsidRPr="00BE796E" w:rsidRDefault="005F66B8" w:rsidP="005F66B8">
+      <w:pPr>
         <w:ind w:left="2880" w:hanging="2880"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001D3B83">
-[...529 lines deleted...]
-        <w:spacing w:line="256" w:lineRule="auto"/>
+    </w:p>
+    <w:p w14:paraId="6EFB54BA" w14:textId="77777777" w:rsidR="004B59D8" w:rsidRPr="00BE796E" w:rsidRDefault="004B59D8" w:rsidP="004B59D8">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001D3B83">
+      <w:r w:rsidRPr="00BE796E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Padomes locekļi:</w:t>
-[...4 lines deleted...]
-        <w:spacing w:line="256" w:lineRule="auto"/>
+        <w:t xml:space="preserve">Citi: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E0FDFE6" w14:textId="059BDD53" w:rsidR="00B00098" w:rsidRPr="00BE796E" w:rsidRDefault="00B00098" w:rsidP="00B00098">
+      <w:pPr>
         <w:ind w:left="2880" w:hanging="2880"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...13 lines deleted...]
-          <w:bCs/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:t>Līga Brasliņa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Latvijas Universitātes Diasporas un migrācijas pētījumu centra vadītāja un pārstāve</w:t>
-[...4 lines deleted...]
-        <w:spacing w:line="256" w:lineRule="auto"/>
+        <w:t>Latvijas Universitātes Diasporas un migrācijas pētījumu centra pārstāve</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3688C62C" w14:textId="77777777" w:rsidR="003164F4" w:rsidRPr="00BE796E" w:rsidRDefault="003164F4" w:rsidP="00B00098">
+      <w:pPr>
         <w:ind w:left="2880" w:hanging="2880"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="001D3B83">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Sibilla Migliniece</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
-        <w:t>Viedās administrācijas un reģionālās attīstības ministrijas pārstāvis</w:t>
-[...4 lines deleted...]
-        <w:spacing w:line="256" w:lineRule="auto"/>
+        <w:t>Nacionālās elektronisko plašsaziņas līdzekļu padomes pārstāve</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E7560B2" w14:textId="5BC6237D" w:rsidR="00B00098" w:rsidRPr="00BE796E" w:rsidRDefault="003164F4" w:rsidP="00B00098">
+      <w:pPr>
         <w:ind w:left="2880" w:hanging="2880"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001D3B83">
-[...9 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:t>Ieva Plūme</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00098" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Iekšlietu ministrijas pārstāvis</w:t>
-[...18 lines deleted...]
-      <w:r w:rsidRPr="001D3B83">
+        <w:t>Sabiedrības integrācijas fonda pārstāve</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47867D1D" w14:textId="77777777" w:rsidR="00B00098" w:rsidRPr="00BE796E" w:rsidRDefault="00B00098" w:rsidP="00B00098">
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3AEE4C19" w14:textId="77D25735" w:rsidR="004B59D8" w:rsidRPr="00BE796E" w:rsidRDefault="004B59D8" w:rsidP="005F66B8">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="auto"/>
+        <w:ind w:left="2880" w:hanging="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Kristīne Stašāne</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-      <w:r w:rsidRPr="001D3B83">
+        <w:t xml:space="preserve">Nodarbinātības valsts aģentūras </w:t>
+      </w:r>
+      <w:r w:rsidR="005F66B8" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>pārstāve</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62EA1D8B" w14:textId="0590E3D4" w:rsidR="004B59D8" w:rsidRPr="00BE796E" w:rsidRDefault="004B59D8" w:rsidP="004B59D8">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="auto"/>
+        <w:ind w:left="2880" w:hanging="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Vita Ziemele</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-      <w:r w:rsidRPr="001D3B83">
+        <w:t xml:space="preserve">Viedās administrācijas un reģionālās attīstības ministrijas </w:t>
+      </w:r>
+      <w:r w:rsidR="005F66B8" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>pārstāve</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="228102AD" w14:textId="16E834A6" w:rsidR="005F66B8" w:rsidRPr="00BE796E" w:rsidRDefault="005F66B8" w:rsidP="004B59D8">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="auto"/>
+        <w:ind w:left="2880" w:hanging="2880"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Agnese Berģe</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
-        <w:t>Labklājības ministrijas</w:t>
-[...13 lines deleted...]
-        <w:spacing w:line="256" w:lineRule="auto"/>
+        <w:t>Kurzemes</w:t>
+      </w:r>
+      <w:r w:rsidR="00575E17" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> plānošanas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reģiona remigrācijas koordinatore</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="023DEBC8" w14:textId="396EFFAB" w:rsidR="005F66B8" w:rsidRPr="00BE796E" w:rsidRDefault="005F66B8" w:rsidP="004B59D8">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="auto"/>
         <w:ind w:left="2880" w:hanging="2880"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001D3B83">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="001D3B83">
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Ruta Priede</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
-        <w:t>Nacionālās elektronisko plašsaziņas līdzekļu padomes locekle</w:t>
-[...4 lines deleted...]
-        <w:spacing w:line="256" w:lineRule="auto"/>
+        <w:t xml:space="preserve">Latgales </w:t>
+      </w:r>
+      <w:r w:rsidR="00575E17" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">plānošanas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>reģiona remigrācijas koordinatore</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D30DD13" w14:textId="77777777" w:rsidR="005F66B8" w:rsidRPr="00BE796E" w:rsidRDefault="005F66B8" w:rsidP="004B59D8">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="auto"/>
         <w:ind w:left="2880" w:hanging="2880"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001D3B83">
-[...206 lines deleted...]
-        <w:spacing w:line="256" w:lineRule="auto"/>
+    </w:p>
+    <w:p w14:paraId="30022279" w14:textId="77777777" w:rsidR="004B59D8" w:rsidRPr="00BE796E" w:rsidRDefault="004B59D8" w:rsidP="004B59D8">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001D3B83">
+      <w:r w:rsidRPr="00BE796E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Citi: </w:t>
-[...273 lines deleted...]
-          <w:bCs/>
+        <w:t>Sēdes publiskā tiešraide tiek nodrošināta Ārlietu ministrijas mājas lapā un sociālajos tīklos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A86769F" w14:textId="573C2DE5" w:rsidR="00055E17" w:rsidRPr="00BE796E" w:rsidRDefault="00917E61" w:rsidP="007D4025">
+      <w:pPr>
+        <w:pStyle w:val="Virsraksts1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Toc210306940"/>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Diasporas konsultatīvās padomes sēdes darba kārtība:</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="698CC6EE" w14:textId="2896E21A" w:rsidR="00055E17" w:rsidRPr="00BE796E" w:rsidRDefault="00055E17" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>1. Atklāšana</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58B88196" w14:textId="775B678D" w:rsidR="00055E17" w:rsidRPr="00BE796E" w:rsidRDefault="00055E17" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>2. Atskats uz pasākumiem</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39502B43" w14:textId="34C03F62" w:rsidR="00055E17" w:rsidRPr="00BE796E" w:rsidRDefault="00055E17" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2.1. Pasaules latviešu ekonomikas un inovāciju forums</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53988606" w14:textId="4E4C4F98" w:rsidR="00055E17" w:rsidRPr="00BE796E" w:rsidRDefault="00055E17" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2.2. Starptautiskajās organizācijās strādājošo Latvijas profesionāļu forums</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D5A8879" w14:textId="60964E83" w:rsidR="00055E17" w:rsidRPr="00BE796E" w:rsidRDefault="00055E17" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>3. Informatīvā sadaļa</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="353239D6" w14:textId="014EDEB2" w:rsidR="00055E17" w:rsidRPr="00BE796E" w:rsidRDefault="00055E17" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.1. Centrālās vēlēšanu komisija</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62E1A334" w14:textId="49C203BE" w:rsidR="00055E17" w:rsidRPr="00BE796E" w:rsidRDefault="00055E17" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.2. Valsts aizsardzības dienests</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="053EE147" w14:textId="331668E4" w:rsidR="00055E17" w:rsidRPr="00BE796E" w:rsidRDefault="00055E17" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.3. ResearchLatvia</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58551D09" w14:textId="7DC2C219" w:rsidR="00055E17" w:rsidRPr="00BE796E" w:rsidRDefault="00055E17" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>4. Iepazīšanās ar jaunajiem DKP locekļiem un elektroniskā balsojuma rezultātiem</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5447BD9B" w14:textId="339D4007" w:rsidR="00055E17" w:rsidRPr="00BE796E" w:rsidRDefault="00055E17" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.1. Kultūras ministrijas valsts sekretāra vietniece Baiba Mūrniece</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F41CD41" w14:textId="32AE2BA1" w:rsidR="00055E17" w:rsidRPr="00BE796E" w:rsidRDefault="00055E17" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.2. DKP nepastāvīgais loceklis, muzeja un pētniecības centra “Latvieši pasaulē” (LaPa) izpilddirektors Uldim Dimiševskis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A6C30AB" w14:textId="5ECC8638" w:rsidR="00055E17" w:rsidRPr="00BE796E" w:rsidRDefault="00055E17" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.3. Elektroniskā balsojuma rezultāti</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23940C34" w14:textId="38E9E9A2" w:rsidR="00055E17" w:rsidRPr="00BE796E" w:rsidRDefault="00055E17" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.4. DKP nepastāvīgais loceklis, priekšsēdētājas vietnieks un Diasporas sabiedrības noturības, stratēģiskās komunikācijas un mediju darba grupas vadītājs Indulis Bērziņš</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00B4B0F1" w14:textId="554A4617" w:rsidR="000F4F49" w:rsidRPr="00BE796E" w:rsidRDefault="000F4F49" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.5. DKP Remigrācijas koordinācijas darba grupas vadītājs Miks Muižarājs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1146F1DC" w14:textId="71E6ADAB" w:rsidR="000F4F49" w:rsidRPr="00BE796E" w:rsidRDefault="000F4F49" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.6. DKP Latviešu valodas un izglītības darba grupas vadītāja Aira Priedīte</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01A4F8F1" w14:textId="22E387BC" w:rsidR="00055E17" w:rsidRPr="00BE796E" w:rsidRDefault="00055E17" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidR="000F4F49" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Rezolūcijas no 2025. gada 6. jūnija DKP sēdes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30EEE50E" w14:textId="0F2DF68A" w:rsidR="00055E17" w:rsidRPr="00BE796E" w:rsidRDefault="00055E17" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>5. ELA priekšlikums par darba grupas izveidi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23BF643B" w14:textId="65C89ABB" w:rsidR="00471A8F" w:rsidRPr="00BE796E" w:rsidRDefault="00055E17" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>6. Dažādi</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D1DD3FA" w14:textId="43767DC9" w:rsidR="00471A8F" w:rsidRPr="00BE796E" w:rsidRDefault="00471A8F" w:rsidP="007D4025">
+      <w:pPr>
+        <w:pStyle w:val="Virsraksts1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Toc210306941"/>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>1. Atklāšana</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w14:paraId="0CF7C51F" w14:textId="7D5B1528" w:rsidR="00137BB1" w:rsidRPr="00BE796E" w:rsidRDefault="003A531B" w:rsidP="0064754C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>A. Uršuļskis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00774F54">
-[...146 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="00040C72" w:rsidRPr="008E054D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>izsaka pateicību</w:t>
+      </w:r>
+      <w:r w:rsidR="00040C72" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>diasporas</w:t>
+      </w:r>
+      <w:r w:rsidR="00040C72" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> organizāciju</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002719E5" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>paveikto</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC200E" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> iesaistoties Saeimas </w:t>
+      </w:r>
+      <w:r w:rsidR="002719E5" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">komisiju </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>darbā,</w:t>
+      </w:r>
+      <w:r w:rsidR="00040C72" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sadarbojoties ar ministrijām, palīdzot veidot ekonomisko sadarbību ar mītnes zemēm, </w:t>
+      </w:r>
+      <w:r w:rsidR="00137BB1" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">organizējot starptautiskus pasākumus, piemēram, Pasaules latviešu </w:t>
+      </w:r>
+      <w:r w:rsidR="005E3E3A" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ekonomikas </w:t>
+      </w:r>
+      <w:r w:rsidR="00137BB1" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>un inovāciju forums</w:t>
+      </w:r>
+      <w:r w:rsidR="004D6D67" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (PLEIF)</w:t>
+      </w:r>
+      <w:r w:rsidR="00137BB1" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00040C72" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>strādājot pie sabiedrības izglītošanas,</w:t>
+      </w:r>
+      <w:r w:rsidR="00137BB1" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> noturības un dezinformācijas iniciatīvām, piemēram, organizācijas “Latviešu Nacionālā apvienība Kanādā” priekšsēža </w:t>
+      </w:r>
+      <w:r w:rsidR="00137BB1" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:t>Fritz Traugott Kristberga raksts “</w:t>
+      </w:r>
+      <w:r w:rsidR="00137BB1" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:bCs/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:t>The lesson of the Baltics: Don’t trample on the little guy</w:t>
+      </w:r>
+      <w:r w:rsidR="00137BB1" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:t>” (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="00137BB1" w:rsidRPr="00BE796E">
+          <w:rPr>
+            <w:rStyle w:val="Hipersaite"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+            <w:kern w:val="1"/>
+          </w:rPr>
+          <w:t>https://www.theglobeandmail.com/opinion/article-lesson-baltics-molotov-ribbentrop-putin-trump/</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00137BB1" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B6C5338" w14:textId="77777777" w:rsidR="00137BB1" w:rsidRPr="00BE796E" w:rsidRDefault="00137BB1" w:rsidP="0064754C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="496C04F2" w14:textId="32445445" w:rsidR="00471A8F" w:rsidRPr="00BE796E" w:rsidRDefault="00137BB1" w:rsidP="0064754C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Z. Grauze</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008E054D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:t>pateicas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Pasaules Brīvo latviešu apvienības (PBLA) valde</w:t>
+      </w:r>
+      <w:r w:rsidR="004D6D67" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">i par dalību sēdē </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:t>klātienē</w:t>
+      </w:r>
+      <w:r w:rsidR="004D6D67" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> paplašinātā sastāvā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="004D6D67" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Vārds tiek dots PBLA priekšsēdim Pēterim Blumbergam.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C037356" w14:textId="124C6B2E" w:rsidR="004D6D67" w:rsidRPr="00BE796E" w:rsidRDefault="004D6D67" w:rsidP="007D4025">
+      <w:pPr>
+        <w:pStyle w:val="Virsraksts1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Toc210306942"/>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2. Atskats uz pasākumiem</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w14:paraId="595A0555" w14:textId="18B87F6E" w:rsidR="00B23D9E" w:rsidRPr="00BE796E" w:rsidRDefault="00B23D9E" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:pStyle w:val="Virsraksts2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc210306943"/>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2.1. Pasaules latviešu ekonomikas un inovāciju forums</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p w14:paraId="4D5F0CDB" w14:textId="7D01F0EC" w:rsidR="004D6D67" w:rsidRPr="00BE796E" w:rsidRDefault="004D6D67" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>P. Blumbergs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E054D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>izsaka pateicību</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ārlietu ministrijai par labo sadarbību. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC200E" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Viņš</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sniedz prezentāciju par PLEIF</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD5B31" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>, kas notika</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2025. gad</w:t>
+      </w:r>
+      <w:r w:rsidR="00FD5B31" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>a 10. jūlijā. Forumu klātienē apmeklēja 618 dalībnieki, tiešraidi skatījās 874 personas un paneļdiskusijās piedalījās 71 runātāj</w:t>
+      </w:r>
+      <w:r w:rsidR="004B7E9B" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s. </w:t>
+      </w:r>
+      <w:r w:rsidR="006709EC" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nākamais PLEIF </w:t>
+      </w:r>
+      <w:r w:rsidR="002719E5" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">varētu tikt </w:t>
+      </w:r>
+      <w:r w:rsidR="006709EC" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>plānots 2028. gadā</w:t>
+      </w:r>
+      <w:r w:rsidR="002719E5" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>, lai norisinātos Vispārējo dziesmu un Deju svētku laikā</w:t>
+      </w:r>
+      <w:r w:rsidR="006709EC" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E15AE0" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Saite uz </w:t>
+      </w:r>
+      <w:r w:rsidR="006709EC" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2025. gada </w:t>
+      </w:r>
+      <w:r w:rsidR="00E15AE0" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">foruma programmu: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="00E15AE0" w:rsidRPr="00BE796E">
+          <w:rPr>
+            <w:rStyle w:val="Hipersaite"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          </w:rPr>
+          <w:t>https://wleif.lv/agenda/</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00E15AE0" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F21C9A3" w14:textId="3E413D71" w:rsidR="00E15AE0" w:rsidRPr="00BE796E" w:rsidRDefault="00E15AE0" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="371F54C1" w14:textId="77777777" w:rsidR="00E15AE0" w:rsidRPr="00BE796E" w:rsidRDefault="00E15AE0" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Prezentāciju skatīt 1. pielikumā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67DEFFF9" w14:textId="5D0B5E0C" w:rsidR="00E15AE0" w:rsidRPr="00BE796E" w:rsidRDefault="00E15AE0" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1823E96C" w14:textId="5E015758" w:rsidR="00E15AE0" w:rsidRPr="00BE796E" w:rsidRDefault="00B23D9E" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:pStyle w:val="Virsraksts2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc210306944"/>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2.2. Starptautiskajās organizācijās strādājošo Latvijas profesionāļu forums</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p w14:paraId="02E99042" w14:textId="5B4CE695" w:rsidR="00F449D3" w:rsidRPr="00375EF1" w:rsidRDefault="00B23D9E" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00375EF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>M. Bilsēna</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00375EF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008E054D" w:rsidRPr="00375EF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>pateicas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00375EF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Valsts kancelejai, Valsts prezidenta kancelejai, </w:t>
+      </w:r>
+      <w:r w:rsidR="009E1E17" w:rsidRPr="00375EF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>biedrība</w:t>
+      </w:r>
+      <w:r w:rsidR="005E3E3A" w:rsidRPr="00375EF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="009E1E17" w:rsidRPr="00375EF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “Ekonomiskā sadarbība un investīcijas Latvijai” (</w:t>
+      </w:r>
+      <w:r w:rsidR="005E3E3A" w:rsidRPr="00375EF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kustība </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00375EF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>#</w:t>
+      </w:r>
+      <w:r w:rsidR="009E1E17" w:rsidRPr="00375EF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00375EF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>siLV</w:t>
+      </w:r>
+      <w:r w:rsidR="009E1E17" w:rsidRPr="00375EF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00375EF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un</w:t>
+      </w:r>
+      <w:r w:rsidR="00751073" w:rsidRPr="00375EF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> biedrībai “Ar pasaules pieredzi Latvijā”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00375EF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par sadarbību</w:t>
+      </w:r>
+      <w:r w:rsidR="005E3E3A" w:rsidRPr="00375EF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00375EF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> organizējot forumu, kas norisinājās 2025. gada 4. augustā. Forumu apmeklēja vairāk nekā 100 dalībnieki. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26D1877B" w14:textId="6E1A6901" w:rsidR="00F449D3" w:rsidRPr="00375EF1" w:rsidRDefault="00A666B7" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00375EF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Forum</w:t>
+      </w:r>
+      <w:r w:rsidR="00F449D3" w:rsidRPr="00375EF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00566B93" w:rsidRPr="00375EF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> secināj</w:t>
+      </w:r>
+      <w:r w:rsidR="00F449D3" w:rsidRPr="00375EF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>um</w:t>
+      </w:r>
+      <w:r w:rsidR="00375EF1" w:rsidRPr="00375EF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00F449D3" w:rsidRPr="00375EF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D7E44F2" w14:textId="233FA178" w:rsidR="00375EF1" w:rsidRPr="00375EF1" w:rsidRDefault="00566B93" w:rsidP="00C547A3">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00375EF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nepieciešams </w:t>
+      </w:r>
+      <w:r w:rsidR="009C172E" w:rsidRPr="00375EF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>panākt, ka diasporas profesionāļi,</w:t>
+      </w:r>
+      <w:r w:rsidR="00375EF1" w:rsidRPr="00375EF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kuri</w:t>
+      </w:r>
+      <w:r w:rsidR="009C172E" w:rsidRPr="00375EF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> strādājoši starptautiskajās organizācijās</w:t>
+      </w:r>
+      <w:r w:rsidR="00872A14" w:rsidRPr="00375EF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="009C172E" w:rsidRPr="00375EF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> var iekļauties darba tirgū Latvijā gan valsts pārvaldē, gan privātajā sektorā. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AF0B0B6" w14:textId="51E9072B" w:rsidR="009C172E" w:rsidRPr="00375EF1" w:rsidRDefault="002719E5" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00375EF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Sadarbībā ar Valsts kanceleju p</w:t>
+      </w:r>
+      <w:r w:rsidR="00B23D9E" w:rsidRPr="00375EF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ēc foruma </w:t>
+      </w:r>
+      <w:r w:rsidR="005E3E3A" w:rsidRPr="00375EF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ir </w:t>
+      </w:r>
+      <w:r w:rsidR="00B23D9E" w:rsidRPr="00375EF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>uzsākts darbs</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC200E" w:rsidRPr="00375EF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B23D9E" w:rsidRPr="00375EF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>pie</w:t>
+      </w:r>
+      <w:r w:rsidR="0033658A" w:rsidRPr="00375EF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C172E" w:rsidRPr="00375EF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">personāla atlases </w:t>
+      </w:r>
+      <w:r w:rsidR="0033658A" w:rsidRPr="00375EF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>vadlīniju veidošanas</w:t>
+      </w:r>
+      <w:r w:rsidR="00B23D9E" w:rsidRPr="00375EF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> iegūtās darba pieredzes starptautiskajās organizācijās</w:t>
+      </w:r>
+      <w:r w:rsidR="00A666B7" w:rsidRPr="00375EF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B23D9E" w:rsidRPr="00375EF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>pielīdzināšana</w:t>
+      </w:r>
+      <w:r w:rsidR="0033658A" w:rsidRPr="00375EF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00B23D9E" w:rsidRPr="00375EF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>, kā arī pie</w:t>
+      </w:r>
+      <w:r w:rsidR="00A666B7" w:rsidRPr="00375EF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ceļa kartes i</w:t>
+      </w:r>
+      <w:r w:rsidR="00566B93" w:rsidRPr="00375EF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>zstrādes</w:t>
+      </w:r>
+      <w:r w:rsidR="009C172E" w:rsidRPr="00375EF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00484601" w:rsidRPr="00375EF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C172E" w:rsidRPr="00375EF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>pārceļoties darbā Latvijā</w:t>
+      </w:r>
+      <w:r w:rsidR="00872A14" w:rsidRPr="00375EF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>, valsts pārvaldē</w:t>
+      </w:r>
+      <w:r w:rsidR="009C172E" w:rsidRPr="00375EF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00375EF1" w:rsidRPr="00375EF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00872A14" w:rsidRPr="00375EF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Foruma diskusiju rezultātā kā viens no ieteikumiem foruma dalībniekiem, ir apsvērt iespējas organizēt savu pārstāvēto organizāciju pasākumus Latvijā. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0817A051" w14:textId="77777777" w:rsidR="009C172E" w:rsidRDefault="009C172E" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="351754D4" w14:textId="04B41B5D" w:rsidR="00B23D9E" w:rsidRPr="00BE796E" w:rsidRDefault="00484601" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Vārds tiek dots</w:t>
+      </w:r>
+      <w:r w:rsidR="005E3E3A" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kustības</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> #esiLV sekretariāta vadītājai Latvijā Vinetai Hibšmanei.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FE5A54B" w14:textId="4802FA00" w:rsidR="00484601" w:rsidRPr="00BE796E" w:rsidRDefault="00484601" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A5B6492" w14:textId="77777777" w:rsidR="0089736B" w:rsidRPr="00BE796E" w:rsidRDefault="00484601" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>V. Hibšmane</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informē par </w:t>
+      </w:r>
+      <w:r w:rsidR="00885B13" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>foruma izveidošanās vēsturi un ieguvumiem</w:t>
+      </w:r>
+      <w:r w:rsidR="0089736B" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F7DB995" w14:textId="3D329CEA" w:rsidR="0089736B" w:rsidRPr="00BE796E" w:rsidRDefault="0089736B" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nodibināta </w:t>
+      </w:r>
+      <w:r w:rsidR="00885B13" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>veiksmīg</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00885B13" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00885B13" w:rsidRPr="008E054D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sadarbīb</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E054D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00885B13" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> veselības jomā – Veselības ministrija aktīvi </w:t>
+      </w:r>
+      <w:r w:rsidR="008E054D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>strādā kopā</w:t>
+      </w:r>
+      <w:r w:rsidR="008E054D" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00885B13" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ar starptautiskajās organizācijās strādājošajiem profesionāļiem,</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC200E" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kā arī</w:t>
+      </w:r>
+      <w:r w:rsidR="00885B13" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Rīgas Stradiņa universitātē ir </w:t>
+      </w:r>
+      <w:r w:rsidR="009E1E17" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>izstrādāta</w:t>
+      </w:r>
+      <w:r w:rsidR="00885B13" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> maģistra</w:t>
+      </w:r>
+      <w:r w:rsidR="005C773E" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="00885B13" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tūras programma </w:t>
+      </w:r>
+      <w:r w:rsidR="009E1E17" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“Paplašinātās kompetences māsa”</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F3DEFA9" w14:textId="77777777" w:rsidR="0089736B" w:rsidRPr="00BE796E" w:rsidRDefault="005C773E" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sadarbībā ar profesionāļiem tiek organizēti semināri par ES un ANO iepirkumiem, pieejamajiem finansējumiem, kas palīdz Latvijas uzņēmumiem iekļūt starptautiskajā iepirkumu tirgū un paplašināt eksportu</w:t>
+      </w:r>
+      <w:r w:rsidR="0089736B" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5265A9D5" w14:textId="641B89D0" w:rsidR="0064754C" w:rsidRPr="00BE796E" w:rsidRDefault="0089736B" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Konferenču tūrisma piesaiste Latvijai</w:t>
+      </w:r>
+      <w:r w:rsidR="001F1995" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. P</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC200E" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iemēram,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F14A98" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Rīgā šogad notiks Eiropas pensiju aģentūras un Latvijas banku konference</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF6162" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00F14A98" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0040620A" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2026. gad</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC200E" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="0040620A" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5.-7. jūnijā Rīgā notiks Eiropas Rekonstrukcijas un attīstības bankas 35. ikgadējā sanāksme un investīciju un ekonomikas forums.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3192BE9D" w14:textId="08D48D21" w:rsidR="0064754C" w:rsidRPr="00BE796E" w:rsidRDefault="0040620A" w:rsidP="007D4025">
+      <w:pPr>
+        <w:pStyle w:val="Virsraksts1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Toc210306945"/>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>3. Informatīvā sadaļa</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+    </w:p>
+    <w:p w14:paraId="309CCFBA" w14:textId="2EF0C403" w:rsidR="00DC200E" w:rsidRPr="00BE796E" w:rsidRDefault="0040620A" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:pStyle w:val="Virsraksts2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Toc210306946"/>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.1. Centrālās vēlēšanu komisija</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+    </w:p>
+    <w:p w14:paraId="24963E5D" w14:textId="13B63109" w:rsidR="005D52A9" w:rsidRPr="00BE796E" w:rsidRDefault="00057DD2" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>M. Zviedris</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sniedz informāciju par </w:t>
+      </w:r>
+      <w:r w:rsidR="002719E5" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iepriekšējām </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>vēlēšanām. 2022. gadā</w:t>
+      </w:r>
+      <w:r w:rsidR="00065B22" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pēc CVK pieejamajiem datiem</w:t>
+      </w:r>
+      <w:r w:rsidR="00065B22" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Saeimas vēlēšanās </w:t>
+      </w:r>
+      <w:r w:rsidR="0033658A" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pasta balsojumā un </w:t>
+      </w:r>
+      <w:r w:rsidR="00065B22" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>iecirkņos</w:t>
+      </w:r>
+      <w:r w:rsidR="0033658A" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ārvalstīs </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>nobalsoja</w:t>
+      </w:r>
+      <w:r w:rsidR="0033658A" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tikai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 16% no visiem balsstiesīgajiem. 2025. gada Pašvaldību vēlēšanās pasta </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">balsojumā nobalsoja 1300 </w:t>
+      </w:r>
+      <w:r w:rsidR="0033658A" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>ārvalstīs esošie balsstiesīgie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>. CVK prognozē, ka 2026.</w:t>
+      </w:r>
+      <w:r w:rsidR="001F1995" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gada Saeimas vēlēšanās ārpus Latvijas būs aptuveni 45 vēstniecību un 45 diasporas </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC33C7" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">klātienes vēlēšanu iecirkņi. M. Zviedris informē par darbu pie pasta balsošanas iespēju </w:t>
+      </w:r>
+      <w:r w:rsidR="007A4330" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>atvieglošanas, ievērojot visus nepieciešamos drošības pasākumus</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC33C7" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CBEADD1" w14:textId="29DF07A7" w:rsidR="005D52A9" w:rsidRPr="00BE796E" w:rsidRDefault="005D52A9" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">M. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA09C5" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Zviedris </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">informē par CVK </w:t>
+      </w:r>
+      <w:r w:rsidR="002719E5" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">plānoto kalendāru, lai sagatavotos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>2026. gad</w:t>
+      </w:r>
+      <w:r w:rsidR="002719E5" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>a oktobrī notiekošajām Saeimas vēlēšanām</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13DCA2E1" w14:textId="510EA91F" w:rsidR="005D52A9" w:rsidRPr="00BE796E" w:rsidRDefault="005D52A9" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC33C7" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ebruārī CV</w:t>
+      </w:r>
+      <w:r w:rsidR="00D06C01" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">K vēlas saņemt </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">no ĀM </w:t>
+      </w:r>
+      <w:r w:rsidR="00D06C01" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>priekšlikumus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par vēlēšan</w:t>
+      </w:r>
+      <w:r w:rsidR="001F1995" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> iecirkņiem pārstāvniecībās un vēstniecībās. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A42502F" w14:textId="77777777" w:rsidR="005D52A9" w:rsidRPr="00BE796E" w:rsidRDefault="005D52A9" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Martā CVK izsūtīs vadlīnijas par vēlēšanām ĀM un diasporas organizācijām. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="313F46C7" w14:textId="6A762A0E" w:rsidR="007A5FE4" w:rsidRPr="00BE796E" w:rsidRDefault="005D52A9" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Aprīlī CVK vēlas saņemt priekšlikumus no diasporas organizācijām par plānoto vēlēšanu iecirkņu atrašanās vietām.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0572C164" w14:textId="27FC1ABA" w:rsidR="005D52A9" w:rsidRPr="00BE796E" w:rsidRDefault="005D52A9" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aprīlī plānots izveidot darba grupu CVK sadarbībā ar ĀM un diasporas organizācijām (pēc pašu izvēles), lai izvērtētu diasporas vēlēšanu iecirkņus </w:t>
+      </w:r>
+      <w:r w:rsidR="00065B22" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">un to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>telpu atbilstību tehniskajām un drošības prasībā</w:t>
+      </w:r>
+      <w:r w:rsidR="00065B22" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70DAE6D6" w14:textId="3A7AF3FC" w:rsidR="005D52A9" w:rsidRPr="00BE796E" w:rsidRDefault="005D52A9" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>M. Kļaviņa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> komentē, ka</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD467F" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> diasporas organizācijas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009F2DF0" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>iestāsies</w:t>
+      </w:r>
+      <w:r w:rsidR="005560BE" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par lielāku atļauto klātienes </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD467F" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vēlēšanu </w:t>
+      </w:r>
+      <w:r w:rsidR="005560BE" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>iecirkņu skaitu un turpinās informēšanas kampaņ</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD467F" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidR="005560BE" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD467F" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pasta balsojumu, </w:t>
+      </w:r>
+      <w:r w:rsidR="001F1995" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>pakalpojumu sistēmas “L</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD467F" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>atvija.lv</w:t>
+      </w:r>
+      <w:r w:rsidR="001F1995" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD467F" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lietošanu un e-ID karšu nepieciešamību.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EC3D31C" w14:textId="5986AC57" w:rsidR="005560BE" w:rsidRPr="00BE796E" w:rsidRDefault="005560BE" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E8E7746" w14:textId="2E3E5D23" w:rsidR="005560BE" w:rsidRPr="00BE796E" w:rsidRDefault="005560BE" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Z. Grauze</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aicina</w:t>
+      </w:r>
+      <w:r w:rsidR="0011594F" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> organizācijas un aktīvistus mudināt tautiešus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00065B22" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>formēt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e-ID karti</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD467F" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, jo tā noderēs </w:t>
+      </w:r>
+      <w:r w:rsidR="0011594F" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gan </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD467F" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vēlēšanu iecirkņa komisijas darbā, </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="_Hlk210135795"/>
+      <w:r w:rsidR="0011594F" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gan </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD467F" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">veicot </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidR="00AD467F" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>pasta balsojumu</w:t>
+      </w:r>
+      <w:r w:rsidR="0011594F" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>, gan arī</w:t>
+      </w:r>
+      <w:r w:rsidR="00C709B1" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD467F" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>citās dzīves situācijās</w:t>
+      </w:r>
+      <w:r w:rsidR="00065B22" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D11E93E" w14:textId="032D95AA" w:rsidR="00AD467F" w:rsidRPr="00BE796E" w:rsidRDefault="00AD467F" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06D35FB2" w14:textId="19EEEFB4" w:rsidR="00AD467F" w:rsidRPr="00BE796E" w:rsidRDefault="00AD467F" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:pStyle w:val="Virsraksts2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_Toc210306947"/>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3.2. Valsts aizsardzības dienest</w:t>
+      </w:r>
+      <w:r w:rsidR="00B71626" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+    </w:p>
+    <w:p w14:paraId="1F50C403" w14:textId="2987D4E5" w:rsidR="00AD467F" w:rsidRPr="00BE796E" w:rsidRDefault="009F2DF0" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Z. Grauze</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003F7B46" w:rsidRPr="008E054D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>izsaka pateicību</w:t>
+      </w:r>
+      <w:r w:rsidR="003F7B46" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Aizsardzības ministrijai</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD4EE5" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (AiM)</w:t>
+      </w:r>
+      <w:r w:rsidR="003F7B46" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un Nacionālajiem bruņotajiem spēkiem </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD4EE5" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(NBS) </w:t>
+      </w:r>
+      <w:r w:rsidR="003F7B46" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">par iespēju PBLA valdei </w:t>
+      </w:r>
+      <w:r w:rsidR="00265006" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">un ĀM Diasporas </w:t>
+      </w:r>
+      <w:r w:rsidR="0011594F" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pārstāvjiem </w:t>
+      </w:r>
+      <w:r w:rsidR="003F7B46" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">apmeklēt </w:t>
+      </w:r>
+      <w:r w:rsidR="00265006" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Nacionālo bruņoto spēku Kājnieku skolu Alūksnē</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD4EE5" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>. Apmeklējums sniedza iespēju labāk izprast, kādu pienesumu sniedz Valsts aizsardzības dienests (VAD) un kādas ir diasporas iespējas</w:t>
+      </w:r>
+      <w:r w:rsidR="0011594F" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un izaicinājumi</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD4EE5" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18F36716" w14:textId="4CC67170" w:rsidR="00BD4EE5" w:rsidRPr="00BE796E" w:rsidRDefault="00BD4EE5" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1189D29C" w14:textId="3BB092AD" w:rsidR="00BE796E" w:rsidRPr="00BE796E" w:rsidRDefault="00BD4EE5" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="_Hlk210665896"/>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">A. Freiberga </w:t>
+      </w:r>
+      <w:r w:rsidR="008E054D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>pateicas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ārlietu ministrijai par aktīvo iesaisti un vēlmi informēt diasporu par VAD</w:t>
+      </w:r>
+      <w:r w:rsidR="009C11BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>, kā arī iepazīstina klātesošos ar</w:t>
+      </w:r>
+      <w:r w:rsidR="00630BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> secinājumiem:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="613A00A9" w14:textId="7D8CFCFB" w:rsidR="00BE796E" w:rsidRPr="00BE796E" w:rsidRDefault="00704910" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">veiksmīgāks </w:t>
+      </w:r>
+      <w:r w:rsidR="00630BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">VAD semināru </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>formāts</w:t>
+      </w:r>
+      <w:r w:rsidR="00630BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir tad</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ja piedalās gan AiM pārstāvis, lai informētu par </w:t>
+      </w:r>
+      <w:r w:rsidR="0011594F" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iesaukuma </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>administratīvajiem jautājumiem, gan NBS pārstāvis, lai izstāstītu par praktiskajiem jautājumiem</w:t>
+      </w:r>
+      <w:r w:rsidR="0011594F" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pildot dienestu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="411AFF3D" w14:textId="3E90E960" w:rsidR="00630BA6" w:rsidRDefault="00630BA6" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pēc </w:t>
+      </w:r>
+      <w:r w:rsidR="0005228B" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2025. gada 10. septembra </w:t>
+      </w:r>
+      <w:r w:rsidR="00705530" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>attālināt</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidR="00705530" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0005228B" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>seminār</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="0005228B" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir vairojusies</w:t>
+      </w:r>
+      <w:r w:rsidR="001F1995" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> diasporas</w:t>
+      </w:r>
+      <w:r w:rsidR="0005228B" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> interese </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">par VAD. To apliecina </w:t>
+      </w:r>
+      <w:r w:rsidR="0005228B" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">saņemto zvanu un e-pastu </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pieaugums.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="126F3683" w14:textId="5855DFD7" w:rsidR="00BE796E" w:rsidRPr="00BE796E" w:rsidRDefault="0005228B" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> AiM vēlas </w:t>
+      </w:r>
+      <w:r w:rsidR="00630BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vairāk </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sasniegt </w:t>
+      </w:r>
+      <w:r w:rsidR="00630BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">galveno </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mērķa auditoriju – jauniešus. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2319C824" w14:textId="71791E62" w:rsidR="00BE796E" w:rsidRPr="00BE796E" w:rsidRDefault="0005228B" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">AiM </w:t>
+      </w:r>
+      <w:r w:rsidR="00630BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>plāno</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tikšanos ar ĀM Diasporas grupu, lai pārrunātu paveikto, nepieciešamos uzlabojumus un turpmāko sadarbību 2026. gadā</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73FABA3D" w14:textId="5ABB7D0C" w:rsidR="00BD4EE5" w:rsidRPr="00BE796E" w:rsidRDefault="0005228B" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">AiM intensīvi strādā pie likuma grozījumiem, lai paredzētu transporta </w:t>
+      </w:r>
+      <w:r w:rsidR="00486C49" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">izdevumu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kompensāciju</w:t>
+      </w:r>
+      <w:r w:rsidR="001F1995" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001F1995" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">no ārzemēm </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ierodoties Latvijā </w:t>
+      </w:r>
+      <w:r w:rsidR="00486C49" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>uz veselības pārbaudēm</w:t>
+      </w:r>
+      <w:r w:rsidR="001F1995" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un dienesta vietu</w:t>
+      </w:r>
+      <w:r w:rsidR="00486C49" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p w14:paraId="16A183DC" w14:textId="4D4C4BFD" w:rsidR="00486C49" w:rsidRPr="00BE796E" w:rsidRDefault="00486C49" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="030C042D" w14:textId="3BDA2F83" w:rsidR="00486C49" w:rsidRPr="00BE796E" w:rsidRDefault="00486C49" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Z. Grauze </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">informē par nepieciešamību rīkot seminārus </w:t>
+      </w:r>
+      <w:r w:rsidR="002600E8" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">par VAD </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>reģionāl</w:t>
+      </w:r>
+      <w:r w:rsidR="002600E8" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>āk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>, lai labāk pielāgotos konkrētā</w:t>
+      </w:r>
+      <w:r w:rsidR="002600E8" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="001F1995" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>diasporas īpašībām un laika zonai</w:t>
+      </w:r>
+      <w:r w:rsidR="002600E8" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>. Viņa,</w:t>
+      </w:r>
+      <w:r w:rsidR="003637F8" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atsaucoties uz saņemtajām atsauksmēm par semināru Garezerā, uzsver, ka</w:t>
+      </w:r>
+      <w:r w:rsidR="001F1995" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="003637F8" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informējot diasporu</w:t>
+      </w:r>
+      <w:r w:rsidR="001F1995" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="003637F8" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> jāizmanto viņiem piemērota, vienkāršāka valoda un materiāli.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF2D1F" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Viņa</w:t>
+      </w:r>
+      <w:r w:rsidR="003637F8" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF2D1F" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="003637F8" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>icina diasporas organizācijām sniegt ĀM Diasporas grupai informāciju vai priekšlikumus par pasākumiem, ziemas un vasaras nometnēm, lai sadarbībā ar AiM varētu plānot apmeklējumus 2026. gadā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F366F6D" w14:textId="565D70C1" w:rsidR="003637F8" w:rsidRPr="00BE796E" w:rsidRDefault="003637F8" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59BB72E1" w14:textId="44C13632" w:rsidR="003637F8" w:rsidRPr="00BE796E" w:rsidRDefault="003637F8" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Atbildot uz auditorijas jautājumiem</w:t>
+      </w:r>
+      <w:r w:rsidR="001F1995" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A. Freiberga precizē, ka:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="328B948E" w14:textId="1463E213" w:rsidR="003637F8" w:rsidRPr="00BE796E" w:rsidRDefault="003637F8" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">plānojot 2026. gada AiM komandējumu plānu pieejamā budžeta ietvaros, apsvērs M. Andersona ierosinājumu apmeklēt tālo diasporu, lai informētu par VAD; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5146072E" w14:textId="5985863A" w:rsidR="00F96CA8" w:rsidRPr="00BE796E" w:rsidRDefault="003637F8" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">jaunieši ar reliģisko vai cita veida </w:t>
+      </w:r>
+      <w:r w:rsidR="0011594F" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pacifisku </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pārliecību </w:t>
+      </w:r>
+      <w:r w:rsidR="0011594F" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>var</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0011594F" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pildīt alternatīvo</w:t>
+      </w:r>
+      <w:r w:rsidR="00705530" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dienestu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA09C5" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pastāv </w:t>
+      </w:r>
+      <w:r w:rsidR="0011594F" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">no AiM </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>neatkarīga komisija, kura</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA09C5" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0011594F" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vērtē, vai konkrētajā gadījumā jaunietim ir piemērojams alternatīvais dienests</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Alternatīvo dienestu šobrīd iespējams veikt</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA09C5" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Latvijas Kara muzejā, Valsts aizsardzības loģistikas un iepirkumu centrā, Valsts aizsardzības militāro objektu un iepirkumu centrā vai Latvijas Ģeotelpiskās informācijas aģentūrā. Katrā iesaukumā var atšķirties, kuras iestādes var nodrošināt alternatīvo dienestu.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="10" w:name="_Hlk210643625"/>
+    </w:p>
+    <w:p w14:paraId="20FF5322" w14:textId="60AA8720" w:rsidR="00CB29C1" w:rsidRPr="00BE796E" w:rsidRDefault="00F96CA8" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:pStyle w:val="Virsraksts2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="_Toc210306948"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Sēdes publiskā tiešraide tiek nodrošināta Ārlietu ministrijas mājas lapā un sociālajos tīklos.</w:t>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="001D3B83">
+        <w:t>ResearchLatvia</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="11"/>
+    </w:p>
+    <w:p w14:paraId="533FA026" w14:textId="12A8F7EE" w:rsidR="008F2311" w:rsidRPr="00BE796E" w:rsidRDefault="001E3877" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...5 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:t>B. Zutere</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sniedz prezentāciju par zīmolu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Research Latvia. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Viņa informē, ka 2028. gadā </w:t>
+      </w:r>
+      <w:r w:rsidR="0011594F" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vispārējo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Dziesmu un deju svētku laikā plānots nākamais Pasaules latviešu zinātnieku kongress (konkrēts datums tiks vēl precizēts), 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00171A6D" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. gada 26. septembrī notiks Eiropas zinātnieku nakts un no 2025. gada 29. septembra līdz 3. oktobrim notiks starptautiskā konference “Lielie dati no kosmosa”. B. Zutere aicina dalīties ar informāciju </w:t>
+      </w:r>
+      <w:r w:rsidR="00C709B1" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>un zinātniekiem</w:t>
+      </w:r>
+      <w:r w:rsidR="00171A6D" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pieteikties diasporas zinātnieku datubāzē: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidR="00171A6D" w:rsidRPr="00BE796E">
+          <w:rPr>
+            <w:rStyle w:val="Hipersaite"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          </w:rPr>
+          <w:t>https://www.researchlatvia.gov.lv/lv/izm-veidota-diasporas-zinatnieku-datubaze-vieno-latvijas-petniekus-visa-pasaule</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00171A6D" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ABFEF75" w14:textId="3052447B" w:rsidR="001E3877" w:rsidRPr="00BE796E" w:rsidRDefault="001E3877" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BE9F831" w14:textId="2D81C1CA" w:rsidR="001E3877" w:rsidRPr="00BE796E" w:rsidRDefault="001E3877" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Prezentāciju skatīt 2. pielikumā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02B067D1" w14:textId="77777777" w:rsidR="00171A6D" w:rsidRPr="00BE796E" w:rsidRDefault="00171A6D" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6882E634" w14:textId="270B81F9" w:rsidR="00FB56A9" w:rsidRPr="00BE796E" w:rsidRDefault="00FB56A9" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Atbildot uz auditorijas jautājumiem</w:t>
+      </w:r>
+      <w:r w:rsidR="009308C5" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> B. Zutere precizē, ka:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D75BBC7" w14:textId="7D674697" w:rsidR="00E06A71" w:rsidRPr="00BE796E" w:rsidRDefault="00FB56A9" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="24"/>
         </w:numPr>
-        <w:rPr>
-[...32 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>visas regulas saistībā ar datu aizsardzību tiek ievērotas un pilnā informācija par zinātniekiem datubāzē redzama ir tikai konkrētajiem darbiniekiem, kuriem ir IZM izsniegta atļauja. Zinātnieki piesakoties var norādīt, kādu informāciju vēlas publicēt platformā publiski</w:t>
+      </w:r>
+      <w:r w:rsidR="006709EC" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1839DB40" w14:textId="727B4D36" w:rsidR="00FB56A9" w:rsidRPr="00BE796E" w:rsidRDefault="00FB56A9" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="24"/>
         </w:numPr>
-        <w:rPr>
-[...34 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sadarbība zīmolam </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Research Latvia </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ir nodibināta ar visām Latvijas universitātēm un tās tiek </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA23CF" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">regulāri </w:t>
+      </w:r>
+      <w:r w:rsidR="006709EC" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">informētas par aktualitātēm un </w:t>
+      </w:r>
+      <w:r w:rsidR="006709EC" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ResearchLatvia </w:t>
+      </w:r>
+      <w:r w:rsidR="006709EC" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iespējām.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="644760AE" w14:textId="5D82898A" w:rsidR="006709EC" w:rsidRPr="00BE796E" w:rsidRDefault="006709EC" w:rsidP="0064754C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="020E5439" w14:textId="090EC61F" w:rsidR="0064754C" w:rsidRPr="00BE796E" w:rsidRDefault="006709EC" w:rsidP="002F5F35">
+      <w:pPr>
+        <w:pStyle w:val="Virsraksts1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
-[...22 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="_Toc210306949"/>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>4. Iepazīšanās ar jaunajiem DKP locekļiem</w:t>
+      </w:r>
+      <w:r w:rsidR="00D15D6A" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un elektroniskā balsojuma rezultātiem</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="12"/>
+    </w:p>
+    <w:p w14:paraId="095E3732" w14:textId="16D35188" w:rsidR="0064754C" w:rsidRPr="00BE796E" w:rsidRDefault="00B71626" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:pStyle w:val="Virsraksts2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="0"/>
         </w:numPr>
-        <w:rPr>
-[...69 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="_Toc210306950"/>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.1. Kultūras ministrija</w:t>
+      </w:r>
+      <w:r w:rsidR="00C709B1" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s valsts sekretāra vietniece Baiba Mūrniece</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="13"/>
+    </w:p>
+    <w:p w14:paraId="40A3B3CB" w14:textId="3C8F3086" w:rsidR="006709EC" w:rsidRPr="00BE796E" w:rsidRDefault="006709EC" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Z. Grauze</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dod vārdu </w:t>
+      </w:r>
+      <w:r w:rsidR="00652645" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kultūras ministrijas (KM) valsts sekretāra vietniecei </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Baibai Mūrniecei,</w:t>
+      </w:r>
+      <w:r w:rsidR="00652645" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kur</w:t>
+      </w:r>
+      <w:r w:rsidR="009308C5" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>a turpmāk būs KM deleģētā pārstāve</w:t>
+      </w:r>
+      <w:r w:rsidR="00652645" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65E03E8B" w14:textId="6463C058" w:rsidR="00652645" w:rsidRPr="00BE796E" w:rsidRDefault="00652645" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61D6E84E" w14:textId="24CECDB9" w:rsidR="00652645" w:rsidRPr="00BE796E" w:rsidRDefault="00652645" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">B. Mūrniece </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">informē, ka KM diasporas jautājumi ir </w:t>
+      </w:r>
+      <w:r w:rsidR="0011594F" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iekļauti Kultūrpolitikas </w:t>
+      </w:r>
+      <w:r w:rsidR="001B554E" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nozarē, lai paplašinātu sadarbības un atbalsta iespējas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="107BE4B6" w14:textId="7C01CB7E" w:rsidR="00C709B1" w:rsidRPr="00BE796E" w:rsidRDefault="00C709B1" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65A2D625" w14:textId="5C45627D" w:rsidR="002B6254" w:rsidRPr="00BE796E" w:rsidRDefault="00C709B1" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:pStyle w:val="Virsraksts2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="0"/>
         </w:numPr>
-        <w:rPr>
-[...16 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="_Toc210306951"/>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.2. DKP nepastāvīgais loceklis, muzeja un pētniecības centra “Latvieši pasaulē” (LaPa) izpilddirektors Uldim Dimiševskis</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="14"/>
+    </w:p>
+    <w:p w14:paraId="5B48CB11" w14:textId="53C4F3BB" w:rsidR="002B6254" w:rsidRPr="00BE796E" w:rsidRDefault="002B6254" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Z. Grauze</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dod vārdu nepastāvīgajam DKP loceklim, muzeja un pētniecības centra “Latvieši pasaulē”</w:t>
+      </w:r>
+      <w:r w:rsidR="00D15D6A" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (LaPa)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> izpilddirektoram Uldim Dimiševskim.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02C6C618" w14:textId="0A8DF857" w:rsidR="002B6254" w:rsidRPr="00BE796E" w:rsidRDefault="002B6254" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52D60B5A" w14:textId="77777777" w:rsidR="00630BA6" w:rsidRDefault="002B6254" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>U. Dimiševskis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> izsaka pateicību par iespēju otro reizi būt DKP nepastāvīgā locekļa amatā. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D15D6A" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">LaPa </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>misija</w:t>
+      </w:r>
+      <w:r w:rsidR="00495A8F" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> jau 18 gadus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir diasporas vēstures un kultūras mantojuma saglabāšana</w:t>
+      </w:r>
+      <w:r w:rsidR="00495A8F" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD2D46" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Sadarbības partneri muzejam ir Valsts Nacionālais Arhīvs, Latvijas Nacionālā bibliotēka</w:t>
+      </w:r>
+      <w:r w:rsidR="00020432" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (LNB)</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD2D46" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>, PBLA</w:t>
+      </w:r>
+      <w:r w:rsidR="009308C5" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD2D46" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009308C5" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>kā arī</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF6162" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD2D46" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pasaules latviešu mākslas centrs Cēsīs. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D932624" w14:textId="36E77742" w:rsidR="00AE597B" w:rsidRPr="00BE796E" w:rsidRDefault="00495A8F" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Viņš informē, ka DKP darb</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD2D46" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>osies, lai aktualizētu jautājumus saistībā ar kultūras mantojuma saglabāšanu un labākas koordinācijas veidošanu starp valsts iestādēm un diasporas organizācijām, lai neparedzētās situācijās iesaistītās puses zinātu</w:t>
+      </w:r>
+      <w:r w:rsidR="009308C5" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD2D46" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kā rīkoties. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CCF8A39" w14:textId="77777777" w:rsidR="00630BA6" w:rsidRDefault="00630BA6" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BDD3C74" w14:textId="7057366B" w:rsidR="00C709B1" w:rsidRPr="00BE796E" w:rsidRDefault="00020432" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>U. Dimiševskis aicina līdz 2025. gada 27. septembrim</w:t>
+      </w:r>
+      <w:r w:rsidR="009308C5" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> LNB</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009308C5" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">apmeklēt LaPa </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>fotoizstādi “Blezūra skats”</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA23CF" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>un no 2025. gada 2. oktobra</w:t>
+      </w:r>
+      <w:r w:rsidR="009308C5" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> LaPa telpās apmeklēt</w:t>
+      </w:r>
+      <w:r w:rsidR="00D15D6A" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> izstādi </w:t>
+      </w:r>
+      <w:r w:rsidR="009308C5" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="00D15D6A" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Neērtais aicinājums. Sievietes garīdznieces luteriskajā baznīcā”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19965AB1" w14:textId="77777777" w:rsidR="0064754C" w:rsidRPr="00BE796E" w:rsidRDefault="0064754C" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57623ACD" w14:textId="01CC8DE4" w:rsidR="00C709B1" w:rsidRPr="00BE796E" w:rsidRDefault="0064754C" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:pStyle w:val="Virsraksts2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="0"/>
         </w:numPr>
-        <w:ind w:left="1440"/>
-[...23 lines deleted...]
-        <w:rPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="_Toc210306952"/>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.3. Elektroniskā balsojuma rezultāti</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="15"/>
+    </w:p>
+    <w:p w14:paraId="4F62151F" w14:textId="679F3B3A" w:rsidR="00750720" w:rsidRPr="00BE796E" w:rsidRDefault="00D15D6A" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Z. Grauze</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00867AF1" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>informē, ka</w:t>
+      </w:r>
+      <w:r w:rsidR="00467143" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pēc viņas ierosinājuma</w:t>
+      </w:r>
+      <w:r w:rsidR="00867AF1" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tika veikts elektronisks balsojums</w:t>
+      </w:r>
+      <w:r w:rsidR="00750720" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par DKP </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA79B9" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">priekšsēdētāja </w:t>
+      </w:r>
+      <w:r w:rsidR="00750720" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vietnieka </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA79B9" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ievēlēšanu </w:t>
+      </w:r>
+      <w:r w:rsidR="00750720" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">un DKP Diasporas mediju darba grupas nosaukuma </w:t>
+      </w:r>
+      <w:r w:rsidR="00467143" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>maiņu</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA79B9" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00750720" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Elektroniskajā balsojumā </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA79B9" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">no divdesmit septiņiem DKP locekļiem </w:t>
+      </w:r>
+      <w:r w:rsidR="00750720" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>piedalījās divdesmit četri</w:t>
+      </w:r>
+      <w:r w:rsidR="00D12D79" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>. K</w:t>
+      </w:r>
+      <w:r w:rsidR="00467143" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>vorums</w:t>
+      </w:r>
+      <w:r w:rsidR="00D12D79" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir sasniegts</w:t>
+      </w:r>
+      <w:r w:rsidR="00467143" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>, lai</w:t>
+      </w:r>
+      <w:r w:rsidR="00750720" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D12D79" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DKP </w:t>
+      </w:r>
+      <w:r w:rsidR="00750720" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>pieņem</w:t>
+      </w:r>
+      <w:r w:rsidR="00467143" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>tu lēmumus</w:t>
+      </w:r>
+      <w:r w:rsidR="00750720" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1348D82F" w14:textId="0F736095" w:rsidR="00B81C80" w:rsidRPr="00BE796E" w:rsidRDefault="00B81C80" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="584CDBFD" w14:textId="5B17945F" w:rsidR="00BA79B9" w:rsidRPr="00BE796E" w:rsidRDefault="00BA79B9" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Balsojumā par atkārtoto Induļa Bērziņa apstiprināšanu DKP</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA52B2" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> priekšsēdētājas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vietnieka amatā līdz 2026. gada 11. jūlijam divdesmit trīs nobalsoja “par”</w:t>
+      </w:r>
+      <w:r w:rsidR="001B554E" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>, viens</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF2D1F" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>atturas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50EC83DE" w14:textId="1C8BAFB8" w:rsidR="00D12D79" w:rsidRPr="00BE796E" w:rsidRDefault="00D12D79" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35E0F80B" w14:textId="0E3024B8" w:rsidR="00D12D79" w:rsidRPr="00BE796E" w:rsidRDefault="00D12D79" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Induli</w:t>
+      </w:r>
+      <w:r w:rsidR="001B554E" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bērziņ</w:t>
+      </w:r>
+      <w:r w:rsidR="001B554E" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>š ir ievēlēts</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par DKP priekšsēdētājas vietnieku</w:t>
+      </w:r>
+      <w:r w:rsidR="001B554E" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> uz laiku līdz</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF2D1F" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2026. gada 11. jūlijam.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FF8542B" w14:textId="04C1D4A2" w:rsidR="00BA79B9" w:rsidRPr="00BE796E" w:rsidRDefault="00BA79B9" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B070A9E" w14:textId="63573C60" w:rsidR="00BA79B9" w:rsidRPr="00BE796E" w:rsidRDefault="00BA79B9" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Balsojumā par DKP Diasporas mediju darba grupas </w:t>
+      </w:r>
+      <w:r w:rsidR="009308C5" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nosaukuma maiņu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>uz Diasporas sabiedrības noturības, stratēģiskās komunikācijas un mediju darba grupu divdesmit trīs nobalsoja “par”</w:t>
+      </w:r>
+      <w:r w:rsidR="001B554E" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>, viens atturas</w:t>
+      </w:r>
+      <w:r w:rsidR="00D12D79" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D682AE7" w14:textId="0042B9FC" w:rsidR="00D12D79" w:rsidRPr="00BE796E" w:rsidRDefault="00D12D79" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AE5B8C3" w14:textId="4A9A6B31" w:rsidR="00D12D79" w:rsidRPr="00BE796E" w:rsidRDefault="001B554E" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ar šo balsojumu ir mainīts nosaukums </w:t>
+      </w:r>
+      <w:r w:rsidR="00D12D79" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>DKP darba grupai</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA23CF" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>, paplašinot tās atbildību. Turpmāk DKP mediju darba grupas nosaukums ir</w:t>
+      </w:r>
+      <w:r w:rsidR="00D12D79" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Diasporas sabiedrības noturības, stratēģiskās komunikācijas un mediju darba grupa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0426B1DB" w14:textId="77777777" w:rsidR="001B554E" w:rsidRPr="00BE796E" w:rsidRDefault="001B554E" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="210F962A" w14:textId="77777777" w:rsidR="001B554E" w:rsidRPr="00BE796E" w:rsidRDefault="001B554E" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D6978A6" w14:textId="058093D9" w:rsidR="009308C5" w:rsidRPr="00BE796E" w:rsidRDefault="001B554E" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Z. Grauze</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pasākās DKP locekļiem par dalību elektroniskajos balsojumos un piedāvā šādu metodi iespēju robežās izmantot arī turpmāk, lai ekonomētu klātienes sanāksmju laiku. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17CA3ECC" w14:textId="77777777" w:rsidR="009308C5" w:rsidRPr="00BE796E" w:rsidRDefault="009308C5" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="475FFB50" w14:textId="0C99ACE8" w:rsidR="00FF2D1F" w:rsidRDefault="00B765C9" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
+        </w:rPr>
+        <w:t>Balsošanas r</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA52B2" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">ezultātus skatīt 3. pielikumā. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E8AFC72" w14:textId="77777777" w:rsidR="002F4FA4" w:rsidRPr="002F4FA4" w:rsidRDefault="002F4FA4" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B51C871" w14:textId="1FCB5779" w:rsidR="0064754C" w:rsidRPr="00BE796E" w:rsidRDefault="0064754C" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:pStyle w:val="Virsraksts2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="0"/>
         </w:numPr>
-        <w:ind w:left="1440"/>
-[...39 lines deleted...]
-        <w:rPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="_Toc210306953"/>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.4. DKP nepastāvīgais loceklis, priekšsēdētājas vietnieks un Diasporas sabiedrības noturības, stratēģiskās komunikācijas un mediju darba grupas vadītājs Indulis Bērziņš</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="16"/>
+    </w:p>
+    <w:p w14:paraId="20FF4C90" w14:textId="0371F768" w:rsidR="00867AF1" w:rsidRPr="00BE796E" w:rsidRDefault="00D12D79" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>I.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bērziņš </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">informē </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD2F1F" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">par “Latviesi.com” aktivitātēm un paveikto, lai diasporas mediji varētu saņemt vienlīdzīgu finansējumu </w:t>
+      </w:r>
+      <w:r w:rsidR="003B1B65" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ar </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD2F1F" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Latvijas medijiem</w:t>
+      </w:r>
+      <w:r w:rsidR="00B765C9" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD2F1F" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> piedaloties</w:t>
+      </w:r>
+      <w:r w:rsidR="00B765C9" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Latvijas valsts izsludinātajos</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD2F1F" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> konkursos. </w:t>
+      </w:r>
+      <w:r w:rsidR="000E558C" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Pārdēvējot darba grupu</w:t>
+      </w:r>
+      <w:r w:rsidR="005B6E7E" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>, paredzēts</w:t>
+      </w:r>
+      <w:r w:rsidR="000E558C" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005B6E7E" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">turpināt darbu pie diasporas iekļaušanas kā </w:t>
+      </w:r>
+      <w:r w:rsidR="003B1B65" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>neatņemamas Latvijas informatīvās telpas sadaļas.</w:t>
+      </w:r>
+      <w:r w:rsidR="005B6E7E" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Pārdēvētās darba grupas paplašinātie uzdevumi tiks vēl saskaņoti</w:t>
+      </w:r>
+      <w:r w:rsidR="00B765C9" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="005B6E7E" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un būs aicinājums atkārtoti pieteikties </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA23CF" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>dalībai</w:t>
+      </w:r>
+      <w:r w:rsidR="005B6E7E" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darba grup</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA23CF" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidR="005B6E7E" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D28E3B6" w14:textId="77777777" w:rsidR="00867AF1" w:rsidRPr="00BE796E" w:rsidRDefault="00867AF1" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="112B9E5E" w14:textId="1B5943EF" w:rsidR="00867AF1" w:rsidRPr="00BE796E" w:rsidRDefault="005B6E7E" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Z. Grauze </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">informē, ka Valsts kanceleja ir nozīmējusi </w:t>
+      </w:r>
+      <w:r w:rsidR="002F5F35" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Stratēģiskās komunikācijas un koordinācijas departamenta konsultanti </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Elīzu Burmistri-Grifitu</w:t>
+      </w:r>
+      <w:r w:rsidR="00F045B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dalībai</w:t>
+      </w:r>
+      <w:r w:rsidR="000553D6" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Diasporas sabiedrības noturības, stratēģiskās komunikācijas un mediju darba grupai. E. Burmistre-Grifita ir sagatavojusi </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF2D1F" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">informācijas lapu </w:t>
+      </w:r>
+      <w:r w:rsidR="000553D6" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>diasporas medijiem</w:t>
+      </w:r>
+      <w:r w:rsidR="00B46F09" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par Ministru kabinet</w:t>
+      </w:r>
+      <w:r w:rsidR="002636C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>a aktualitātēm</w:t>
+      </w:r>
+      <w:r w:rsidR="000553D6" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF6162" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B765C9" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidR="000553D6" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>ienā no pirmajām darba grupas sēdēm</w:t>
+      </w:r>
+      <w:r w:rsidR="00B765C9" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kopā ar</w:t>
+      </w:r>
+      <w:r w:rsidR="000553D6" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ĀM ministres padomniekiem Tomasu Pildegoviču un Signi Znotiņu-Znotu</w:t>
+      </w:r>
+      <w:r w:rsidR="00B765C9" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tiks pārrunāta</w:t>
+      </w:r>
+      <w:r w:rsidR="000553D6" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darba grupas nozīm</w:t>
+      </w:r>
+      <w:r w:rsidR="00B765C9" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="000553D6" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>, mērķ</w:t>
+      </w:r>
+      <w:r w:rsidR="00B765C9" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="000553D6" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un sadarbības iespēj</w:t>
+      </w:r>
+      <w:r w:rsidR="00B765C9" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidR="000553D6" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ar ĀM</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA52B2" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>. Darba grupas sēdēs plānots</w:t>
+      </w:r>
+      <w:r w:rsidR="000553D6" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aicinā</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA52B2" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="000553D6" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ekspertus</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA52B2" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> novadīt seminārus vai veidot diskusijas</w:t>
+      </w:r>
+      <w:r w:rsidR="00850BE8" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA52B2" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Darba grupā plānots runāt par diasporas kā nevalstisko organizāciju pārstāvju vēlamo iesaisti civilās aizsardzības jautājumos Latvijā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="574B9037" w14:textId="38133870" w:rsidR="002A45B6" w:rsidRDefault="002A45B6" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5468FA73" w14:textId="5A438179" w:rsidR="006301BB" w:rsidRDefault="006301BB" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
-          <w:iCs/>
-[...8 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        </w:rPr>
+        <w:t>Informācijas lapu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> skatīt </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>. pielikumā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BED423E" w14:textId="77777777" w:rsidR="006301BB" w:rsidRPr="00BE796E" w:rsidRDefault="006301BB" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5ADA674F" w14:textId="3F41AAD9" w:rsidR="002A45B6" w:rsidRPr="00BE796E" w:rsidRDefault="002A45B6" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>F. T. Kristbergs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> iesaka uz </w:t>
+      </w:r>
+      <w:r w:rsidR="00F045B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kādu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">darba grupas sēdi uzaicināt Markusu Kolgu, digitālās komunikācijas, globālo cilvēktiesību, sankciju, dezinformācijas un kiberdrošības ekspertu no Igaunijas. M. Kolga ir liecinājis par Krievijas dezinformāciju un nepieciešamību pēc Interpola reformām Kanādas Pārstāvju palātā. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45F14B15" w14:textId="54DA4B21" w:rsidR="00CA52B2" w:rsidRPr="00BE796E" w:rsidRDefault="00CA52B2" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C5DFE48" w14:textId="23A70F08" w:rsidR="00FF2D1F" w:rsidRPr="00BE796E" w:rsidRDefault="00FF2D1F" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:pStyle w:val="Virsraksts2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="0"/>
         </w:numPr>
-        <w:ind w:left="1440"/>
-[...35 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.5. DKP Remigrācijas koordinācijas darba grupas vadītājs Miks Muižarājs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C75C7C5" w14:textId="3277E376" w:rsidR="001B554E" w:rsidRPr="00BE796E" w:rsidRDefault="00CA52B2" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Z. Grauze</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informē, ka Remigrācijas koordinācijas darba grupas vadītājs Miks Muižarājs sēdē nevar piedalīties un </w:t>
+      </w:r>
+      <w:r w:rsidR="004D1BBF" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>sniegs informāciju par darba grupas plāniem rakstiski vai nākošajā DKP sēdē 12. decembrī.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59BCE0FE" w14:textId="77777777" w:rsidR="001B554E" w:rsidRPr="00BE796E" w:rsidRDefault="001B554E" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FACA45F" w14:textId="12AACA60" w:rsidR="000F4F49" w:rsidRPr="00BE796E" w:rsidRDefault="000F4F49" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:pStyle w:val="Virsraksts2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="13"/>
+          <w:numId w:val="0"/>
         </w:numPr>
-        <w:rPr>
-[...43 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.6. DKP Latviešu valodas un izglītības darba grupas vadītāja Aira Priedīte</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FD23FBF" w14:textId="152B80F4" w:rsidR="004D1BBF" w:rsidRPr="00BE796E" w:rsidRDefault="004D1BBF" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Z. Grauze</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF2D1F" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>izsaka pateicību</w:t>
+      </w:r>
+      <w:r w:rsidR="002A45B6" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0033658A" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DKP Latviešu valodas un izglītības darba grupas vadītājai Airai Priedītei </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">par </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00345850">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>aktīvu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sabiedrisko iesaisti</w:t>
+      </w:r>
+      <w:r w:rsidR="0033658A" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="729A4D6A" w14:textId="77777777" w:rsidR="004D1BBF" w:rsidRPr="00BE796E" w:rsidRDefault="004D1BBF" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00995806" w14:textId="61D4F962" w:rsidR="00BE796E" w:rsidRPr="00BE796E" w:rsidRDefault="009C6756" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="_Hlk210666004"/>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">A. </w:t>
+      </w:r>
+      <w:r w:rsidR="004D1BBF" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Priedīte</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1BBF" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informē, ka </w:t>
+      </w:r>
+      <w:r w:rsidR="003B1B65" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>darba grupa</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1BBF" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> turpinās</w:t>
+      </w:r>
+      <w:r w:rsidR="000F4F49" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00345850">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>mērķtiecīgu</w:t>
+      </w:r>
+      <w:r w:rsidR="00345850" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003B1B65" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>darbu</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1BBF" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un izsaka pateicību ĀM, IZM un visiem darba grupas dalībniekiem. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="014D0B3C" w14:textId="6560E9BF" w:rsidR="00E9713A" w:rsidRDefault="00E9713A" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="14"/>
+          <w:numId w:val="30"/>
         </w:numPr>
-        <w:rPr>
-[...16 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>A. Priedīte sniedz informāciju par š. g. paveiktajiem darbiem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66F111E4" w14:textId="603B5A68" w:rsidR="00BE796E" w:rsidRPr="00BE796E" w:rsidRDefault="009C6756" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="14"/>
+          <w:numId w:val="30"/>
         </w:numPr>
-        <w:rPr>
-[...20 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00345850">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Darba grupa turpinās </w:t>
+      </w:r>
+      <w:r w:rsidR="00345850" w:rsidRPr="00345850">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iesākto procesu</w:t>
+      </w:r>
+      <w:r w:rsidR="00345850" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pie </w:t>
+      </w:r>
+      <w:r w:rsidR="00B765C9" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1BBF" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atviešu valodas stiprināšana</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="004D1BBF" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> diasporā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un aicinās ekspertus, kas veic pētījumus par valodu un tās pielietojumu</w:t>
+      </w:r>
+      <w:r w:rsidR="00B765C9" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> piedalīties darba grupu sēdēs, piemēram, Ieva Bērziņa no Baltijas Aizsardzības koledžas – pētījums “Patriotisms un nacionālisms pilsoniskajā izglītībā”, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD0098" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Alise Upesleja no Latvijas Universitātes </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD0098" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vieglā valoda Somijā un Latvijā: sabiedrības attieksme, lietojums un nākotnes iespējas”. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72B489A3" w14:textId="77777777" w:rsidR="00BE796E" w:rsidRPr="00BE796E" w:rsidRDefault="00DD0098" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="14"/>
+          <w:numId w:val="30"/>
         </w:numPr>
-        <w:rPr>
-[...16 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="0086022F" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ēc IZM ierosinājuma darba grupā p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>lānot</w:t>
+      </w:r>
+      <w:r w:rsidR="00B765C9" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> izvērtēt</w:t>
+      </w:r>
+      <w:r w:rsidR="001E37A7" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Sabiedrības integrācijas fonda </w:t>
+      </w:r>
+      <w:r w:rsidR="00127503" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(SIF) </w:t>
+      </w:r>
+      <w:r w:rsidR="001E37A7" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“Atbalsts diasporas un Latvijas bērnu kopējām nometnēm” konkursa finansējuma saņēmušo nometņu projektu praktisko ieguldījumu un pievienoto vērtību.</w:t>
+      </w:r>
+      <w:r w:rsidR="0086022F" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13CB3B96" w14:textId="77777777" w:rsidR="00BE796E" w:rsidRPr="00BE796E" w:rsidRDefault="0086022F" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="30"/>
         </w:numPr>
-        <w:rPr>
-[...23 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Darba grupa turpinās tikties reizi mēnesī, lai dalītos ar aktualitātēm diasporā un valsts iestādēs. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="782E56AF" w14:textId="13112528" w:rsidR="001E37A7" w:rsidRPr="00BE796E" w:rsidRDefault="0086022F" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Darba grupas pamatuzdevumi paliks </w:t>
+      </w:r>
+      <w:r w:rsidR="00B765C9" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">atviešu valodas aplikācijas un vienotas </w:t>
+      </w:r>
+      <w:r w:rsidR="00B765C9" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atviešu valodas platformas izveide.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p w14:paraId="0B2516C4" w14:textId="3B16116B" w:rsidR="0086022F" w:rsidRPr="00BE796E" w:rsidRDefault="0086022F" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58A70B10" w14:textId="01029F70" w:rsidR="0086022F" w:rsidRPr="00BE796E" w:rsidRDefault="0086022F" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>V. Hibšmane</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00177660" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">un </w:t>
+      </w:r>
+      <w:r w:rsidR="00177660" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>A. Priedīte</w:t>
+      </w:r>
+      <w:r w:rsidR="00177660" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informē</w:t>
+      </w:r>
+      <w:r w:rsidR="001D16BA" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>, ka darbojas biedrības “Latvijas Pilsoniska alianse” veidotajā darba grup</w:t>
+      </w:r>
+      <w:r w:rsidR="0081168E" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidR="001D16BA" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> “Nevalstiskās organizācijas civilajā aizsardzībā” </w:t>
+      </w:r>
+      <w:r w:rsidR="0081168E" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>apakšgrupā p</w:t>
+      </w:r>
+      <w:r w:rsidR="001D16BA" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>ar komunikācij</w:t>
+      </w:r>
+      <w:r w:rsidR="0081168E" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>as jautājumiem. Divas reizes gadā tiek rīkoti semināri par NVO iesaisti civilajā aizsardzīb</w:t>
+      </w:r>
+      <w:r w:rsidR="00695CBB" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ā. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B765C9" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">V. Hibšmane un A. Priedīte </w:t>
+      </w:r>
+      <w:r w:rsidR="004C1421" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>aicina diasporas pārstāvj</w:t>
+      </w:r>
+      <w:r w:rsidR="00B765C9" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>us</w:t>
+      </w:r>
+      <w:r w:rsidR="00695CBB" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B765C9" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iesaistīties </w:t>
+      </w:r>
+      <w:r w:rsidR="00695CBB" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>darba grupās</w:t>
+      </w:r>
+      <w:r w:rsidR="00B765C9" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, kā </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF6162" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>arī</w:t>
+      </w:r>
+      <w:r w:rsidR="00B765C9" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> apmeklēt biedrības īstenotos seminārus</w:t>
+      </w:r>
+      <w:r w:rsidR="004C1421" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F0C89A6" w14:textId="77777777" w:rsidR="001D16BA" w:rsidRPr="00BE796E" w:rsidRDefault="001D16BA" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CBB8E92" w14:textId="77777777" w:rsidR="004C1421" w:rsidRPr="00BE796E" w:rsidRDefault="004C1421" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:t>V. Ernstsone</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informē, ka:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F43BE16" w14:textId="376E9503" w:rsidR="004C1421" w:rsidRPr="00BE796E" w:rsidRDefault="00B765C9" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ir </w:t>
+      </w:r>
+      <w:r w:rsidR="004C1421" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>izsludināta valsts pētījumu programma “Letonika latviskas un eiropeiskas sabiedrības attīstībai”, kuras mērķis ir stiprināt latviešu valodu, kultūru</w:t>
+      </w:r>
+      <w:r w:rsidR="00D35D3C" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="004C1421" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> latvisko identitāti un veicināt ilgtspējīgu Latvijas attīstību</w:t>
+      </w:r>
+      <w:r w:rsidR="00D35D3C" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Projektu pieteikumu iesniegšanas termiņš ir 2025. gada 20.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D35D3C" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>oktobris plkst. 17:00. Vairāk informācija</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00D35D3C" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> par projekta nolikumu: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="00D35D3C" w:rsidRPr="00BE796E">
+          <w:rPr>
+            <w:rStyle w:val="Hipersaite"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>https://www.lzp.gov.lv/lv/letonika-latviskas-un-eiropeiskas-sabiedribas-attistibai-1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00D35D3C" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="379BA5E6" w14:textId="56B4EA29" w:rsidR="00695CBB" w:rsidRPr="00BE796E" w:rsidRDefault="0081168E" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:pStyle w:val="Sarakstarindkopa"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Latvijas </w:t>
+      </w:r>
+      <w:r w:rsidR="00B765C9" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>U</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">niversitātē </w:t>
+      </w:r>
+      <w:r w:rsidR="00B765C9" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ir izveidota </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">studiju programma </w:t>
+      </w:r>
+      <w:r w:rsidR="004C1421" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“Latviešu valodas kā svešvalodas skolotāj</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s”, kurai varēs pieteikties no 2026. gada janvāra. Vairāk informācija: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="00BE796E">
+          <w:rPr>
+            <w:rStyle w:val="Hipersaite"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>https://www.lu.lv/par-mums/lu-mediji/zinas/zina/t/105142/</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="034AF3DD" w14:textId="77777777" w:rsidR="0064754C" w:rsidRPr="00BE796E" w:rsidRDefault="0064754C" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F3C99F9" w14:textId="39D9BAE6" w:rsidR="00884ACF" w:rsidRPr="00BE796E" w:rsidRDefault="0064754C" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:pStyle w:val="Virsraksts2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="_Toc210306954"/>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.5. </w:t>
+      </w:r>
+      <w:r w:rsidR="00884ACF" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2025. gada 6. jūnija DKP sēd</w:t>
+      </w:r>
+      <w:r w:rsidR="00F15213" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ē skatītās</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidR="00F15213" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rezolūcijas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21CB4C93" w14:textId="77777777" w:rsidR="0081168E" w:rsidRPr="00BE796E" w:rsidRDefault="00695CBB" w:rsidP="00BE796E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Z. Grauze</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> info</w:t>
+      </w:r>
+      <w:r w:rsidR="00884ACF" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>rmē, ka 2025. gada 6. jūnija DKP sēdē skatīt</w:t>
+      </w:r>
+      <w:r w:rsidR="0047428E" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>ie</w:t>
+      </w:r>
+      <w:r w:rsidR="00884ACF" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rezolūcij</w:t>
+      </w:r>
+      <w:r w:rsidR="00F15213" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>u projekti</w:t>
+      </w:r>
+      <w:r w:rsidR="00884ACF" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir izstrādāt</w:t>
+      </w:r>
+      <w:r w:rsidR="00F15213" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00884ACF" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un </w:t>
+      </w:r>
+      <w:r w:rsidR="00F15213" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>no</w:t>
+      </w:r>
+      <w:r w:rsidR="00884ACF" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>sūtīt</w:t>
+      </w:r>
+      <w:r w:rsidR="00F15213" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="00884ACF" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DKP locekļiem </w:t>
+      </w:r>
+      <w:r w:rsidR="00F15213" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>iz</w:t>
+      </w:r>
+      <w:r w:rsidR="00884ACF" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">skatīšanai. Plānots </w:t>
+      </w:r>
+      <w:r w:rsidR="00F15213" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>veikt</w:t>
+      </w:r>
+      <w:r w:rsidR="00884ACF" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> elektronisko balsojumu, lai DKP locekļi apstiprinātu rezolūcijas</w:t>
+      </w:r>
+      <w:r w:rsidR="00F15213" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00884ACF" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Rezolūcijas ir nozīmīgs pamats </w:t>
+      </w:r>
+      <w:r w:rsidR="003C67DA" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">koordinētam </w:t>
+      </w:r>
+      <w:r w:rsidR="00884ACF" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DKP </w:t>
+      </w:r>
+      <w:r w:rsidR="003C67DA" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">darbam priekšlikumu sniegšanai valsts iestādēm vienotas remigrācijas politikas un vienotas latviešu valodas apguves platformas izveidei. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="249031CC" w14:textId="1FCF7935" w:rsidR="00884ACF" w:rsidRPr="00BE796E" w:rsidRDefault="0064754C" w:rsidP="002F5F35">
+      <w:pPr>
+        <w:pStyle w:val="Virsraksts1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="_Toc210306955"/>
+      <w:r w:rsidRPr="00BE796E">
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:r w:rsidR="00884ACF" w:rsidRPr="00BE796E">
+        <w:t>ELA priekšlikums par darba grupas izveidi</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="19"/>
+    </w:p>
+    <w:p w14:paraId="1F404D5F" w14:textId="1681C32B" w:rsidR="00884ACF" w:rsidRPr="00BE796E" w:rsidRDefault="00884ACF" w:rsidP="0064754C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="001D3B83">
+        <w:t>Z. Grauze</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informē, ka sa</w:t>
+      </w:r>
+      <w:r w:rsidR="00F15213" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>ņemts</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> priekšlikum</w:t>
+      </w:r>
+      <w:r w:rsidR="00F15213" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no Eiropas Latviešu apvienības (ELA) par jaun</w:t>
+      </w:r>
+      <w:r w:rsidR="00F15213" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darba grupas izveidi, kas </w:t>
+      </w:r>
+      <w:r w:rsidR="00F15213" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>piedalītos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Diasporas rīcības plāna 2027.–2029. gadam izstrādē. Z. Grauze dod vārdu ELA priekšsēdei Justīnei </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:t>Krēsliņai.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ED23291" w14:textId="20EAAE85" w:rsidR="00884ACF" w:rsidRPr="00BE796E" w:rsidRDefault="00884ACF" w:rsidP="0064754C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6635EB32" w14:textId="7392C71A" w:rsidR="00884ACF" w:rsidRPr="00BE796E" w:rsidRDefault="00884ACF" w:rsidP="0064754C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:t>J. Krēsliņa</w:t>
+      </w:r>
+      <w:r w:rsidR="00B765C9" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00430C84" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF183E" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">atsaucoties uz iepriekšējo pieredzi veidojot “Plāns darbam ar diasporu 2024.–2026. gadam”, aicina izveidot darba grupu ar noteiktu termiņu nākošā plāna izstrādei. Darba grupā plānots iesaistīt pārstāvjus no visām diasporas jumta organizācijām, lai </w:t>
+      </w:r>
+      <w:r w:rsidR="00B765C9" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kopīgi </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF183E" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:t>vienotos par lietām, ko vēlas iekļaut jaunajā plānā pirms t</w:t>
+      </w:r>
+      <w:r w:rsidR="00B765C9" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF183E" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nodošanas tālākai izskatīšanai valsts iestādēm.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A662EB2" w14:textId="5D1A1BAF" w:rsidR="00AF183E" w:rsidRPr="00BE796E" w:rsidRDefault="00AF183E" w:rsidP="0064754C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DA4EB2E" w14:textId="0605C6EA" w:rsidR="00AF183E" w:rsidRPr="00BE796E" w:rsidRDefault="00AF183E" w:rsidP="0064754C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> ievadvārdi.</w:t>
-[...19 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t>Z. Grauze</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> atbalsta darba grupas izveidi un aicina citiem sniegt savu viedokli. </w:t>
+      </w:r>
+      <w:r w:rsidR="005A68AC" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Klātesošajiem dalībniekiem n</w:t>
+      </w:r>
+      <w:r w:rsidR="008435C5" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">av iebildumu </w:t>
+      </w:r>
+      <w:r w:rsidR="005A68AC" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pret </w:t>
+      </w:r>
+      <w:r w:rsidR="008435C5" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">darba grupas izveidi. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F045B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>DKP Sekretariāts</w:t>
+      </w:r>
+      <w:r w:rsidR="008435C5" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> aicin</w:t>
+      </w:r>
+      <w:r w:rsidR="005A68AC" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>ās</w:t>
+      </w:r>
+      <w:r w:rsidR="008435C5" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> diasporas jumta organizācij</w:t>
+      </w:r>
+      <w:r w:rsidR="00B765C9" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidR="008435C5" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nozīmēt pārstāvi un viņa aizvietotāju jaunajai darba grupai.</w:t>
+      </w:r>
+      <w:r w:rsidR="005A68AC" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="525D9C83" w14:textId="60B2EC15" w:rsidR="00AF183E" w:rsidRPr="00BE796E" w:rsidRDefault="0064754C" w:rsidP="002F5F35">
+      <w:pPr>
+        <w:pStyle w:val="Virsraksts1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="_Toc210306956"/>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>6. Dažādi</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="20"/>
+    </w:p>
+    <w:p w14:paraId="755007B0" w14:textId="7AF86FE3" w:rsidR="00AF183E" w:rsidRPr="00BE796E" w:rsidRDefault="00AF183E" w:rsidP="0064754C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Z. Grauze</w:t>
       </w:r>
-      <w:r w:rsidRPr="001D3B83">
-[...55 lines deleted...]
-      <w:r w:rsidRPr="001D3B83">
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informē, ka nākošā DKP sēde notiks 2025. gada 12. decembrī plkst. 15.00 (pēc Latvijas laika) tiešsaistē</w:t>
+      </w:r>
+      <w:r w:rsidR="008435C5" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>. Sēdē</w:t>
+      </w:r>
+      <w:r w:rsidR="00A5463C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ir</w:t>
+      </w:r>
+      <w:r w:rsidR="008435C5" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A5463C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>paredzēts</w:t>
+      </w:r>
+      <w:r w:rsidR="00A5463C" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008435C5" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>izskatīt un izvērtēt</w:t>
+      </w:r>
+      <w:r w:rsidR="00A5463C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> līdz šim paveikto saistībā ar </w:t>
+      </w:r>
+      <w:r w:rsidR="008435C5" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Plāns darbam ar diasporu 2024.–2026. gadam” </w:t>
+      </w:r>
+      <w:r w:rsidR="00A5463C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:t>izpildi</w:t>
+      </w:r>
+      <w:r w:rsidR="008435C5" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="038B590C" w14:textId="77777777" w:rsidR="005A68AC" w:rsidRPr="00BE796E" w:rsidRDefault="005A68AC" w:rsidP="0064754C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CE7CE24" w14:textId="26ACBF00" w:rsidR="005A68AC" w:rsidRPr="00BE796E" w:rsidRDefault="005A68AC" w:rsidP="0064754C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Z.</w:t>
+      </w:r>
+      <w:r w:rsidR="0047428E" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Grauze</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informē klātesošos par 2026.</w:t>
+      </w:r>
+      <w:r w:rsidR="0047428E" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gada 18.06.-20.06. plānoto Latvijas Jaunatnes olimpiādi Valmierā, kurā ir aicināti piedalīties </w:t>
+      </w:r>
+      <w:r w:rsidR="00F045B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">arī </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>diasporas jaunieši. Informāciju par šo pasākumu ir sniedzis Aigars Strauss, Latvijas Triatlona federācijas priekšsēdētājs un Latvijas Olimpiskās komitejas loceklis.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ED059CC" w14:textId="1A11D9C1" w:rsidR="005A68AC" w:rsidRPr="00BE796E" w:rsidRDefault="005A68AC" w:rsidP="0064754C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F7CB1B2" w14:textId="13A835A2" w:rsidR="005A68AC" w:rsidRPr="00BE796E" w:rsidRDefault="005A68AC" w:rsidP="0064754C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Savukārt, </w:t>
+      </w:r>
+      <w:r w:rsidR="006A2C08" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Latviešu Apvienības Francijā valdes locekle un bijusī olimpiete Jolanta Dukure, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>informēja Z.</w:t>
+      </w:r>
+      <w:r w:rsidR="006A2C08" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Grauzi par </w:t>
+      </w:r>
+      <w:r w:rsidR="006A2C08" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">paveikto un turpmākajiem plāniem saistībā ar projektu “Olimpiskais kvants”. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="371E31BD" w14:textId="77777777" w:rsidR="006A2C08" w:rsidRPr="00BE796E" w:rsidRDefault="006A2C08" w:rsidP="0064754C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7AA1016C" w14:textId="56A945AA" w:rsidR="00127503" w:rsidRPr="00BE796E" w:rsidRDefault="00141911" w:rsidP="0064754C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Z. Grauze</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F045B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>atzīmē</w:t>
+      </w:r>
+      <w:r w:rsidR="00127503" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ka latviešu valodas apguve sportojot ir jauna </w:t>
+      </w:r>
+      <w:r w:rsidR="00127503" w:rsidRPr="00345850">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>aktualitāte</w:t>
+      </w:r>
+      <w:r w:rsidR="00127503" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, kuru būtu vēlams </w:t>
+      </w:r>
+      <w:r w:rsidR="00345850">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>izcelt</w:t>
+      </w:r>
+      <w:r w:rsidR="00345850" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00127503" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>jau pašreizējā plāna ietvaros vai iekļaut nākošajā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A1D3D58" w14:textId="4EC748B0" w:rsidR="00127503" w:rsidRPr="00BE796E" w:rsidRDefault="00127503" w:rsidP="0064754C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61F3F554" w14:textId="3E6CE865" w:rsidR="00CA0022" w:rsidRPr="00BE796E" w:rsidRDefault="00127503" w:rsidP="0064754C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>SIF aicin</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA0022" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>āja</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004529DB" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DKP </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">deleģēt pārstāvi </w:t>
+      </w:r>
+      <w:r w:rsidR="004529DB" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SIF diasporas atbalsta projektu programmas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>“Atbalsts diasporas un Latvijas bērnu kopējām nometnēm” vērtēšanas komisijā</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF6162" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="004529DB" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DKP turpinās pārstāvēt PBLA pārstāvniecības vadītājs Latvijā Jānis Andersons</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="091F84D7" w14:textId="278C0694" w:rsidR="00CA0022" w:rsidRPr="00BE796E" w:rsidRDefault="00CA0022" w:rsidP="0064754C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E3C5B2F" w14:textId="596695B7" w:rsidR="00127503" w:rsidRPr="00BE796E" w:rsidRDefault="00CA0022" w:rsidP="0064754C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>I. Kalniņa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> izsaka pateicību diasporas jumta organizācijām par aktīvo darbu </w:t>
+      </w:r>
+      <w:r w:rsidR="002521D9" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Saeimā un </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>Latvijas labā ārvalstīs</w:t>
+      </w:r>
+      <w:r w:rsidR="000F4F49" w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43574B2A" w14:textId="52F7B2B6" w:rsidR="002521D9" w:rsidRPr="00BE796E" w:rsidRDefault="002521D9" w:rsidP="0064754C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="038FC9F6" w14:textId="7A9FA414" w:rsidR="002521D9" w:rsidRPr="00BE796E" w:rsidRDefault="002521D9" w:rsidP="0064754C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Z. Grauze</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> izsaka pateicību visiem DKP sēdes apmeklētājiem par dalību un aktīvo darbu. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CF940F3" w14:textId="513D6D56" w:rsidR="002521D9" w:rsidRPr="00BE796E" w:rsidRDefault="002521D9" w:rsidP="00141911">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A23ED3E" w14:textId="33659F56" w:rsidR="002521D9" w:rsidRPr="00BE796E" w:rsidRDefault="002521D9" w:rsidP="002521D9">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
-          <w:iCs/>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="001D3B83">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
-          <w:iCs/>
-[...402 lines deleted...]
-      <w:r w:rsidRPr="001D3B83">
+        </w:rPr>
+        <w:t>Z. Grauze slēdz sēdi plkst. 17.03.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C9E72BE" w14:textId="77777777" w:rsidR="0093333B" w:rsidRPr="00BE796E" w:rsidRDefault="0093333B" w:rsidP="002521D9">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
-          <w:iCs/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D88D849" w14:textId="77777777" w:rsidR="00BF114C" w:rsidRPr="00BE796E" w:rsidRDefault="00BF114C" w:rsidP="00BF114C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:t xml:space="preserve">DKP priekšsēdētāja un sēdes vadītāja </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
         <w:t>Z. Grauze</w:t>
       </w:r>
-      <w:r w:rsidRPr="001D3B83">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+    </w:p>
+    <w:p w14:paraId="25DE32ED" w14:textId="77777777" w:rsidR="00BF114C" w:rsidRPr="00BE796E" w:rsidRDefault="00BF114C" w:rsidP="00BF114C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:i/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58546FBC" w14:textId="77777777" w:rsidR="00BF114C" w:rsidRPr="00BE796E" w:rsidRDefault="00BF114C" w:rsidP="00BF114C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:i/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A4F5DA2" w14:textId="77777777" w:rsidR="00BF114C" w:rsidRPr="00BE796E" w:rsidRDefault="00BF114C" w:rsidP="00BF114C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:i/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11C7DDA1" w14:textId="77777777" w:rsidR="00BF114C" w:rsidRPr="00BE796E" w:rsidRDefault="00BF114C" w:rsidP="00BF114C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:i/>
-[...9 lines deleted...]
-        <w:jc w:val="right"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE796E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="001D3B83">
+        </w:rPr>
+        <w:t>Protokolēja</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...48 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Z. Grauze</w:t>
-[...278 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>P. Blumbergs</w:t>
-[...401 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Z. Grauze</w:t>
-[...74 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...63 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00BE796E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...10226 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...204 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId15"/>
+        <w:t>M. Dombrovska</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C986BE3" w14:textId="77777777" w:rsidR="002521D9" w:rsidRPr="003A577C" w:rsidRDefault="002521D9" w:rsidP="0093333B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="002521D9" w:rsidRPr="003A577C">
+      <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3058312E" w14:textId="77777777" w:rsidR="008C6532" w:rsidRDefault="008C6532" w:rsidP="00B44394">
+    <w:p w14:paraId="0F78DB19" w14:textId="77777777" w:rsidR="00C443BC" w:rsidRDefault="00C443BC" w:rsidP="00BF114C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7EB6FFDC" w14:textId="77777777" w:rsidR="008C6532" w:rsidRDefault="008C6532" w:rsidP="00B44394">
+    <w:p w14:paraId="25753E4E" w14:textId="77777777" w:rsidR="00C443BC" w:rsidRDefault="00C443BC" w:rsidP="00BF114C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:font w:name="Symbol">
-    <w:panose1 w:val="05050102010706020507"/>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
-    <w:panose1 w:val="05000000000000000000"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman Bold">
-    <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="02020803070505020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="BA"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...13 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="-1066569795"/>
+      <w:id w:val="2009857826"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr>
-[...3 lines deleted...]
-    </w:sdtEndPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w14:paraId="18D7A684" w14:textId="59F42828" w:rsidR="00B44394" w:rsidRDefault="00B44394">
+      <w:p w14:paraId="4895D577" w14:textId="0A1A13F5" w:rsidR="00BF114C" w:rsidRDefault="00BF114C">
         <w:pPr>
-          <w:pStyle w:val="Footer"/>
+          <w:pStyle w:val="Kjene"/>
           <w:jc w:val="center"/>
         </w:pPr>
-        <w:r w:rsidRPr="008342E0">
-[...3 lines deleted...]
-          </w:rPr>
+        <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="008342E0">
-[...4 lines deleted...]
-          <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+        <w:r>
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidRPr="008342E0">
-[...3 lines deleted...]
-          </w:rPr>
+        <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="008342E0">
-[...4 lines deleted...]
-          </w:rPr>
+        <w:r>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidRPr="008342E0">
-[...4 lines deleted...]
-          </w:rPr>
+        <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="0ECBA0C5" w14:textId="77777777" w:rsidR="00B44394" w:rsidRDefault="00B44394">
+  <w:p w14:paraId="0525F63C" w14:textId="77777777" w:rsidR="00BF114C" w:rsidRDefault="00BF114C">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Kjene"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="04D87B7E" w14:textId="77777777" w:rsidR="008C6532" w:rsidRDefault="008C6532" w:rsidP="00B44394">
+    <w:p w14:paraId="46F0F19B" w14:textId="77777777" w:rsidR="00C443BC" w:rsidRDefault="00C443BC" w:rsidP="00BF114C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0D60A6CF" w14:textId="77777777" w:rsidR="008C6532" w:rsidRDefault="008C6532" w:rsidP="00B44394">
+    <w:p w14:paraId="37AD100E" w14:textId="77777777" w:rsidR="00C443BC" w:rsidRDefault="00C443BC" w:rsidP="00BF114C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="012B0D71"/>
+    <w:nsid w:val="00742363"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="9454D246"/>
-[...3 lines deleted...]
-      <w:lvlText w:val=""/>
+    <w:tmpl w:val="8CE499DE"/>
+    <w:lvl w:ilvl="0" w:tplc="0426000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...6 lines deleted...]
-      <w:lvlText w:val="o"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...18 lines deleted...]
-      <w:lvlText w:val=""/>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...6 lines deleted...]
-      <w:lvlText w:val="o"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...18 lines deleted...]
-      <w:lvlText w:val=""/>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...6 lines deleted...]
-      <w:lvlText w:val="o"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...13 lines deleted...]
-      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0CAF57CA"/>
+    <w:nsid w:val="08A13685"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="3D86B2A2"/>
+    <w:tmpl w:val="82F4402E"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="1"/>
-[...1 lines deleted...]
-      <w:lvlText w:val=""/>
+      <w:start w:val="9"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0AE402A4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D9983C4A"/>
+    <w:lvl w:ilvl="0" w:tplc="0426000D">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04260001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04260001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0F2D74DA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2B188B24"/>
+    <w:lvl w:ilvl="0" w:tplc="04260001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="780" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1500" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2220" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04260001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2940" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3660" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4380" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04260001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5100" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5820" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6540" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1097334A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B0285C64"/>
+    <w:lvl w:ilvl="0" w:tplc="04260001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04260001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04260001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="132F150C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="64D49480"/>
+    <w:lvl w:ilvl="0" w:tplc="04260001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="780" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1500" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2220" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04260001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2940" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3660" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4380" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04260001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5100" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5820" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6540" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="156E5D45"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B2586590"/>
+    <w:lvl w:ilvl="0" w:tplc="555892D6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1C312850"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="95704CB0"/>
+    <w:lvl w:ilvl="0" w:tplc="04260001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="780" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1500" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2220" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04260001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2940" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3660" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4380" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04260001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5100" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5820" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6540" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="20D00042"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4A88D350"/>
+    <w:lvl w:ilvl="0" w:tplc="04260001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04260001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04260001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="23BC19BE"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="04260023"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:pStyle w:val="Virsraksts1"/>
+      <w:lvlText w:val="Article %1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimalZero"/>
+      <w:pStyle w:val="Virsraksts2"/>
+      <w:isLgl/>
+      <w:lvlText w:val="Section %1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:pStyle w:val="Virsraksts3"/>
+      <w:lvlText w:val="(%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="864" w:hanging="144"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1008" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1152" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%7)"/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1296" w:hanging="288"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1584" w:hanging="144"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2467415F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5CCA2034"/>
+    <w:lvl w:ilvl="0" w:tplc="F7F62CF6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="3.%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="F7F62CF6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="3.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="5C1C0904">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2700" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="D7D837F6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="24C837F2"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="8ACC29D4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="2.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="33266AA8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EE886934"/>
+    <w:lvl w:ilvl="0" w:tplc="3EE2E2B8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="2.%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="39D67CF6"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="9AA06818"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-  </w:abstractNum>
-[...4 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="04260001">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1350" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04260003">
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3D7B46E8"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F3FA4F20"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4CAC2D34"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F3FA4F20"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4CE823CA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="71FC2AAA"/>
+    <w:lvl w:ilvl="0" w:tplc="04260001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04260005">
+    <w:lvl w:ilvl="2" w:tplc="04260005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04260001">
+    <w:lvl w:ilvl="3" w:tplc="04260001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04260003">
+    <w:lvl w:ilvl="4" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04260005">
+    <w:lvl w:ilvl="5" w:tplc="04260005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04260001">
+    <w:lvl w:ilvl="6" w:tplc="04260001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04260003">
+    <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04260005">
+    <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7200" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="20E7646F"/>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="55BD0905"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4F92E308"/>
+    <w:lvl w:ilvl="0" w:tplc="0426000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="57CF7A6C"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="F2ECED7E"/>
+    <w:tmpl w:val="49584AB6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="1.1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="57E823A0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D010B13E"/>
+    <w:lvl w:ilvl="0" w:tplc="9A1C96CC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="2.%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="59C35E89"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0174124E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="8"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5CDA714A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FE6AD244"/>
+    <w:lvl w:ilvl="0" w:tplc="04260001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04260001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04260001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5F1D27E3"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="DE3C42BC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5FD245B0"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="7E2AB2BE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="7"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6AB74982"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8528F2CC"/>
+    <w:lvl w:ilvl="0" w:tplc="04260001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="16A61DDC">
+      <w:start w:val="6"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="·"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2550" w:hanging="390"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04260001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04260001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6BF03006"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="41C48C32"/>
+    <w:lvl w:ilvl="0" w:tplc="04260001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04260001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04260001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7677060F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4DD68490"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="24AF1663"/>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="79016113"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C564FF48"/>
+    <w:lvl w:ilvl="0" w:tplc="04260001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04260001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04260001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7A6E1D63"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="31340502"/>
+    <w:lvl w:ilvl="0" w:tplc="04260001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04260001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04260001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7B147EB6"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="E6A25636"/>
+    <w:tmpl w:val="9C2CEBC8"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="8"/>
-[...1 lines deleted...]
-      <w:lvlText w:val="10. "/>
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%2."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%3."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%5."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%6."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%8."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%9."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="27EE1806"/>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7C824855"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="0426001F"/>
+    <w:tmpl w:val="497ED16C"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="1"/>
-[...85 lines deleted...]
-      <w:start w:val="7"/>
+      <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3600"/>
         </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5040"/>
         </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7FB22387"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="32F073C4"/>
+    <w:lvl w:ilvl="0" w:tplc="C74E6F9C">
+      <w:start w:val="6"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="·"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1110" w:hanging="390"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04260001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:sz w:val="20"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="1">
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04260005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04260001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:sz w:val="20"/>
-[...622 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04260003">
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04260005">
+    <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
-    </w:lvl>
-[...186 lines deleted...]
-      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="7"/>
-[...26 lines deleted...]
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="26"/>
     <w:lvlOverride w:ilvl="0">
-      <w:startOverride w:val="1"/>
+      <w:startOverride w:val="5"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="30"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="6"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="23"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="7"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="20"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="8"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="9"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
   <w:num w:numId="13">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="21">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="22">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="23">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="24">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="25">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="26">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="27">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="28">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="29">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="15">
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="30">
+    <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="16">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="31">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="32">
+    <w:abstractNumId w:val="21"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E7711F"/>
-[...192 lines deleted...]
-    <w:rsid w:val="00FE04D9"/>
+    <w:rsidRoot w:val="004B59D8"/>
+    <w:rsid w:val="00020432"/>
+    <w:rsid w:val="00040C72"/>
+    <w:rsid w:val="0005228B"/>
+    <w:rsid w:val="000553D6"/>
+    <w:rsid w:val="00055E17"/>
+    <w:rsid w:val="00057DD2"/>
+    <w:rsid w:val="00065B22"/>
+    <w:rsid w:val="00072D19"/>
+    <w:rsid w:val="000E558C"/>
+    <w:rsid w:val="000F4F49"/>
+    <w:rsid w:val="0011594F"/>
+    <w:rsid w:val="00127503"/>
+    <w:rsid w:val="00137BB1"/>
+    <w:rsid w:val="00141911"/>
+    <w:rsid w:val="00171A6D"/>
+    <w:rsid w:val="00177660"/>
+    <w:rsid w:val="001A6B5C"/>
+    <w:rsid w:val="001B1B26"/>
+    <w:rsid w:val="001B554E"/>
+    <w:rsid w:val="001D16BA"/>
+    <w:rsid w:val="001E37A7"/>
+    <w:rsid w:val="001E3877"/>
+    <w:rsid w:val="001F1995"/>
+    <w:rsid w:val="0021744B"/>
+    <w:rsid w:val="002521D9"/>
+    <w:rsid w:val="002600E8"/>
+    <w:rsid w:val="002636C2"/>
+    <w:rsid w:val="00265006"/>
+    <w:rsid w:val="002719E5"/>
+    <w:rsid w:val="00297D66"/>
+    <w:rsid w:val="002A45B6"/>
+    <w:rsid w:val="002B6254"/>
+    <w:rsid w:val="002F4FA4"/>
+    <w:rsid w:val="002F5F35"/>
+    <w:rsid w:val="003164F4"/>
+    <w:rsid w:val="0033658A"/>
+    <w:rsid w:val="00345850"/>
+    <w:rsid w:val="003637F8"/>
+    <w:rsid w:val="00365DBA"/>
+    <w:rsid w:val="00367DC1"/>
+    <w:rsid w:val="00375EF1"/>
+    <w:rsid w:val="00384BC6"/>
+    <w:rsid w:val="003A531B"/>
+    <w:rsid w:val="003A577C"/>
+    <w:rsid w:val="003B1B65"/>
+    <w:rsid w:val="003B4B1A"/>
+    <w:rsid w:val="003B7EC2"/>
+    <w:rsid w:val="003C67DA"/>
+    <w:rsid w:val="003F7B46"/>
+    <w:rsid w:val="0040620A"/>
+    <w:rsid w:val="00430C84"/>
+    <w:rsid w:val="004529DB"/>
+    <w:rsid w:val="00467143"/>
+    <w:rsid w:val="00471A8F"/>
+    <w:rsid w:val="0047428E"/>
+    <w:rsid w:val="00482350"/>
+    <w:rsid w:val="00484601"/>
+    <w:rsid w:val="00486C49"/>
+    <w:rsid w:val="00495A8F"/>
+    <w:rsid w:val="004B59D8"/>
+    <w:rsid w:val="004B7E9B"/>
+    <w:rsid w:val="004C1421"/>
+    <w:rsid w:val="004D1BBF"/>
+    <w:rsid w:val="004D6D67"/>
+    <w:rsid w:val="004F3C7B"/>
+    <w:rsid w:val="00505242"/>
+    <w:rsid w:val="00554C2D"/>
+    <w:rsid w:val="005560BE"/>
+    <w:rsid w:val="00566B93"/>
+    <w:rsid w:val="00575E17"/>
+    <w:rsid w:val="005A68AC"/>
+    <w:rsid w:val="005B6E7E"/>
+    <w:rsid w:val="005C51A5"/>
+    <w:rsid w:val="005C773E"/>
+    <w:rsid w:val="005D52A9"/>
+    <w:rsid w:val="005E37BC"/>
+    <w:rsid w:val="005E3E3A"/>
+    <w:rsid w:val="005F66B8"/>
+    <w:rsid w:val="006138B3"/>
+    <w:rsid w:val="006301BB"/>
+    <w:rsid w:val="00630BA6"/>
+    <w:rsid w:val="0064754C"/>
+    <w:rsid w:val="00652645"/>
+    <w:rsid w:val="006709EC"/>
+    <w:rsid w:val="00695CBB"/>
+    <w:rsid w:val="006A2C08"/>
+    <w:rsid w:val="006C3F53"/>
+    <w:rsid w:val="006F40D5"/>
+    <w:rsid w:val="00704910"/>
+    <w:rsid w:val="00705530"/>
+    <w:rsid w:val="00750720"/>
+    <w:rsid w:val="00751073"/>
+    <w:rsid w:val="00757DCC"/>
+    <w:rsid w:val="007A4330"/>
+    <w:rsid w:val="007A5FE4"/>
+    <w:rsid w:val="007D4025"/>
+    <w:rsid w:val="0081168E"/>
+    <w:rsid w:val="008435C5"/>
+    <w:rsid w:val="00850BE8"/>
+    <w:rsid w:val="0086022F"/>
+    <w:rsid w:val="00867AF1"/>
+    <w:rsid w:val="00872A14"/>
+    <w:rsid w:val="00884ACF"/>
+    <w:rsid w:val="00885B13"/>
+    <w:rsid w:val="0089736B"/>
+    <w:rsid w:val="008E054D"/>
+    <w:rsid w:val="008F2311"/>
+    <w:rsid w:val="00917E61"/>
+    <w:rsid w:val="009308C5"/>
+    <w:rsid w:val="0093333B"/>
+    <w:rsid w:val="009A37F0"/>
+    <w:rsid w:val="009C11BA"/>
+    <w:rsid w:val="009C172E"/>
+    <w:rsid w:val="009C6756"/>
+    <w:rsid w:val="009E1E17"/>
+    <w:rsid w:val="009F2DF0"/>
+    <w:rsid w:val="00A27DC5"/>
+    <w:rsid w:val="00A5463C"/>
+    <w:rsid w:val="00A666B7"/>
+    <w:rsid w:val="00A712A9"/>
+    <w:rsid w:val="00A864EF"/>
+    <w:rsid w:val="00AD2D46"/>
+    <w:rsid w:val="00AD467F"/>
+    <w:rsid w:val="00AE597B"/>
+    <w:rsid w:val="00AE7FE4"/>
+    <w:rsid w:val="00AF00AE"/>
+    <w:rsid w:val="00AF183E"/>
+    <w:rsid w:val="00B00098"/>
+    <w:rsid w:val="00B23D9E"/>
+    <w:rsid w:val="00B41B48"/>
+    <w:rsid w:val="00B46F09"/>
+    <w:rsid w:val="00B71626"/>
+    <w:rsid w:val="00B765C9"/>
+    <w:rsid w:val="00B81C80"/>
+    <w:rsid w:val="00BA09C5"/>
+    <w:rsid w:val="00BA79B9"/>
+    <w:rsid w:val="00BD4EE5"/>
+    <w:rsid w:val="00BE796E"/>
+    <w:rsid w:val="00BF114C"/>
+    <w:rsid w:val="00C02FEF"/>
+    <w:rsid w:val="00C443BC"/>
+    <w:rsid w:val="00C479C1"/>
+    <w:rsid w:val="00C547A3"/>
+    <w:rsid w:val="00C709B1"/>
+    <w:rsid w:val="00CA0022"/>
+    <w:rsid w:val="00CA52B2"/>
+    <w:rsid w:val="00CB29C1"/>
+    <w:rsid w:val="00CC33C7"/>
+    <w:rsid w:val="00CD3EE1"/>
+    <w:rsid w:val="00CE0324"/>
+    <w:rsid w:val="00D06C01"/>
+    <w:rsid w:val="00D10043"/>
+    <w:rsid w:val="00D12D79"/>
+    <w:rsid w:val="00D15D6A"/>
+    <w:rsid w:val="00D35D3C"/>
+    <w:rsid w:val="00D37BED"/>
+    <w:rsid w:val="00D40E77"/>
+    <w:rsid w:val="00D66535"/>
+    <w:rsid w:val="00D940C7"/>
+    <w:rsid w:val="00DC200E"/>
+    <w:rsid w:val="00DD0098"/>
+    <w:rsid w:val="00DD2F1F"/>
+    <w:rsid w:val="00DF6162"/>
+    <w:rsid w:val="00E06A71"/>
+    <w:rsid w:val="00E15AE0"/>
+    <w:rsid w:val="00E30B21"/>
+    <w:rsid w:val="00E6731F"/>
+    <w:rsid w:val="00E9713A"/>
+    <w:rsid w:val="00F045B9"/>
+    <w:rsid w:val="00F14A98"/>
+    <w:rsid w:val="00F15213"/>
+    <w:rsid w:val="00F449D3"/>
+    <w:rsid w:val="00F96CA8"/>
+    <w:rsid w:val="00FA23CF"/>
+    <w:rsid w:val="00FA55E2"/>
+    <w:rsid w:val="00FA59F7"/>
+    <w:rsid w:val="00FB56A9"/>
+    <w:rsid w:val="00FC737E"/>
+    <w:rsid w:val="00FD5B31"/>
+    <w:rsid w:val="00FF2D1F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="49E630D7"/>
+  <w14:docId w14:val="1CC91081"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{47981F48-DE00-4809-BB87-67C09950B187}"/>
+  <w15:docId w15:val="{6F00724B-57CD-47F4-9B87-02CF6CEF5065}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -17522,642 +13363,873 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Parasts">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E7711F"/>
+    <w:rsid w:val="001F1995"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman Bold" w:hAnsi="Times New Roman Bold" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="Virsraksts1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="Heading1Char"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts1Rakstz"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00CB1643"/>
+    <w:rsid w:val="00471A8F"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
-      <w:jc w:val="both"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:numPr>
+        <w:numId w:val="27"/>
+      </w:numPr>
+      <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:b/>
-      <w:bCs/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="lv-LV"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  <w:style w:type="paragraph" w:styleId="Virsraksts2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading2Char"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts2Rakstz"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00B23D9E"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+        <w:numId w:val="27"/>
+      </w:numPr>
+      <w:spacing w:before="40" w:line="360" w:lineRule="auto"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Virsraksts3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
+    <w:link w:val="Virsraksts3Rakstz"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00626849"/>
+    <w:rsid w:val="009C6756"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="40"/>
-[...21 lines deleted...]
-      <w:keepLines/>
+      <w:numPr>
+        <w:ilvl w:val="2"/>
+        <w:numId w:val="27"/>
+      </w:numPr>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Noklusjumarindkopasfonts">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="Parastatabula">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Bezsaraksta">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="Sarakstarindkopa">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Parasts"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00E7711F"/>
+    <w:rsid w:val="00917E61"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="252" w:lineRule="auto"/>
       <w:ind w:left="720"/>
-      <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
-[...6 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts1Rakstz">
+    <w:name w:val="Virsraksts 1 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00471A8F"/>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman"/>
-[...20 lines deleted...]
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:b/>
-      <w:bCs/>
-[...3 lines deleted...]
-      <w:lang w:eastAsia="lv-LV"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
+  <w:style w:type="character" w:styleId="Hipersaite">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00930AA5"/>
+    <w:rsid w:val="00137BB1"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="UnresolvedMention">
+  <w:style w:type="character" w:styleId="Neatrisintapieminana">
     <w:name w:val="Unresolved Mention"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00930AA5"/>
+    <w:rsid w:val="00137BB1"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts2Rakstz">
+    <w:name w:val="Virsraksts 2 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts2"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
-    <w:rsid w:val="00626849"/>
+    <w:rsid w:val="00B23D9E"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...1 lines deleted...]
-      <w:sz w:val="26"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:sz w:val="24"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
-[...2 lines deleted...]
-    <w:link w:val="Heading3"/>
+  <w:style w:type="character" w:styleId="Komentraatsauce">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F14A98"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Komentrateksts">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="KomentratekstsRakstz"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F14A98"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KomentratekstsRakstz">
+    <w:name w:val="Komentāra teksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Komentrateksts"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F14A98"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman Bold" w:hAnsi="Times New Roman Bold" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Komentratma">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="Komentrateksts"/>
+    <w:next w:val="Komentrateksts"/>
+    <w:link w:val="KomentratmaRakstz"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F14A98"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KomentratmaRakstz">
+    <w:name w:val="Komentāra tēma Rakstz."/>
+    <w:basedOn w:val="KomentratekstsRakstz"/>
+    <w:link w:val="Komentratma"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F14A98"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman Bold" w:hAnsi="Times New Roman Bold" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Virsraksts3Rakstz">
+    <w:name w:val="Virsraksts 3 Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Virsraksts3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00787147"/>
+    <w:rsid w:val="009C6756"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="Galvene">
     <w:name w:val="header"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="GalveneRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B44394"/>
+    <w:rsid w:val="00BF114C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
-[...2 lines deleted...]
-    <w:link w:val="Header"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="GalveneRakstz">
+    <w:name w:val="Galvene Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Galvene"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00B44394"/>
+    <w:rsid w:val="00BF114C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman Bold" w:hAnsi="Times New Roman Bold" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="Kjene">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="KjeneRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B44394"/>
+    <w:rsid w:val="00BF114C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-[...2 lines deleted...]
-    <w:link w:val="Footer"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KjeneRakstz">
+    <w:name w:val="Kājene Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Kjene"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00B44394"/>
+    <w:rsid w:val="00BF114C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman Bold" w:hAnsi="Times New Roman Bold" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentReference">
-[...1 lines deleted...]
-    <w:basedOn w:val="DefaultParagraphFont"/>
+  <w:style w:type="paragraph" w:styleId="Balonteksts">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:link w:val="BalontekstsRakstz"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001D3B83"/>
+    <w:rsid w:val="001F1995"/>
     <w:rPr>
-      <w:sz w:val="16"/>
-      <w:szCs w:val="16"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentText">
-[...2 lines deleted...]
-    <w:link w:val="CommentTextChar"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalontekstsRakstz">
+    <w:name w:val="Balonteksts Rakstz."/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:link w:val="Balonteksts"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="001F1995"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Saturardtjavirsraksts">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="Virsraksts1"/>
+    <w:next w:val="Parasts"/>
+    <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="001D3B83"/>
+    <w:qFormat/>
+    <w:rsid w:val="00055E17"/>
     <w:pPr>
-      <w:spacing w:after="160"/>
+      <w:numPr>
+        <w:numId w:val="0"/>
+      </w:numPr>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+      <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...1 lines deleted...]
-      <w:szCs w:val="20"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+      <w:b w:val="0"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
-[...10 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:styleId="Saturs1">
+    <w:name w:val="toc 1"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00055E17"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+    </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentSubject">
-[...5 lines deleted...]
-    <w:semiHidden/>
+  <w:style w:type="paragraph" w:styleId="Saturs2">
+    <w:name w:val="toc 2"/>
+    <w:basedOn w:val="Parasts"/>
+    <w:next w:val="Parasts"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00EA40D0"/>
+    <w:rsid w:val="00055E17"/>
     <w:pPr>
-      <w:spacing w:after="0"/>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="240"/>
     </w:pPr>
-    <w:rPr>
-[...4 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
-[...15 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="Revision">
+  <w:style w:type="paragraph" w:styleId="Prskatjums">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00923855"/>
+    <w:rsid w:val="004B7E9B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman Bold" w:hAnsi="Times New Roman Bold" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
-    <w:div w:id="266933652">
+    <w:div w:id="91753804">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="297613549">
+    <w:div w:id="109520274">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="381760084">
+    <w:div w:id="150566243">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="526139600">
+    <w:div w:id="241567442">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="590360599">
+    <w:div w:id="253520162">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="623536192">
+    <w:div w:id="278606011">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="635182759">
+    <w:div w:id="372465401">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="745346158">
+    <w:div w:id="571041513">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1175730145">
+    <w:div w:id="628974291">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1262294500">
+    <w:div w:id="673652200">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1266038133">
+    <w:div w:id="701898576">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1271888566">
+    <w:div w:id="915744893">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1352340366">
+    <w:div w:id="930427210">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1385956201">
+    <w:div w:id="1044058085">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1395816347">
+    <w:div w:id="1263755951">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1628898368">
+    <w:div w:id="1350835845">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1648978208">
+    <w:div w:id="1375353828">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1400401071">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1470316603">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1476024118">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1648706715">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1803768863">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1862276028">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1864781859">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1910729724">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1971933373">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1979991851">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1990012562">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2049337528">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2060938379">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2082290121">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://remigracija.lv/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.diaspora.lu.lv/fileadmin/user_upload/lu_portal/projekti/diaspora/petijumi/Diasporas_ieguldijumi_petijums.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.km.gov.lv/lv/media/43299/download?attachment" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lrvk.gov.lv/lv/getrevisionfile/29703-TrunR1tvpeFUQLmyE62yFTRi0VBDd3T-.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://remigracija.lv/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.paps.lv/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:diaspora@mfa.gov.lv" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theglobeandmail.com/opinion/article-lesson-baltics-molotov-ribbentrop-putin-trump/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lu.lv/par-mums/lu-mediji/zinas/zina/t/105142/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lzp.gov.lv/lv/letonika-latviskas-un-eiropeiskas-sabiedribas-attistibai-1" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchlatvia.gov.lv/lv/izm-veidota-diasporas-zinatnieku-datubaze-vieno-latvijas-petniekus-visa-pasaule" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wleif.lv/agenda/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -18420,82 +14492,88 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A0E15613-5AFE-4CA3-8761-6F8D54E77643}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{642CD65C-936A-4562-8536-F2FD17B8C863}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>17</Pages>
-[...1 lines deleted...]
-  <Characters>19000</Characters>
+  <Pages>10</Pages>
+  <Words>15243</Words>
+  <Characters>8690</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>158</Lines>
-  <Paragraphs>104</Paragraphs>
+  <Lines>72</Lines>
+  <Paragraphs>47</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Nosaukums</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>MFA Latvia</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>52228</CharactersWithSpaces>
+  <CharactersWithSpaces>23886</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Marija Dombrovska</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>