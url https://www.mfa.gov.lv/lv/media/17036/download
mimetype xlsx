--- v0 (2025-10-09)
+++ v1 (2025-11-21)
@@ -5,81 +5,81 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24332"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\ik162\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8D8A6D32-BEFB-4895-9B71-BAE77E657530}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9079046E-B65A-4741-8341-38ED705E3A0A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15120" xr2:uid="{E0684BFE-0171-46B9-8A58-D9BE57A564AC}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$B$8:$E$176</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$B$5:$E$176</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$8:$WTJ$200</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$B$5:$E$200</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="343" uniqueCount="203">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="391" uniqueCount="227">
   <si>
     <t>jurists</t>
   </si>
   <si>
     <t>trešais sekretārs</t>
   </si>
   <si>
     <t>padomnieks</t>
   </si>
   <si>
     <t>pirmais sekretārs</t>
   </si>
   <si>
     <t>vecākais referents</t>
   </si>
   <si>
     <t>ārkārtējais un pilnvarotais vēstnieks</t>
   </si>
   <si>
     <t>valsts sekretārs</t>
   </si>
   <si>
     <t>Andžejs Viļumsons</t>
   </si>
   <si>
@@ -118,53 +118,50 @@
   <si>
     <t>Agnese Kalniņa</t>
   </si>
   <si>
     <t>Dāvis Baiža</t>
   </si>
   <si>
     <t>Agnese Saliņa</t>
   </si>
   <si>
     <t>Gundega Riekstiņa</t>
   </si>
   <si>
     <t>juriskonsults</t>
   </si>
   <si>
     <t>Normunds Staris</t>
   </si>
   <si>
     <t>Artis Zaļūksnis</t>
   </si>
   <si>
     <t>Aļona Pavlova</t>
   </si>
   <si>
-    <t>Inga Kasicka</t>
-[...1 lines deleted...]
-  <si>
     <t>Katrīna  Leitāne</t>
   </si>
   <si>
     <t>Kristīna Viļkovska</t>
   </si>
   <si>
     <t>Gints Serafinovičs</t>
   </si>
   <si>
     <t>Alvis Pabērzs</t>
   </si>
   <si>
     <t>Artūrs Ivanovs</t>
   </si>
   <si>
     <t>Harijs Batrags</t>
   </si>
   <si>
     <t>Sandra Salmiņa-Šuke</t>
   </si>
   <si>
     <t>Vita Majore</t>
   </si>
   <si>
     <t>Dace Veidmane-Pundure</t>
@@ -235,53 +232,50 @@
   <si>
     <t>Guna Japiņa</t>
   </si>
   <si>
     <t>Marģers Krams</t>
   </si>
   <si>
     <t>Edgars Skuja</t>
   </si>
   <si>
     <t>Aiga Liepiņa</t>
   </si>
   <si>
     <t>konsuls, konsulāta vadītājs</t>
   </si>
   <si>
     <t>Klāvs Sniedze</t>
   </si>
   <si>
     <t>vicekonsuls</t>
   </si>
   <si>
     <t>Iveta Šustere</t>
   </si>
   <si>
-    <t>Margarita Bogdanova</t>
-[...1 lines deleted...]
-  <si>
     <t>Silva Kalniņa</t>
   </si>
   <si>
     <t>Ineta Žgute</t>
   </si>
   <si>
     <t>Kaspars Ozoliņš</t>
   </si>
   <si>
     <t>Kārlis Eihenbaums</t>
   </si>
   <si>
     <t>Vilmārs Heniņš</t>
   </si>
   <si>
     <t>Alda Vanaga</t>
   </si>
   <si>
     <t>Georgs Zommers</t>
   </si>
   <si>
     <t>Inga Graudiņa-Broša</t>
   </si>
   <si>
     <t>Inga Skujiņa</t>
@@ -316,113 +310,104 @@
   <si>
     <t>Ilvija Birkhāne</t>
   </si>
   <si>
     <t>Zane Rozenberga</t>
   </si>
   <si>
     <t>Elīna Zīlīte-Peniķe</t>
   </si>
   <si>
     <t>Edīte Medne</t>
   </si>
   <si>
     <t>Ieva Briede</t>
   </si>
   <si>
     <t>Jurijs Pogrebņaks</t>
   </si>
   <si>
     <t>Juris Štālmeistars</t>
   </si>
   <si>
     <t>Elīna Grintāle</t>
   </si>
   <si>
-    <t>Aivars Groza</t>
-[...1 lines deleted...]
-  <si>
     <t>Juris Bone</t>
   </si>
   <si>
     <t>Ieva Bīlmane</t>
   </si>
   <si>
     <t>Guna Āboltiņa</t>
   </si>
   <si>
     <t>Mārtiņš Legzdiņš</t>
   </si>
   <si>
     <t>Elita Gavele</t>
   </si>
   <si>
     <t>Zigmārs Zilgalvis</t>
   </si>
   <si>
     <t>Jānis Bērziņš</t>
   </si>
   <si>
-    <t>Irina Mangule</t>
-[...1 lines deleted...]
-  <si>
     <t>Solveiga Silkalna</t>
   </si>
   <si>
     <t>Edgars Bondars</t>
   </si>
   <si>
     <t>Māris Riekstiņš</t>
   </si>
   <si>
     <t>Solvita Āboltiņa</t>
   </si>
   <si>
     <t>Andris Pelšs</t>
   </si>
   <si>
     <t>Juris Poikāns</t>
   </si>
   <si>
     <t>Māra Fricberga</t>
   </si>
   <si>
     <t>Ieva Tropa</t>
   </si>
   <si>
     <t>Ligita Gribovska</t>
   </si>
   <si>
     <t>Bahtijors Hasans</t>
   </si>
   <si>
     <t>Ilgvars Kļava</t>
   </si>
   <si>
-    <t>Dzidra Liepiņa</t>
-[...1 lines deleted...]
-  <si>
     <t>Ivars Pundurs</t>
   </si>
   <si>
     <t>Sanita Pavļuta-Deslandes</t>
   </si>
   <si>
     <t>Elita Kuzma</t>
   </si>
   <si>
     <t>Svetlana Daukante</t>
   </si>
   <si>
     <t>Reinis Trokša</t>
   </si>
   <si>
     <t>Vita Freimane</t>
   </si>
   <si>
     <t>Indulis Bērziņš</t>
   </si>
   <si>
     <t>Filips Dobrājs</t>
   </si>
   <si>
     <t>ģenerālinspektors</t>
@@ -496,53 +481,50 @@
   <si>
     <t>Liene Bērtule</t>
   </si>
   <si>
     <t>Anda Sāre</t>
   </si>
   <si>
     <t>Renāte Krieviņa</t>
   </si>
   <si>
     <t>Ilona Ennina</t>
   </si>
   <si>
     <t>Anita Kaminska-Samata</t>
   </si>
   <si>
     <t>Jurģis Barkāns</t>
   </si>
   <si>
     <t>Andra Kalveniece</t>
   </si>
   <si>
     <t>Ineta Kudiņa</t>
   </si>
   <si>
-    <t>Baiba Melentjeva</t>
-[...1 lines deleted...]
-  <si>
     <t>Ilmārs Kamarūts</t>
   </si>
   <si>
     <t>informācijas sistēmu administrators</t>
   </si>
   <si>
     <t>Ilmārs Pužulis</t>
   </si>
   <si>
     <t>Ilze Skutāne</t>
   </si>
   <si>
     <t>informācijas sistēmu uzturētājs</t>
   </si>
   <si>
     <t>Matīss Ranka</t>
   </si>
   <si>
     <t>Ričards Jakobsons</t>
   </si>
   <si>
     <t>Laura Kellija</t>
   </si>
   <si>
     <t>Marija  Dombrovska</t>
@@ -577,124 +559,214 @@
   <si>
     <t>Amats</t>
   </si>
   <si>
     <t>Nr.p.k.</t>
   </si>
   <si>
     <t>Maija Bilsēna</t>
   </si>
   <si>
     <t>Sintija Ķikste</t>
   </si>
   <si>
     <t>Sanita Voloha</t>
   </si>
   <si>
     <t>Sanda Sīlīte-Galiņa</t>
   </si>
   <si>
     <t>Ansis Hercogs</t>
   </si>
   <si>
     <t>Vineta Freimane</t>
   </si>
   <si>
-    <t>Līga Janava</t>
-[...1 lines deleted...]
-  <si>
     <t>Ieva Birziņa</t>
   </si>
   <si>
     <t>Edgars Cerkovs</t>
   </si>
   <si>
     <t>departamenta direktora vietnieks-nodaļas vadītājs</t>
   </si>
   <si>
-    <t>Vineta Gasūna</t>
-[...1 lines deleted...]
-  <si>
     <t>Raimonds Jansons</t>
   </si>
   <si>
-    <t>Kristaps Gulbis</t>
-[...4 lines deleted...]
-  <si>
     <t>Laura Fučedži</t>
   </si>
   <si>
     <t>Edgars Kiukucāns</t>
   </si>
   <si>
     <t>sekretariāta direktors</t>
   </si>
   <si>
-    <t>Līga Dinsberga</t>
-[...1 lines deleted...]
-  <si>
     <t>Anastasija Džanhoteli</t>
   </si>
   <si>
     <t>Solvita Martinsone</t>
   </si>
   <si>
     <t>vadītājs</t>
   </si>
   <si>
     <t>Iveta Šķiņķe</t>
   </si>
   <si>
     <t>vadītāja vietnieks</t>
   </si>
   <si>
-    <t>Amatpersonām, kuras ir pilnvarotas pieņemt vai sagatavot pārvaldes lēmumus, aprēķinātais atalgojums 2025.gada augusta mēnesī</t>
-[...1 lines deleted...]
-  <si>
     <t>Ilze Purviņa</t>
   </si>
   <si>
     <t>Dāvis Daudzvārdis</t>
   </si>
   <si>
     <t>Samija Šerifa</t>
   </si>
   <si>
     <t>Ģirts Jaunzems</t>
   </si>
   <si>
     <t>Andrejs Pildegovičs</t>
+  </si>
+  <si>
+    <t>Zane Petre</t>
+  </si>
+  <si>
+    <t>Inga Sergeiceva</t>
+  </si>
+  <si>
+    <t>Pauls Gailītis</t>
+  </si>
+  <si>
+    <t>Madara Limba</t>
+  </si>
+  <si>
+    <t>Mārcis Maksims</t>
+  </si>
+  <si>
+    <t>Inga Krastiņa</t>
+  </si>
+  <si>
+    <t>Lienīte Burmeistare-Skuja</t>
+  </si>
+  <si>
+    <t>Māris Rumpe</t>
+  </si>
+  <si>
+    <t>Loreta Megne</t>
+  </si>
+  <si>
+    <t>Anda Mende</t>
+  </si>
+  <si>
+    <t>Dina Giluce</t>
+  </si>
+  <si>
+    <t>Olga Cepurīte</t>
+  </si>
+  <si>
+    <t>Lolita Lenkeviča</t>
+  </si>
+  <si>
+    <t>Roberts Rībenieks</t>
+  </si>
+  <si>
+    <t>Elīna Bračiņa</t>
+  </si>
+  <si>
+    <t>Diāna Putniņa</t>
+  </si>
+  <si>
+    <t>Aiva Usāne</t>
+  </si>
+  <si>
+    <t>Andris Karsums</t>
+  </si>
+  <si>
+    <t>Egils Leimanis</t>
+  </si>
+  <si>
+    <t>Gatis Šneiders</t>
+  </si>
+  <si>
+    <t>Juris Žuravļovs</t>
+  </si>
+  <si>
+    <t>Agita Briča</t>
+  </si>
+  <si>
+    <t>Egija Eglīte</t>
+  </si>
+  <si>
+    <t>Solvita Sāre</t>
+  </si>
+  <si>
+    <t>Aelita Čākure</t>
+  </si>
+  <si>
+    <t>Stella Ankrava</t>
+  </si>
+  <si>
+    <t>Ilze Landiša</t>
+  </si>
+  <si>
+    <t>Elīna Tanne</t>
+  </si>
+  <si>
+    <t>Santa Krūze</t>
+  </si>
+  <si>
+    <t>Egita Lase</t>
+  </si>
+  <si>
+    <t>Līga Renkmane</t>
+  </si>
+  <si>
+    <t>Svetlana Romanovska</t>
+  </si>
+  <si>
+    <t>Kristīne  Puriņa</t>
+  </si>
+  <si>
+    <t>Amatpersonām, kuras ir pilnvarotas pieņemt vai sagatavot pārvaldes lēmumus, aprēķinātais atalgojums 2025.gada oktobra mēnesī</t>
+  </si>
+  <si>
+    <t>Aleksejs Basevičs</t>
+  </si>
+  <si>
+    <t>Elvis Jēkabsons</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="10" x14ac:knownFonts="1">
+  <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="8"/>
       <color indexed="11"/>
       <name val="Tahoma"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="11"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
@@ -718,153 +790,179 @@
       <sz val="12"/>
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+    </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="3">
+  <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color rgb="FF4F81BD"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF4F81BD"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="1"/>
   </cellStyleXfs>
-  <cellXfs count="20">
+  <cellXfs count="23">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="2" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top"/>
-[...1 lines deleted...]
-    <xf numFmtId="2" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="2" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -1150,2653 +1248,2989 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0B0677F2-E3A2-4EE3-B84B-2BBA6F57EF71}">
-  <dimension ref="B2:E178"/>
+  <dimension ref="B2:F202"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A101" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
-      <selection activeCell="C58" sqref="C58"/>
+    <sheetView tabSelected="1" zoomScale="140" zoomScaleNormal="140" workbookViewId="0">
+      <selection activeCell="C5" sqref="C5:E6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="2" width="9.33203125" style="1"/>
     <col min="3" max="3" width="31.83203125" style="1" customWidth="1"/>
     <col min="4" max="4" width="62.6640625" style="1" customWidth="1"/>
     <col min="5" max="5" width="29.1640625" style="1" customWidth="1"/>
-    <col min="6" max="6" width="10" style="1" bestFit="1" customWidth="1"/>
-[...189 lines deleted...]
-    <col min="16090" max="16384" width="9.33203125" style="1"/>
+    <col min="6" max="203" width="9.33203125" style="1"/>
+    <col min="204" max="204" width="41.33203125" style="1" customWidth="1"/>
+    <col min="205" max="206" width="30.5" style="1" customWidth="1"/>
+    <col min="207" max="459" width="9.33203125" style="1"/>
+    <col min="460" max="460" width="41.33203125" style="1" customWidth="1"/>
+    <col min="461" max="462" width="30.5" style="1" customWidth="1"/>
+    <col min="463" max="715" width="9.33203125" style="1"/>
+    <col min="716" max="716" width="41.33203125" style="1" customWidth="1"/>
+    <col min="717" max="718" width="30.5" style="1" customWidth="1"/>
+    <col min="719" max="971" width="9.33203125" style="1"/>
+    <col min="972" max="972" width="41.33203125" style="1" customWidth="1"/>
+    <col min="973" max="974" width="30.5" style="1" customWidth="1"/>
+    <col min="975" max="1227" width="9.33203125" style="1"/>
+    <col min="1228" max="1228" width="41.33203125" style="1" customWidth="1"/>
+    <col min="1229" max="1230" width="30.5" style="1" customWidth="1"/>
+    <col min="1231" max="1483" width="9.33203125" style="1"/>
+    <col min="1484" max="1484" width="41.33203125" style="1" customWidth="1"/>
+    <col min="1485" max="1486" width="30.5" style="1" customWidth="1"/>
+    <col min="1487" max="1739" width="9.33203125" style="1"/>
+    <col min="1740" max="1740" width="41.33203125" style="1" customWidth="1"/>
+    <col min="1741" max="1742" width="30.5" style="1" customWidth="1"/>
+    <col min="1743" max="1995" width="9.33203125" style="1"/>
+    <col min="1996" max="1996" width="41.33203125" style="1" customWidth="1"/>
+    <col min="1997" max="1998" width="30.5" style="1" customWidth="1"/>
+    <col min="1999" max="2251" width="9.33203125" style="1"/>
+    <col min="2252" max="2252" width="41.33203125" style="1" customWidth="1"/>
+    <col min="2253" max="2254" width="30.5" style="1" customWidth="1"/>
+    <col min="2255" max="2507" width="9.33203125" style="1"/>
+    <col min="2508" max="2508" width="41.33203125" style="1" customWidth="1"/>
+    <col min="2509" max="2510" width="30.5" style="1" customWidth="1"/>
+    <col min="2511" max="2763" width="9.33203125" style="1"/>
+    <col min="2764" max="2764" width="41.33203125" style="1" customWidth="1"/>
+    <col min="2765" max="2766" width="30.5" style="1" customWidth="1"/>
+    <col min="2767" max="3019" width="9.33203125" style="1"/>
+    <col min="3020" max="3020" width="41.33203125" style="1" customWidth="1"/>
+    <col min="3021" max="3022" width="30.5" style="1" customWidth="1"/>
+    <col min="3023" max="3275" width="9.33203125" style="1"/>
+    <col min="3276" max="3276" width="41.33203125" style="1" customWidth="1"/>
+    <col min="3277" max="3278" width="30.5" style="1" customWidth="1"/>
+    <col min="3279" max="3531" width="9.33203125" style="1"/>
+    <col min="3532" max="3532" width="41.33203125" style="1" customWidth="1"/>
+    <col min="3533" max="3534" width="30.5" style="1" customWidth="1"/>
+    <col min="3535" max="3787" width="9.33203125" style="1"/>
+    <col min="3788" max="3788" width="41.33203125" style="1" customWidth="1"/>
+    <col min="3789" max="3790" width="30.5" style="1" customWidth="1"/>
+    <col min="3791" max="4043" width="9.33203125" style="1"/>
+    <col min="4044" max="4044" width="41.33203125" style="1" customWidth="1"/>
+    <col min="4045" max="4046" width="30.5" style="1" customWidth="1"/>
+    <col min="4047" max="4299" width="9.33203125" style="1"/>
+    <col min="4300" max="4300" width="41.33203125" style="1" customWidth="1"/>
+    <col min="4301" max="4302" width="30.5" style="1" customWidth="1"/>
+    <col min="4303" max="4555" width="9.33203125" style="1"/>
+    <col min="4556" max="4556" width="41.33203125" style="1" customWidth="1"/>
+    <col min="4557" max="4558" width="30.5" style="1" customWidth="1"/>
+    <col min="4559" max="4811" width="9.33203125" style="1"/>
+    <col min="4812" max="4812" width="41.33203125" style="1" customWidth="1"/>
+    <col min="4813" max="4814" width="30.5" style="1" customWidth="1"/>
+    <col min="4815" max="5067" width="9.33203125" style="1"/>
+    <col min="5068" max="5068" width="41.33203125" style="1" customWidth="1"/>
+    <col min="5069" max="5070" width="30.5" style="1" customWidth="1"/>
+    <col min="5071" max="5323" width="9.33203125" style="1"/>
+    <col min="5324" max="5324" width="41.33203125" style="1" customWidth="1"/>
+    <col min="5325" max="5326" width="30.5" style="1" customWidth="1"/>
+    <col min="5327" max="5579" width="9.33203125" style="1"/>
+    <col min="5580" max="5580" width="41.33203125" style="1" customWidth="1"/>
+    <col min="5581" max="5582" width="30.5" style="1" customWidth="1"/>
+    <col min="5583" max="5835" width="9.33203125" style="1"/>
+    <col min="5836" max="5836" width="41.33203125" style="1" customWidth="1"/>
+    <col min="5837" max="5838" width="30.5" style="1" customWidth="1"/>
+    <col min="5839" max="6091" width="9.33203125" style="1"/>
+    <col min="6092" max="6092" width="41.33203125" style="1" customWidth="1"/>
+    <col min="6093" max="6094" width="30.5" style="1" customWidth="1"/>
+    <col min="6095" max="6347" width="9.33203125" style="1"/>
+    <col min="6348" max="6348" width="41.33203125" style="1" customWidth="1"/>
+    <col min="6349" max="6350" width="30.5" style="1" customWidth="1"/>
+    <col min="6351" max="6603" width="9.33203125" style="1"/>
+    <col min="6604" max="6604" width="41.33203125" style="1" customWidth="1"/>
+    <col min="6605" max="6606" width="30.5" style="1" customWidth="1"/>
+    <col min="6607" max="6859" width="9.33203125" style="1"/>
+    <col min="6860" max="6860" width="41.33203125" style="1" customWidth="1"/>
+    <col min="6861" max="6862" width="30.5" style="1" customWidth="1"/>
+    <col min="6863" max="7115" width="9.33203125" style="1"/>
+    <col min="7116" max="7116" width="41.33203125" style="1" customWidth="1"/>
+    <col min="7117" max="7118" width="30.5" style="1" customWidth="1"/>
+    <col min="7119" max="7371" width="9.33203125" style="1"/>
+    <col min="7372" max="7372" width="41.33203125" style="1" customWidth="1"/>
+    <col min="7373" max="7374" width="30.5" style="1" customWidth="1"/>
+    <col min="7375" max="7627" width="9.33203125" style="1"/>
+    <col min="7628" max="7628" width="41.33203125" style="1" customWidth="1"/>
+    <col min="7629" max="7630" width="30.5" style="1" customWidth="1"/>
+    <col min="7631" max="7883" width="9.33203125" style="1"/>
+    <col min="7884" max="7884" width="41.33203125" style="1" customWidth="1"/>
+    <col min="7885" max="7886" width="30.5" style="1" customWidth="1"/>
+    <col min="7887" max="8139" width="9.33203125" style="1"/>
+    <col min="8140" max="8140" width="41.33203125" style="1" customWidth="1"/>
+    <col min="8141" max="8142" width="30.5" style="1" customWidth="1"/>
+    <col min="8143" max="8395" width="9.33203125" style="1"/>
+    <col min="8396" max="8396" width="41.33203125" style="1" customWidth="1"/>
+    <col min="8397" max="8398" width="30.5" style="1" customWidth="1"/>
+    <col min="8399" max="8651" width="9.33203125" style="1"/>
+    <col min="8652" max="8652" width="41.33203125" style="1" customWidth="1"/>
+    <col min="8653" max="8654" width="30.5" style="1" customWidth="1"/>
+    <col min="8655" max="8907" width="9.33203125" style="1"/>
+    <col min="8908" max="8908" width="41.33203125" style="1" customWidth="1"/>
+    <col min="8909" max="8910" width="30.5" style="1" customWidth="1"/>
+    <col min="8911" max="9163" width="9.33203125" style="1"/>
+    <col min="9164" max="9164" width="41.33203125" style="1" customWidth="1"/>
+    <col min="9165" max="9166" width="30.5" style="1" customWidth="1"/>
+    <col min="9167" max="9419" width="9.33203125" style="1"/>
+    <col min="9420" max="9420" width="41.33203125" style="1" customWidth="1"/>
+    <col min="9421" max="9422" width="30.5" style="1" customWidth="1"/>
+    <col min="9423" max="9675" width="9.33203125" style="1"/>
+    <col min="9676" max="9676" width="41.33203125" style="1" customWidth="1"/>
+    <col min="9677" max="9678" width="30.5" style="1" customWidth="1"/>
+    <col min="9679" max="9931" width="9.33203125" style="1"/>
+    <col min="9932" max="9932" width="41.33203125" style="1" customWidth="1"/>
+    <col min="9933" max="9934" width="30.5" style="1" customWidth="1"/>
+    <col min="9935" max="10187" width="9.33203125" style="1"/>
+    <col min="10188" max="10188" width="41.33203125" style="1" customWidth="1"/>
+    <col min="10189" max="10190" width="30.5" style="1" customWidth="1"/>
+    <col min="10191" max="10443" width="9.33203125" style="1"/>
+    <col min="10444" max="10444" width="41.33203125" style="1" customWidth="1"/>
+    <col min="10445" max="10446" width="30.5" style="1" customWidth="1"/>
+    <col min="10447" max="10699" width="9.33203125" style="1"/>
+    <col min="10700" max="10700" width="41.33203125" style="1" customWidth="1"/>
+    <col min="10701" max="10702" width="30.5" style="1" customWidth="1"/>
+    <col min="10703" max="10955" width="9.33203125" style="1"/>
+    <col min="10956" max="10956" width="41.33203125" style="1" customWidth="1"/>
+    <col min="10957" max="10958" width="30.5" style="1" customWidth="1"/>
+    <col min="10959" max="11211" width="9.33203125" style="1"/>
+    <col min="11212" max="11212" width="41.33203125" style="1" customWidth="1"/>
+    <col min="11213" max="11214" width="30.5" style="1" customWidth="1"/>
+    <col min="11215" max="11467" width="9.33203125" style="1"/>
+    <col min="11468" max="11468" width="41.33203125" style="1" customWidth="1"/>
+    <col min="11469" max="11470" width="30.5" style="1" customWidth="1"/>
+    <col min="11471" max="11723" width="9.33203125" style="1"/>
+    <col min="11724" max="11724" width="41.33203125" style="1" customWidth="1"/>
+    <col min="11725" max="11726" width="30.5" style="1" customWidth="1"/>
+    <col min="11727" max="11979" width="9.33203125" style="1"/>
+    <col min="11980" max="11980" width="41.33203125" style="1" customWidth="1"/>
+    <col min="11981" max="11982" width="30.5" style="1" customWidth="1"/>
+    <col min="11983" max="12235" width="9.33203125" style="1"/>
+    <col min="12236" max="12236" width="41.33203125" style="1" customWidth="1"/>
+    <col min="12237" max="12238" width="30.5" style="1" customWidth="1"/>
+    <col min="12239" max="12491" width="9.33203125" style="1"/>
+    <col min="12492" max="12492" width="41.33203125" style="1" customWidth="1"/>
+    <col min="12493" max="12494" width="30.5" style="1" customWidth="1"/>
+    <col min="12495" max="12747" width="9.33203125" style="1"/>
+    <col min="12748" max="12748" width="41.33203125" style="1" customWidth="1"/>
+    <col min="12749" max="12750" width="30.5" style="1" customWidth="1"/>
+    <col min="12751" max="13003" width="9.33203125" style="1"/>
+    <col min="13004" max="13004" width="41.33203125" style="1" customWidth="1"/>
+    <col min="13005" max="13006" width="30.5" style="1" customWidth="1"/>
+    <col min="13007" max="13259" width="9.33203125" style="1"/>
+    <col min="13260" max="13260" width="41.33203125" style="1" customWidth="1"/>
+    <col min="13261" max="13262" width="30.5" style="1" customWidth="1"/>
+    <col min="13263" max="13515" width="9.33203125" style="1"/>
+    <col min="13516" max="13516" width="41.33203125" style="1" customWidth="1"/>
+    <col min="13517" max="13518" width="30.5" style="1" customWidth="1"/>
+    <col min="13519" max="13771" width="9.33203125" style="1"/>
+    <col min="13772" max="13772" width="41.33203125" style="1" customWidth="1"/>
+    <col min="13773" max="13774" width="30.5" style="1" customWidth="1"/>
+    <col min="13775" max="14027" width="9.33203125" style="1"/>
+    <col min="14028" max="14028" width="41.33203125" style="1" customWidth="1"/>
+    <col min="14029" max="14030" width="30.5" style="1" customWidth="1"/>
+    <col min="14031" max="14283" width="9.33203125" style="1"/>
+    <col min="14284" max="14284" width="41.33203125" style="1" customWidth="1"/>
+    <col min="14285" max="14286" width="30.5" style="1" customWidth="1"/>
+    <col min="14287" max="14539" width="9.33203125" style="1"/>
+    <col min="14540" max="14540" width="41.33203125" style="1" customWidth="1"/>
+    <col min="14541" max="14542" width="30.5" style="1" customWidth="1"/>
+    <col min="14543" max="14795" width="9.33203125" style="1"/>
+    <col min="14796" max="14796" width="41.33203125" style="1" customWidth="1"/>
+    <col min="14797" max="14798" width="30.5" style="1" customWidth="1"/>
+    <col min="14799" max="15051" width="9.33203125" style="1"/>
+    <col min="15052" max="15052" width="41.33203125" style="1" customWidth="1"/>
+    <col min="15053" max="15054" width="30.5" style="1" customWidth="1"/>
+    <col min="15055" max="15307" width="9.33203125" style="1"/>
+    <col min="15308" max="15308" width="41.33203125" style="1" customWidth="1"/>
+    <col min="15309" max="15310" width="30.5" style="1" customWidth="1"/>
+    <col min="15311" max="15563" width="9.33203125" style="1"/>
+    <col min="15564" max="15564" width="41.33203125" style="1" customWidth="1"/>
+    <col min="15565" max="15566" width="30.5" style="1" customWidth="1"/>
+    <col min="15567" max="15819" width="9.33203125" style="1"/>
+    <col min="15820" max="15820" width="41.33203125" style="1" customWidth="1"/>
+    <col min="15821" max="15822" width="30.5" style="1" customWidth="1"/>
+    <col min="15823" max="16075" width="9.33203125" style="1"/>
+    <col min="16076" max="16076" width="41.33203125" style="1" customWidth="1"/>
+    <col min="16077" max="16078" width="30.5" style="1" customWidth="1"/>
+    <col min="16079" max="16384" width="9.33203125" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:5" x14ac:dyDescent="0.15">
-      <c r="C2" s="19" t="s">
-[...3 lines deleted...]
-      <c r="E2" s="19"/>
+      <c r="C2" s="22" t="s">
+        <v>165</v>
+      </c>
+      <c r="D2" s="22"/>
+      <c r="E2" s="22"/>
     </row>
     <row r="3" spans="2:5" x14ac:dyDescent="0.2">
       <c r="E3" s="2"/>
     </row>
     <row r="4" spans="2:5" x14ac:dyDescent="0.2">
       <c r="E4" s="2"/>
     </row>
     <row r="5" spans="2:5" x14ac:dyDescent="0.15">
-      <c r="C5" s="18" t="s">
-[...3 lines deleted...]
-      <c r="E5" s="18"/>
+      <c r="C5" s="21" t="s">
+        <v>224</v>
+      </c>
+      <c r="D5" s="21"/>
+      <c r="E5" s="21"/>
     </row>
     <row r="6" spans="2:5" x14ac:dyDescent="0.15">
-      <c r="C6" s="18"/>
-[...1 lines deleted...]
-      <c r="E6" s="18"/>
+      <c r="C6" s="21"/>
+      <c r="D6" s="21"/>
+      <c r="E6" s="21"/>
     </row>
     <row r="8" spans="2:5" ht="31.5" x14ac:dyDescent="0.15">
       <c r="B8" s="4" t="s">
-        <v>173</v>
+        <v>167</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>168</v>
+        <v>162</v>
       </c>
       <c r="D8" s="10" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>169</v>
+        <v>163</v>
       </c>
     </row>
     <row r="9" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B9" s="4">
         <v>1</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>215</v>
+      </c>
+      <c r="D9" s="17" t="s">
+        <v>3</v>
       </c>
       <c r="E9" s="12">
-        <v>3465.56</v>
+        <v>2572.29</v>
       </c>
     </row>
     <row r="10" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B10" s="4">
         <v>2</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>212</v>
+      </c>
+      <c r="D10" s="17" t="s">
+        <v>1</v>
       </c>
       <c r="E10" s="12">
-        <v>4359.1100000000006</v>
+        <v>1564.8</v>
       </c>
     </row>
     <row r="11" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B11" s="4">
         <v>3</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>79</v>
+        <v>19</v>
       </c>
       <c r="D11" s="4" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="E11" s="12">
-        <v>3530.17</v>
+        <v>4765.3500000000004</v>
       </c>
     </row>
     <row r="12" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B12" s="4">
         <v>4</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>61</v>
+        <v>21</v>
       </c>
       <c r="D12" s="4" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="E12" s="12">
-        <v>3962.47</v>
+        <v>4030.6400000000003</v>
       </c>
     </row>
     <row r="13" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B13" s="4">
         <v>5</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>93</v>
+        <v>77</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E13" s="12">
-        <v>1245.95</v>
+        <v>4605.5</v>
       </c>
     </row>
     <row r="14" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B14" s="4">
         <v>6</v>
       </c>
-      <c r="C14" s="11" t="s">
-[...2 lines deleted...]
-      <c r="D14" s="11" t="s">
+      <c r="C14" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="D14" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E14" s="12">
-        <v>3137.17</v>
+        <v>4360.8</v>
       </c>
     </row>
     <row r="15" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B15" s="4">
         <v>7</v>
       </c>
-      <c r="C15" s="11" t="s">
-[...3 lines deleted...]
-        <v>4</v>
+      <c r="C15" s="5" t="s">
+        <v>207</v>
+      </c>
+      <c r="D15" s="5" t="s">
+        <v>1</v>
       </c>
       <c r="E15" s="12">
-        <v>1665</v>
+        <v>1564.8</v>
       </c>
     </row>
     <row r="16" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B16" s="4">
         <v>8</v>
       </c>
-      <c r="C16" s="11" t="s">
-[...3 lines deleted...]
-        <v>5</v>
+      <c r="C16" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="D16" s="5" t="s">
+        <v>152</v>
       </c>
       <c r="E16" s="12">
-        <v>2927.8799999999997</v>
+        <v>3761.45</v>
       </c>
     </row>
     <row r="17" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B17" s="4">
         <v>9</v>
       </c>
-      <c r="C17" s="5" t="s">
-[...3 lines deleted...]
-        <v>11</v>
+      <c r="C17" s="11" t="s">
+        <v>70</v>
+      </c>
+      <c r="D17" s="11" t="s">
+        <v>5</v>
       </c>
       <c r="E17" s="12">
-        <v>2909.5</v>
+        <v>4360.8</v>
       </c>
     </row>
     <row r="18" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B18" s="4">
         <v>10</v>
       </c>
-      <c r="C18" s="5" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="C18" s="11" t="s">
+        <v>81</v>
+      </c>
+      <c r="D18" s="11" t="s">
+        <v>5</v>
       </c>
       <c r="E18" s="12">
-        <v>477.34</v>
+        <v>4360.8</v>
       </c>
     </row>
     <row r="19" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B19" s="4">
         <v>11</v>
       </c>
-      <c r="C19" s="8" t="s">
-        <v>192</v>
+      <c r="C19" s="5" t="s">
+        <v>30</v>
       </c>
       <c r="D19" s="4" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="E19" s="12">
-        <v>1970.99</v>
+        <v>3308.75</v>
       </c>
     </row>
     <row r="20" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B20" s="4">
         <v>12</v>
       </c>
-      <c r="C20" s="5" t="s">
-        <v>146</v>
+      <c r="C20" s="11" t="s">
+        <v>26</v>
       </c>
       <c r="D20" s="4" t="s">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="E20" s="12">
-        <v>2148.0400000000004</v>
+        <v>599.57000000000005</v>
       </c>
     </row>
     <row r="21" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B21" s="4">
         <v>13</v>
       </c>
-      <c r="C21" s="5" t="s">
-[...3 lines deleted...]
-        <v>9</v>
+      <c r="C21" s="16" t="s">
+        <v>181</v>
+      </c>
+      <c r="D21" s="11" t="s">
+        <v>4</v>
       </c>
       <c r="E21" s="12">
-        <v>1381.46</v>
+        <v>1564.8</v>
       </c>
     </row>
     <row r="22" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B22" s="4">
         <v>14</v>
       </c>
-      <c r="C22" s="5" t="s">
-[...3 lines deleted...]
-        <v>2</v>
+      <c r="C22" s="11" t="s">
+        <v>141</v>
+      </c>
+      <c r="D22" s="11" t="s">
+        <v>9</v>
       </c>
       <c r="E22" s="12">
-        <v>2422.8000000000002</v>
+        <v>1892.4</v>
       </c>
     </row>
     <row r="23" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B23" s="4">
         <v>15</v>
       </c>
-      <c r="C23" s="5" t="s">
-[...6 lines deleted...]
-        <v>4288.6000000000004</v>
+      <c r="C23" s="11" t="s">
+        <v>200</v>
+      </c>
+      <c r="D23" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="E23" s="12">
+        <v>2415.91</v>
       </c>
     </row>
     <row r="24" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B24" s="4">
         <v>16</v>
       </c>
-      <c r="C24" s="5" t="s">
-        <v>78</v>
+      <c r="C24" s="11" t="s">
+        <v>146</v>
       </c>
       <c r="D24" s="4" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>4360.8</v>
+        <v>9</v>
+      </c>
+      <c r="E24" s="12">
+        <v>1933.36</v>
       </c>
     </row>
     <row r="25" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B25" s="4">
         <v>17</v>
       </c>
-      <c r="C25" s="5" t="s">
-[...6 lines deleted...]
-        <v>4832.24</v>
+      <c r="C25" s="11" t="s">
+        <v>134</v>
+      </c>
+      <c r="D25" s="11" t="s">
+        <v>2</v>
+      </c>
+      <c r="E25" s="12">
+        <v>2422.8000000000002</v>
       </c>
     </row>
     <row r="26" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B26" s="4">
         <v>18</v>
       </c>
-      <c r="C26" s="5" t="s">
-[...3 lines deleted...]
-        <v>6</v>
+      <c r="C26" s="11" t="s">
+        <v>208</v>
+      </c>
+      <c r="D26" s="11" t="s">
+        <v>4</v>
       </c>
       <c r="E26" s="12">
-        <v>6536.68</v>
+        <v>1308.3799999999999</v>
       </c>
     </row>
     <row r="27" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B27" s="4">
         <v>19</v>
       </c>
-      <c r="C27" s="5" t="s">
-[...3 lines deleted...]
-        <v>1</v>
+      <c r="C27" s="11" t="s">
+        <v>102</v>
+      </c>
+      <c r="D27" s="11" t="s">
+        <v>5</v>
       </c>
       <c r="E27" s="12">
-        <v>1564.8</v>
+        <v>4360.8</v>
       </c>
     </row>
     <row r="28" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B28" s="4">
         <v>20</v>
       </c>
-      <c r="C28" s="5" t="s">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="C28" s="11" t="s">
+        <v>76</v>
+      </c>
+      <c r="D28" s="11" t="s">
+        <v>5</v>
       </c>
       <c r="E28" s="12">
-        <v>2940</v>
+        <v>5066.3900000000003</v>
       </c>
     </row>
     <row r="29" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B29" s="4">
         <v>21</v>
       </c>
-      <c r="C29" s="5" t="s">
-[...3 lines deleted...]
-        <v>23</v>
+      <c r="C29" s="11" t="s">
+        <v>190</v>
+      </c>
+      <c r="D29" s="11" t="s">
+        <v>5</v>
       </c>
       <c r="E29" s="12">
-        <v>1915</v>
+        <v>4360.8</v>
       </c>
     </row>
     <row r="30" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B30" s="4">
         <v>22</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>25</v>
+        <v>7</v>
       </c>
       <c r="D30" s="4" t="s">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="E30" s="12">
-        <v>2567.13</v>
-[...2 lines deleted...]
-    <row r="31" spans="2:5" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+        <v>6569.7400000000007</v>
+      </c>
+    </row>
+    <row r="31" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B31" s="4">
         <v>23</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>32</v>
+        <v>144</v>
       </c>
       <c r="D31" s="4" t="s">
-        <v>23</v>
+        <v>1</v>
       </c>
       <c r="E31" s="12">
-        <v>2212.77</v>
+        <v>1564.8</v>
       </c>
     </row>
     <row r="32" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B32" s="4">
         <v>24</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>84</v>
+        <v>172</v>
       </c>
       <c r="D32" s="4" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="E32" s="12">
-        <v>4360.8</v>
+        <v>3675</v>
       </c>
     </row>
     <row r="33" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B33" s="4">
         <v>25</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>111</v>
+        <v>158</v>
       </c>
       <c r="D33" s="4" t="s">
-        <v>5</v>
+        <v>23</v>
       </c>
       <c r="E33" s="12">
-        <v>4360.8</v>
+        <v>2346.94</v>
       </c>
     </row>
     <row r="34" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B34" s="4">
         <v>26</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>153</v>
+        <v>25</v>
       </c>
       <c r="D34" s="4" t="s">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="E34" s="12">
-        <v>1665</v>
-[...2 lines deleted...]
-    <row r="35" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
+        <v>1113.48</v>
+      </c>
+    </row>
+    <row r="35" spans="2:5" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B35" s="4">
         <v>27</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>165</v>
+        <v>31</v>
       </c>
       <c r="D35" s="4" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="E35" s="12">
-        <v>3493.48</v>
+        <v>2225</v>
       </c>
     </row>
     <row r="36" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B36" s="4">
         <v>28</v>
       </c>
       <c r="C36" s="5" t="s">
         <v>82</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E36" s="12">
-        <v>4465.2</v>
+        <v>4360.8</v>
       </c>
     </row>
     <row r="37" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B37" s="4">
         <v>29</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>36</v>
+        <v>107</v>
       </c>
       <c r="D37" s="4" t="s">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="E37" s="12">
-        <v>4106.579999999999</v>
+        <v>4360.8</v>
       </c>
     </row>
     <row r="38" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B38" s="4">
         <v>30</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>57</v>
+        <v>159</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E38" s="12">
-        <v>4360.8</v>
+        <v>4256.1900000000005</v>
       </c>
     </row>
     <row r="39" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B39" s="4">
         <v>31</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="D39" s="4" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="E39" s="12">
-        <v>955.71999999999991</v>
+        <v>4360.8</v>
       </c>
     </row>
     <row r="40" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B40" s="4">
         <v>32</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>199</v>
+        <v>35</v>
       </c>
       <c r="D40" s="4" t="s">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="E40" s="12">
-        <v>3842.3</v>
+        <v>2673.74</v>
       </c>
     </row>
     <row r="41" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B41" s="4">
         <v>33</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>113</v>
+        <v>56</v>
       </c>
       <c r="D41" s="4" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="E41" s="12">
-        <v>859.2</v>
+        <v>4360.8</v>
       </c>
     </row>
     <row r="42" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B42" s="4">
         <v>34</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>103</v>
+        <v>20</v>
       </c>
       <c r="D42" s="4" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="E42" s="12">
-        <v>4207.59</v>
+        <v>4180.55</v>
       </c>
     </row>
     <row r="43" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B43" s="4">
         <v>35</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="D43" s="4" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E43" s="12">
-        <v>1942.9099999999999</v>
+        <v>4414.6000000000004</v>
       </c>
     </row>
     <row r="44" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B44" s="4">
         <v>36</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>189</v>
+        <v>206</v>
       </c>
       <c r="D44" s="4" t="s">
-        <v>190</v>
+        <v>2</v>
       </c>
       <c r="E44" s="12">
-        <v>2863.9</v>
+        <v>2676.81</v>
       </c>
     </row>
     <row r="45" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B45" s="4">
         <v>37</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>60</v>
+        <v>201</v>
       </c>
       <c r="D45" s="4" t="s">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E45" s="12">
-        <v>2224.7399999999998</v>
+        <v>1564.8</v>
       </c>
     </row>
     <row r="46" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B46" s="4">
         <v>38</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>88</v>
+        <v>99</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E46" s="12">
-        <v>4360.8</v>
+        <v>4612.5599999999995</v>
       </c>
     </row>
     <row r="47" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B47" s="4">
         <v>39</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>127</v>
+        <v>175</v>
       </c>
       <c r="D47" s="4" t="s">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="E47" s="12">
-        <v>2003.64</v>
-[...2 lines deleted...]
-    <row r="48" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
+        <v>1800.81</v>
+      </c>
+    </row>
+    <row r="48" spans="2:5" ht="15.75" x14ac:dyDescent="0.15">
       <c r="B48" s="4">
         <v>40</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>98</v>
+        <v>179</v>
       </c>
       <c r="D48" s="4" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>3652.88</v>
+        <v>180</v>
+      </c>
+      <c r="E48" s="20">
+        <v>4806.5200000000004</v>
       </c>
     </row>
     <row r="49" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B49" s="4">
         <v>41</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>116</v>
+        <v>59</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E49" s="12">
-        <v>3289.5499999999997</v>
+        <v>4360.8</v>
       </c>
     </row>
     <row r="50" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B50" s="4">
         <v>42</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>92</v>
+        <v>86</v>
       </c>
       <c r="D50" s="4" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="E50" s="12">
-        <v>2938.8</v>
+        <v>3792</v>
       </c>
     </row>
     <row r="51" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B51" s="4">
         <v>43</v>
       </c>
-      <c r="C51" s="5" t="s">
-        <v>87</v>
+      <c r="C51" s="11" t="s">
+        <v>122</v>
       </c>
       <c r="D51" s="4" t="s">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="E51" s="12">
-        <v>745.1400000000001</v>
+        <v>1910.43</v>
       </c>
     </row>
     <row r="52" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B52" s="4">
         <v>44</v>
       </c>
-      <c r="C52" s="5" t="s">
-        <v>41</v>
+      <c r="C52" s="11" t="s">
+        <v>213</v>
       </c>
       <c r="D52" s="4" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E52" s="12">
-        <v>1968</v>
+        <v>2447.37</v>
       </c>
     </row>
     <row r="53" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B53" s="4">
         <v>45</v>
       </c>
-      <c r="C53" s="5" t="s">
-        <v>40</v>
+      <c r="C53" s="11" t="s">
+        <v>220</v>
       </c>
       <c r="D53" s="4" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="E53" s="12">
-        <v>2319.71</v>
+        <v>3708</v>
       </c>
     </row>
     <row r="54" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B54" s="4">
         <v>46</v>
       </c>
-      <c r="C54" s="5" t="s">
-        <v>47</v>
+      <c r="C54" s="11" t="s">
+        <v>209</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>9</v>
       </c>
       <c r="E54" s="12">
-        <v>1583.15</v>
+        <v>1910.7900000000002</v>
       </c>
     </row>
     <row r="55" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B55" s="4">
         <v>47</v>
       </c>
-      <c r="C55" s="8" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="C55" s="11" t="s">
+        <v>95</v>
+      </c>
+      <c r="D55" s="4" t="s">
+        <v>5</v>
       </c>
       <c r="E55" s="12">
-        <v>2895.71</v>
+        <v>4360.8</v>
       </c>
     </row>
     <row r="56" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B56" s="4">
         <v>48</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>73</v>
+        <v>111</v>
       </c>
       <c r="D56" s="4" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="E56" s="12">
-        <v>2798.86</v>
+        <v>4360.8</v>
       </c>
     </row>
     <row r="57" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B57" s="4">
         <v>49</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>30</v>
+        <v>205</v>
       </c>
       <c r="D57" s="4" t="s">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E57" s="12">
-        <v>3438.14</v>
+        <v>1564.8</v>
       </c>
     </row>
     <row r="58" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B58" s="4">
         <v>50</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="D58" s="4" t="s">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="E58" s="12">
-        <v>1564.8</v>
+        <v>3000.75</v>
       </c>
     </row>
     <row r="59" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B59" s="4">
         <v>51</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>58</v>
+        <v>218</v>
       </c>
       <c r="D59" s="4" t="s">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="E59" s="12">
-        <v>4360.8</v>
+        <v>2106.7800000000002</v>
       </c>
     </row>
     <row r="60" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B60" s="4">
         <v>52</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>48</v>
+        <v>85</v>
       </c>
       <c r="D60" s="4" t="s">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="E60" s="12">
-        <v>2118</v>
-[...2 lines deleted...]
-    <row r="61" spans="2:5" ht="15.75" x14ac:dyDescent="0.15">
+        <v>1642.73</v>
+      </c>
+    </row>
+    <row r="61" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B61" s="4">
         <v>53</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="D61" s="4" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="E61" s="12">
+        <v>2516.7399999999998</v>
       </c>
     </row>
     <row r="62" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B62" s="4">
         <v>54</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>201</v>
+        <v>226</v>
       </c>
       <c r="D62" s="4" t="s">
-        <v>5</v>
+        <v>152</v>
       </c>
       <c r="E62" s="12">
-        <v>3997.7</v>
+        <v>3068</v>
       </c>
     </row>
     <row r="63" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B63" s="4">
         <v>55</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>9</v>
       </c>
       <c r="E63" s="12">
-        <v>2818.63</v>
+        <v>2255.39</v>
       </c>
     </row>
     <row r="64" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B64" s="4">
         <v>56</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>128</v>
+        <v>46</v>
       </c>
       <c r="D64" s="4" t="s">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="E64" s="12">
-        <v>2250.29</v>
+        <v>3004.2000000000003</v>
       </c>
     </row>
     <row r="65" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B65" s="4">
         <v>57</v>
       </c>
-      <c r="C65" s="5" t="s">
-[...3 lines deleted...]
-        <v>4</v>
+      <c r="C65" s="8" t="s">
+        <v>116</v>
+      </c>
+      <c r="D65" s="13" t="s">
+        <v>0</v>
       </c>
       <c r="E65" s="12">
-        <v>1724.8300000000002</v>
+        <v>1970</v>
       </c>
     </row>
     <row r="66" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B66" s="4">
         <v>58</v>
       </c>
-      <c r="C66" s="5" t="s">
-[...3 lines deleted...]
-        <v>11</v>
+      <c r="C66" s="8" t="s">
+        <v>210</v>
+      </c>
+      <c r="D66" s="13" t="s">
+        <v>2</v>
       </c>
       <c r="E66" s="12">
-        <v>2958.73</v>
+        <v>2422.8000000000002</v>
       </c>
     </row>
     <row r="67" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B67" s="4">
         <v>59</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>89</v>
+        <v>71</v>
       </c>
       <c r="D67" s="4" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="E67" s="12">
-        <v>4881.4800000000005</v>
+        <v>3285.19</v>
       </c>
     </row>
     <row r="68" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B68" s="4">
         <v>60</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="D68" s="4" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E68" s="12">
-        <v>2698.75</v>
-[...2 lines deleted...]
-    <row r="69" spans="2:5" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>4360.8</v>
+      </c>
+    </row>
+    <row r="69" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B69" s="4">
         <v>61</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>143</v>
+        <v>93</v>
       </c>
       <c r="D69" s="4" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E69" s="12">
-        <v>3345.1999999999994</v>
+        <v>1610.01</v>
       </c>
     </row>
     <row r="70" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B70" s="4">
         <v>62</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>37</v>
+        <v>57</v>
       </c>
       <c r="D70" s="4" t="s">
-        <v>2</v>
+        <v>16</v>
       </c>
       <c r="E70" s="12">
-        <v>2502</v>
+        <v>3895.6000000000004</v>
       </c>
     </row>
     <row r="71" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B71" s="4">
         <v>63</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>109</v>
+        <v>47</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>9</v>
       </c>
       <c r="E71" s="12">
-        <v>2089.6200000000003</v>
-[...2 lines deleted...]
-    <row r="72" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
+        <v>2155.83</v>
+      </c>
+    </row>
+    <row r="72" spans="2:5" ht="15.75" x14ac:dyDescent="0.15">
       <c r="B72" s="4">
         <v>64</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>112</v>
+        <v>22</v>
       </c>
       <c r="D72" s="4" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-        <v>4528.57</v>
+        <v>10</v>
+      </c>
+      <c r="E72" s="19">
+        <v>0</v>
       </c>
     </row>
     <row r="73" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B73" s="4">
         <v>65</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>154</v>
+        <v>189</v>
       </c>
       <c r="D73" s="4" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="E73" s="12">
-        <v>4662</v>
+        <v>4360.8</v>
       </c>
     </row>
     <row r="74" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B74" s="4">
         <v>66</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-        <v>155</v>
+        <v>32</v>
+      </c>
+      <c r="D74" s="4" t="s">
+        <v>9</v>
       </c>
       <c r="E74" s="12">
-        <v>4653.46</v>
+        <v>2318</v>
       </c>
     </row>
     <row r="75" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B75" s="4">
         <v>67</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>148</v>
+        <v>123</v>
       </c>
       <c r="D75" s="4" t="s">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="E75" s="12">
-        <v>1790.3</v>
+        <v>2362.8000000000002</v>
       </c>
     </row>
     <row r="76" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B76" s="4">
         <v>68</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>85</v>
+        <v>174</v>
       </c>
       <c r="D76" s="4" t="s">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="E76" s="12">
-        <v>3024.52</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="77" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B77" s="4">
         <v>69</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>198</v>
+        <v>92</v>
       </c>
       <c r="D77" s="4" t="s">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="E77" s="12">
-        <v>2122.04</v>
+        <v>2583.7399999999998</v>
       </c>
     </row>
     <row r="78" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B78" s="4">
         <v>70</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>157</v>
+        <v>87</v>
       </c>
       <c r="D78" s="4" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="E78" s="12">
-        <v>4536.16</v>
+        <v>4360.8</v>
       </c>
     </row>
     <row r="79" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B79" s="4">
         <v>71</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="D79" s="4" t="s">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="E79" s="12">
-        <v>2118</v>
-[...2 lines deleted...]
-    <row r="80" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
+        <v>1596.23</v>
+      </c>
+    </row>
+    <row r="80" spans="2:5" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B80" s="4">
         <v>72</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>129</v>
+        <v>138</v>
       </c>
       <c r="D80" s="4" t="s">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="E80" s="12">
-        <v>1892.4</v>
+        <v>2555.0499999999997</v>
       </c>
     </row>
     <row r="81" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B81" s="4">
         <v>73</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="D81" s="4" t="s">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="E81" s="12">
-        <v>2384.2200000000003</v>
+        <v>2422.8000000000002</v>
       </c>
     </row>
     <row r="82" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B82" s="4">
         <v>74</v>
       </c>
       <c r="C82" s="5" t="s">
-        <v>120</v>
+        <v>105</v>
       </c>
       <c r="D82" s="4" t="s">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="E82" s="12">
-        <v>1564.8</v>
+        <v>2128.2199999999998</v>
       </c>
     </row>
     <row r="83" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B83" s="4">
         <v>75</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>152</v>
+        <v>108</v>
       </c>
       <c r="D83" s="4" t="s">
-        <v>4</v>
+        <v>117</v>
       </c>
       <c r="E83" s="12">
-        <v>1246</v>
+        <v>4602</v>
       </c>
     </row>
     <row r="84" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B84" s="4">
         <v>76</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>125</v>
+        <v>148</v>
       </c>
       <c r="D84" s="4" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="E84" s="12">
-        <v>1892.4</v>
+        <v>4662</v>
       </c>
     </row>
     <row r="85" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B85" s="4">
         <v>77</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>150</v>
+      </c>
+      <c r="D85" s="14" t="s">
+        <v>149</v>
       </c>
       <c r="E85" s="12">
-        <v>1415.77</v>
+        <v>4514</v>
       </c>
     </row>
     <row r="86" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B86" s="4">
         <v>78</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>74</v>
+        <v>143</v>
       </c>
       <c r="D86" s="4" t="s">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="E86" s="12">
-        <v>3700.52</v>
+        <v>2148.61</v>
       </c>
     </row>
     <row r="87" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B87" s="4">
         <v>79</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>124</v>
+        <v>83</v>
       </c>
       <c r="D87" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E87" s="12">
-        <v>4302.12</v>
+        <v>3000.04</v>
       </c>
     </row>
     <row r="88" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B88" s="4">
         <v>80</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>27</v>
+        <v>217</v>
       </c>
       <c r="D88" s="4" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E88" s="12">
-        <v>2336.42</v>
+        <v>1647.3799999999999</v>
       </c>
     </row>
     <row r="89" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B89" s="4">
         <v>81</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>75</v>
+        <v>186</v>
       </c>
       <c r="D89" s="4" t="s">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E89" s="12">
-        <v>4153.1399999999994</v>
+        <v>1564.8</v>
       </c>
     </row>
     <row r="90" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B90" s="4">
         <v>82</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>44</v>
+        <v>151</v>
       </c>
       <c r="D90" s="4" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E90" s="12">
-        <v>2940</v>
+        <v>3973.5299999999997</v>
       </c>
     </row>
     <row r="91" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B91" s="4">
         <v>83</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>126</v>
+        <v>45</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>9</v>
       </c>
       <c r="E91" s="12">
-        <v>1752.03</v>
+        <v>2339.9499999999998</v>
       </c>
     </row>
     <row r="92" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B92" s="4">
         <v>84</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>14</v>
+        <v>124</v>
       </c>
       <c r="D92" s="4" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E92" s="12">
-        <v>5080.72</v>
-[...2 lines deleted...]
-    <row r="93" spans="2:5" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1892.4</v>
+      </c>
+    </row>
+    <row r="93" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B93" s="4">
         <v>85</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>101</v>
+        <v>38</v>
       </c>
       <c r="D93" s="4" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E93" s="12">
-        <v>0</v>
+        <v>3169.54</v>
       </c>
     </row>
     <row r="94" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B94" s="4">
         <v>86</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>115</v>
+      </c>
+      <c r="D94" s="4" t="s">
+        <v>4</v>
       </c>
       <c r="E94" s="12">
-        <v>4955.0199999999995</v>
+        <v>1564.8</v>
       </c>
     </row>
     <row r="95" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B95" s="4">
         <v>87</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>114</v>
+        <v>147</v>
       </c>
       <c r="D95" s="4" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="E95" s="12">
-        <v>4360.8</v>
+        <v>1396.67</v>
       </c>
     </row>
     <row r="96" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B96" s="4">
         <v>88</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>195</v>
+        <v>120</v>
       </c>
       <c r="D96" s="4" t="s">
-        <v>196</v>
+        <v>9</v>
       </c>
       <c r="E96" s="12">
-        <v>2724.2799999999997</v>
+        <v>1892.4</v>
       </c>
     </row>
     <row r="97" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B97" s="4">
         <v>89</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D97" s="4" t="s">
-        <v>64</v>
+        <v>1</v>
       </c>
       <c r="E97" s="12">
-        <v>2011.38</v>
+        <v>1564.8</v>
       </c>
     </row>
     <row r="98" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B98" s="4">
         <v>90</v>
       </c>
-      <c r="C98" s="9" t="s">
-[...3 lines deleted...]
-        <v>166</v>
+      <c r="C98" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="D98" s="4" t="s">
+        <v>3</v>
       </c>
       <c r="E98" s="12">
-        <v>5504.34</v>
+        <v>2362.8000000000002</v>
       </c>
     </row>
     <row r="99" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B99" s="4">
         <v>91</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>100</v>
+        <v>119</v>
       </c>
       <c r="D99" s="4" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="E99" s="12">
-        <v>3803.56</v>
+        <v>4868.3</v>
       </c>
     </row>
     <row r="100" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B100" s="4">
         <v>92</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>132</v>
+        <v>196</v>
       </c>
       <c r="D100" s="4" t="s">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="E100" s="12">
-        <v>2117.8399999999997</v>
+        <v>2422.8000000000002</v>
       </c>
     </row>
     <row r="101" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B101" s="4">
         <v>93</v>
       </c>
       <c r="C101" s="5" t="s">
-        <v>131</v>
+        <v>192</v>
       </c>
       <c r="D101" s="4" t="s">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="E101" s="12">
-        <v>1804.9899999999998</v>
+        <v>2362.8000000000002</v>
       </c>
     </row>
     <row r="102" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B102" s="4">
         <v>94</v>
       </c>
       <c r="C102" s="5" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E102" s="12">
         <v>4360.8</v>
       </c>
     </row>
     <row r="103" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B103" s="4">
         <v>95</v>
       </c>
       <c r="C103" s="5" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="D103" s="4" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="E103" s="12">
-        <v>2258.8199999999997</v>
+        <v>3044.54</v>
       </c>
     </row>
     <row r="104" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B104" s="4">
         <v>96</v>
       </c>
       <c r="C104" s="5" t="s">
-        <v>150</v>
+        <v>121</v>
       </c>
       <c r="D104" s="4" t="s">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="E104" s="12">
-        <v>2308.5500000000002</v>
+        <v>2120.1999999999998</v>
       </c>
     </row>
     <row r="105" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B105" s="4">
         <v>97</v>
       </c>
       <c r="C105" s="5" t="s">
-        <v>90</v>
+        <v>14</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E105" s="12">
-        <v>2956.6499999999996</v>
+        <v>4879.2</v>
       </c>
     </row>
     <row r="106" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B106" s="4">
         <v>98</v>
       </c>
       <c r="C106" s="5" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>18</v>
+      </c>
+      <c r="D106" s="14" t="s">
+        <v>17</v>
       </c>
       <c r="E106" s="12">
-        <v>4360.8</v>
+        <v>5211.74</v>
       </c>
     </row>
     <row r="107" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B107" s="4">
         <v>99</v>
       </c>
       <c r="C107" s="5" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E107" s="12">
-        <v>7202.0700000000006</v>
+        <v>4360.8</v>
       </c>
     </row>
     <row r="108" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B108" s="4">
         <v>100</v>
       </c>
       <c r="C108" s="5" t="s">
-        <v>91</v>
+        <v>184</v>
       </c>
       <c r="D108" s="4" t="s">
-        <v>5</v>
+        <v>185</v>
       </c>
       <c r="E108" s="12">
-        <v>4153.1399999999994</v>
+        <v>2891.75</v>
       </c>
     </row>
     <row r="109" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B109" s="4">
         <v>101</v>
       </c>
       <c r="C109" s="5" t="s">
-        <v>134</v>
+        <v>64</v>
       </c>
       <c r="D109" s="4" t="s">
-        <v>1</v>
+        <v>63</v>
       </c>
       <c r="E109" s="12">
-        <v>1590.29</v>
+        <v>2043.59</v>
       </c>
     </row>
     <row r="110" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B110" s="4">
         <v>102</v>
       </c>
-      <c r="C110" s="5" t="s">
-[...3 lines deleted...]
-        <v>2</v>
+      <c r="C110" s="9" t="s">
+        <v>161</v>
+      </c>
+      <c r="D110" s="15" t="s">
+        <v>160</v>
       </c>
       <c r="E110" s="12">
-        <v>2422.8000000000002</v>
+        <v>5160</v>
       </c>
     </row>
     <row r="111" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B111" s="4">
         <v>103</v>
       </c>
       <c r="C111" s="5" t="s">
-        <v>69</v>
+        <v>97</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E111" s="12">
-        <v>3643.8500000000004</v>
+        <v>4360.8</v>
       </c>
     </row>
     <row r="112" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B112" s="4">
         <v>104</v>
       </c>
       <c r="C112" s="5" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="D112" s="4" t="s">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="E112" s="12">
-        <v>1229.08</v>
+        <v>1993.58</v>
       </c>
     </row>
     <row r="113" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B113" s="4">
         <v>105</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>70</v>
+        <v>126</v>
       </c>
       <c r="D113" s="4" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="E113" s="12">
-        <v>3611.88</v>
+        <v>1557.96</v>
       </c>
     </row>
     <row r="114" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B114" s="4">
         <v>106</v>
       </c>
       <c r="C114" s="5" t="s">
-        <v>63</v>
+        <v>78</v>
       </c>
       <c r="D114" s="4" t="s">
-        <v>62</v>
+        <v>5</v>
       </c>
       <c r="E114" s="12">
-        <v>3148.33</v>
+        <v>4360.8</v>
       </c>
     </row>
     <row r="115" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B115" s="4">
         <v>107</v>
       </c>
       <c r="C115" s="5" t="s">
-        <v>186</v>
+        <v>37</v>
       </c>
       <c r="D115" s="4" t="s">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="E115" s="12">
-        <v>1998</v>
+        <v>2602.29</v>
       </c>
     </row>
     <row r="116" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B116" s="4">
         <v>108</v>
       </c>
       <c r="C116" s="5" t="s">
-        <v>29</v>
+        <v>145</v>
       </c>
       <c r="D116" s="4" t="s">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="E116" s="12">
-        <v>2225</v>
+        <v>2330.1</v>
       </c>
     </row>
     <row r="117" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B117" s="4">
         <v>109</v>
       </c>
       <c r="C117" s="5" t="s">
-        <v>77</v>
+        <v>88</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E117" s="12">
-        <v>4397.62</v>
+        <v>4603.1500000000005</v>
       </c>
     </row>
     <row r="118" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B118" s="4">
         <v>110</v>
       </c>
-      <c r="C118" s="8" t="s">
-[...3 lines deleted...]
-        <v>23</v>
+      <c r="C118" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="D118" s="4" t="s">
+        <v>5</v>
       </c>
       <c r="E118" s="12">
-        <v>1036.9000000000001</v>
+        <v>4586.96</v>
       </c>
     </row>
     <row r="119" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B119" s="4">
         <v>111</v>
       </c>
       <c r="C119" s="5" t="s">
-        <v>161</v>
+        <v>103</v>
       </c>
       <c r="D119" s="4" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="E119" s="12">
-        <v>1544.44</v>
+        <v>3648</v>
       </c>
     </row>
     <row r="120" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B120" s="4">
         <v>112</v>
       </c>
       <c r="C120" s="5" t="s">
-        <v>45</v>
+        <v>89</v>
       </c>
       <c r="D120" s="4" t="s">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="E120" s="12">
-        <v>2331.4100000000003</v>
+        <v>4360.8</v>
       </c>
     </row>
     <row r="121" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B121" s="4">
         <v>113</v>
       </c>
       <c r="C121" s="5" t="s">
-        <v>81</v>
+        <v>211</v>
       </c>
       <c r="D121" s="4" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="E121" s="12">
-        <v>5057.43</v>
+        <v>2385.92</v>
       </c>
     </row>
     <row r="122" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B122" s="4">
         <v>114</v>
       </c>
       <c r="C122" s="5" t="s">
-        <v>145</v>
+        <v>129</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E122" s="12">
-        <v>1349.01</v>
+        <v>1633.44</v>
       </c>
     </row>
     <row r="123" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B123" s="4">
         <v>115</v>
       </c>
       <c r="C123" s="5" t="s">
-        <v>110</v>
+        <v>136</v>
       </c>
       <c r="D123" s="4" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E123" s="12">
-        <v>1625.25</v>
+        <v>2133.02</v>
       </c>
     </row>
     <row r="124" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B124" s="4">
         <v>116</v>
       </c>
       <c r="C124" s="5" t="s">
-        <v>42</v>
+        <v>67</v>
       </c>
       <c r="D124" s="4" t="s">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E124" s="12">
-        <v>2501.1999999999998</v>
+        <v>4360.8</v>
       </c>
     </row>
     <row r="125" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B125" s="4">
         <v>117</v>
       </c>
       <c r="C125" s="5" t="s">
-        <v>133</v>
+        <v>27</v>
       </c>
       <c r="D125" s="4" t="s">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="E125" s="12">
-        <v>2168.3200000000002</v>
+        <v>2009.6299999999999</v>
       </c>
     </row>
     <row r="126" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B126" s="4">
         <v>118</v>
       </c>
       <c r="C126" s="5" t="s">
-        <v>191</v>
+        <v>68</v>
       </c>
       <c r="D126" s="4" t="s">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="E126" s="12">
-        <v>676.5</v>
+        <v>4405.29</v>
       </c>
     </row>
     <row r="127" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B127" s="4">
         <v>119</v>
       </c>
       <c r="C127" s="5" t="s">
-        <v>180</v>
+        <v>62</v>
       </c>
       <c r="D127" s="4" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>1008.58</v>
+        <v>61</v>
+      </c>
+      <c r="E127" s="12">
+        <v>3033.49</v>
       </c>
     </row>
     <row r="128" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B128" s="4">
         <v>120</v>
       </c>
-      <c r="C128" s="5" t="s">
-[...9 lines deleted...]
-    <row r="129" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="C128" s="11" t="s">
+        <v>28</v>
+      </c>
+      <c r="D128" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E128" s="12">
+        <v>2426.27</v>
+      </c>
+    </row>
+    <row r="129" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B129" s="4">
         <v>121</v>
       </c>
       <c r="C129" s="11" t="s">
-        <v>140</v>
+        <v>75</v>
       </c>
       <c r="D129" s="11" t="s">
-        <v>2</v>
-[...5 lines deleted...]
-    <row r="130" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
+        <v>5</v>
+      </c>
+      <c r="E129" s="12">
+        <v>4360.8</v>
+      </c>
+      <c r="F129" s="18"/>
+    </row>
+    <row r="130" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B130" s="4">
         <v>122</v>
       </c>
       <c r="C130" s="11" t="s">
-        <v>174</v>
+        <v>223</v>
       </c>
       <c r="D130" s="11" t="s">
-        <v>2</v>
-[...5 lines deleted...]
-    <row r="131" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
+        <v>4</v>
+      </c>
+      <c r="E130" s="12">
+        <v>1665</v>
+      </c>
+    </row>
+    <row r="131" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B131" s="4">
         <v>123</v>
       </c>
-      <c r="C131" s="5" t="s">
-[...9 lines deleted...]
-    <row r="132" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="C131" s="8" t="s">
+        <v>178</v>
+      </c>
+      <c r="D131" s="16" t="s">
+        <v>23</v>
+      </c>
+      <c r="E131" s="12">
+        <v>1883.7</v>
+      </c>
+    </row>
+    <row r="132" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B132" s="4">
         <v>124</v>
       </c>
       <c r="C132" s="5" t="s">
-        <v>59</v>
+        <v>155</v>
       </c>
       <c r="D132" s="4" t="s">
-        <v>194</v>
+        <v>9</v>
       </c>
       <c r="E132" s="12">
-        <v>4038.2999999999997</v>
-[...2 lines deleted...]
-    <row r="133" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
+        <v>2389.4100000000003</v>
+      </c>
+    </row>
+    <row r="133" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B133" s="4">
         <v>125</v>
       </c>
       <c r="C133" s="5" t="s">
-        <v>162</v>
+        <v>44</v>
       </c>
       <c r="D133" s="4" t="s">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="E133" s="12">
-        <v>2073.71</v>
-[...2 lines deleted...]
-    <row r="134" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
+        <v>2594.79</v>
+      </c>
+    </row>
+    <row r="134" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B134" s="4">
         <v>126</v>
       </c>
       <c r="C134" s="5" t="s">
-        <v>159</v>
+        <v>79</v>
       </c>
       <c r="D134" s="4" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="E134" s="12">
-        <v>4575.42</v>
-[...2 lines deleted...]
-    <row r="135" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
+        <v>4506</v>
+      </c>
+    </row>
+    <row r="135" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B135" s="4">
         <v>127</v>
       </c>
       <c r="C135" s="5" t="s">
-        <v>108</v>
+        <v>140</v>
       </c>
       <c r="D135" s="4" t="s">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="E135" s="12">
-        <v>3058.68</v>
-[...2 lines deleted...]
-    <row r="136" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
+        <v>1582.5</v>
+      </c>
+    </row>
+    <row r="136" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B136" s="4">
         <v>128</v>
       </c>
       <c r="C136" s="5" t="s">
-        <v>144</v>
+        <v>197</v>
       </c>
       <c r="D136" s="4" t="s">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="E136" s="12">
-        <v>1892.4</v>
-[...2 lines deleted...]
-    <row r="137" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
+        <v>1564.8</v>
+      </c>
+    </row>
+    <row r="137" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B137" s="4">
         <v>129</v>
       </c>
       <c r="C137" s="5" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="D137" s="4" t="s">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E137" s="12">
-        <v>1897.36</v>
-[...2 lines deleted...]
-    <row r="138" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
+        <v>1564.8</v>
+      </c>
+    </row>
+    <row r="138" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B138" s="4">
         <v>130</v>
       </c>
       <c r="C138" s="5" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>41</v>
+      </c>
+      <c r="D138" s="4" t="s">
+        <v>1</v>
       </c>
       <c r="E138" s="12">
-        <v>3685.72</v>
-[...2 lines deleted...]
-    <row r="139" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
+        <v>2039.08</v>
+      </c>
+    </row>
+    <row r="139" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B139" s="4">
         <v>131</v>
       </c>
       <c r="C139" s="5" t="s">
-        <v>97</v>
+        <v>128</v>
       </c>
       <c r="D139" s="4" t="s">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="E139" s="12">
-        <v>1117.72</v>
-[...2 lines deleted...]
-    <row r="140" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
+        <v>1913.63</v>
+      </c>
+    </row>
+    <row r="140" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B140" s="4">
         <v>132</v>
       </c>
       <c r="C140" s="5" t="s">
-        <v>52</v>
+        <v>221</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E140" s="12">
-        <v>2100</v>
-[...2 lines deleted...]
-    <row r="141" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
+        <v>3474.07</v>
+      </c>
+    </row>
+    <row r="141" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B141" s="4">
         <v>133</v>
       </c>
       <c r="C141" s="5" t="s">
-        <v>163</v>
+        <v>132</v>
       </c>
       <c r="D141" s="4" t="s">
-        <v>23</v>
+        <v>1</v>
       </c>
       <c r="E141" s="12">
-        <v>1915</v>
-[...2 lines deleted...]
-    <row r="142" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
+        <v>1564.8</v>
+      </c>
+    </row>
+    <row r="142" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B142" s="4">
         <v>134</v>
       </c>
       <c r="C142" s="5" t="s">
-        <v>50</v>
+        <v>203</v>
       </c>
       <c r="D142" s="4" t="s">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="E142" s="12">
-        <v>2183.79</v>
-[...2 lines deleted...]
-    <row r="143" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
+        <v>2422.8000000000002</v>
+      </c>
+    </row>
+    <row r="143" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B143" s="4">
         <v>135</v>
       </c>
-      <c r="C143" s="5" t="s">
-[...3 lines deleted...]
-        <v>9</v>
+      <c r="C143" s="11" t="s">
+        <v>199</v>
+      </c>
+      <c r="D143" s="11" t="s">
+        <v>1</v>
       </c>
       <c r="E143" s="12">
-        <v>2091.7800000000002</v>
-[...2 lines deleted...]
-    <row r="144" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
+        <v>1564.8</v>
+      </c>
+    </row>
+    <row r="144" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B144" s="4">
         <v>136</v>
       </c>
-      <c r="C144" s="5" t="s">
-[...3 lines deleted...]
-        <v>9</v>
+      <c r="C144" s="11" t="s">
+        <v>194</v>
+      </c>
+      <c r="D144" s="11" t="s">
+        <v>2</v>
       </c>
       <c r="E144" s="12">
-        <v>1892.4</v>
+        <v>2592.7100000000005</v>
       </c>
     </row>
     <row r="145" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B145" s="4">
         <v>137</v>
       </c>
-      <c r="C145" s="5" t="s">
-[...3 lines deleted...]
-        <v>5</v>
+      <c r="C145" s="11" t="s">
+        <v>135</v>
+      </c>
+      <c r="D145" s="11" t="s">
+        <v>2</v>
       </c>
       <c r="E145" s="12">
-        <v>4750.3599999999997</v>
+        <v>2608.35</v>
       </c>
     </row>
     <row r="146" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B146" s="4">
         <v>138</v>
       </c>
-      <c r="C146" s="5" t="s">
-[...3 lines deleted...]
-        <v>11</v>
+      <c r="C146" s="11" t="s">
+        <v>168</v>
+      </c>
+      <c r="D146" s="11" t="s">
+        <v>2</v>
       </c>
       <c r="E146" s="12">
-        <v>3949.3599999999997</v>
+        <v>2175.65</v>
       </c>
     </row>
     <row r="147" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B147" s="4">
         <v>139</v>
       </c>
       <c r="C147" s="5" t="s">
-        <v>130</v>
+        <v>58</v>
       </c>
       <c r="D147" s="4" t="s">
-        <v>1</v>
+        <v>183</v>
       </c>
       <c r="E147" s="12">
-        <v>1564.8</v>
+        <v>4404.92</v>
       </c>
     </row>
     <row r="148" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B148" s="4">
         <v>140</v>
       </c>
       <c r="C148" s="5" t="s">
-        <v>185</v>
+        <v>156</v>
       </c>
       <c r="D148" s="4" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="E148" s="12">
-        <v>3115.7200000000003</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="149" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B149" s="4">
         <v>141</v>
       </c>
       <c r="C149" s="5" t="s">
-        <v>76</v>
+        <v>153</v>
       </c>
       <c r="D149" s="4" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="E149" s="12">
-        <v>4671.4500000000007</v>
+        <v>4273.2999999999993</v>
       </c>
     </row>
     <row r="150" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B150" s="4">
         <v>142</v>
       </c>
       <c r="C150" s="5" t="s">
-        <v>136</v>
+        <v>104</v>
       </c>
       <c r="D150" s="4" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="E150" s="12">
-        <v>1892.4</v>
+        <v>2938.8</v>
       </c>
     </row>
     <row r="151" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B151" s="4">
         <v>143</v>
       </c>
       <c r="C151" s="5" t="s">
-        <v>118</v>
+        <v>195</v>
       </c>
       <c r="D151" s="4" t="s">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="E151" s="12">
-        <v>3733.86</v>
+        <v>2422.8000000000002</v>
       </c>
     </row>
     <row r="152" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B152" s="4">
         <v>144</v>
       </c>
       <c r="C152" s="5" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>9</v>
       </c>
       <c r="E152" s="12">
-        <v>1785.27</v>
+        <v>2190.6000000000004</v>
       </c>
     </row>
     <row r="153" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B153" s="4">
         <v>145</v>
       </c>
       <c r="C153" s="5" t="s">
-        <v>147</v>
+        <v>100</v>
       </c>
       <c r="D153" s="4" t="s">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E153" s="12">
-        <v>1784.1299999999999</v>
+        <v>4600.63</v>
       </c>
     </row>
     <row r="154" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B154" s="4">
         <v>146</v>
       </c>
       <c r="C154" s="5" t="s">
-        <v>160</v>
-[...5 lines deleted...]
-        <v>3803</v>
+        <v>198</v>
+      </c>
+      <c r="D154" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="E154" s="12">
+        <v>2362.8000000000002</v>
       </c>
     </row>
     <row r="155" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B155" s="4">
         <v>147</v>
       </c>
       <c r="C155" s="5" t="s">
-        <v>177</v>
-[...5 lines deleted...]
-        <v>2940</v>
+        <v>53</v>
+      </c>
+      <c r="D155" s="14" t="s">
+        <v>52</v>
+      </c>
+      <c r="E155" s="12">
+        <v>5160</v>
       </c>
     </row>
     <row r="156" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B156" s="4">
         <v>148</v>
       </c>
       <c r="C156" s="5" t="s">
-        <v>34</v>
+        <v>94</v>
       </c>
       <c r="D156" s="4" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>2940</v>
+        <v>1</v>
+      </c>
+      <c r="E156" s="12">
+        <v>1564.8</v>
       </c>
     </row>
     <row r="157" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B157" s="4">
         <v>149</v>
       </c>
       <c r="C157" s="5" t="s">
-        <v>115</v>
+        <v>51</v>
       </c>
       <c r="D157" s="4" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>4153.1399999999994</v>
+        <v>11</v>
+      </c>
+      <c r="E157" s="12">
+        <v>3270.7</v>
       </c>
     </row>
     <row r="158" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B158" s="4">
         <v>150</v>
       </c>
       <c r="C158" s="5" t="s">
-        <v>55</v>
+        <v>157</v>
       </c>
       <c r="D158" s="4" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>5150.0600000000004</v>
+        <v>23</v>
+      </c>
+      <c r="E158" s="12">
+        <v>1915</v>
       </c>
     </row>
     <row r="159" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B159" s="4">
         <v>151</v>
       </c>
       <c r="C159" s="5" t="s">
-        <v>176</v>
+        <v>49</v>
       </c>
       <c r="D159" s="4" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>4283.83</v>
+        <v>9</v>
+      </c>
+      <c r="E159" s="12">
+        <v>1564.8</v>
       </c>
     </row>
     <row r="160" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B160" s="4">
         <v>152</v>
       </c>
       <c r="C160" s="5" t="s">
-        <v>200</v>
+        <v>130</v>
       </c>
       <c r="D160" s="4" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>830.63000000000011</v>
+        <v>9</v>
+      </c>
+      <c r="E160" s="12">
+        <v>2011.56</v>
       </c>
     </row>
     <row r="161" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B161" s="4">
         <v>153</v>
       </c>
       <c r="C161" s="5" t="s">
-        <v>51</v>
+        <v>137</v>
       </c>
       <c r="D161" s="4" t="s">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>2214.4499999999998</v>
+        <v>9</v>
+      </c>
+      <c r="E161" s="12">
+        <v>1911.5200000000002</v>
       </c>
     </row>
     <row r="162" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B162" s="4">
         <v>154</v>
       </c>
       <c r="C162" s="5" t="s">
-        <v>175</v>
+        <v>118</v>
       </c>
       <c r="D162" s="4" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-        <v>2957.14</v>
+        <v>5</v>
+      </c>
+      <c r="E162" s="12">
+        <v>4360.8</v>
       </c>
     </row>
     <row r="163" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B163" s="4">
         <v>155</v>
       </c>
       <c r="C163" s="5" t="s">
-        <v>67</v>
+        <v>24</v>
       </c>
       <c r="D163" s="4" t="s">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1490.2800000000002</v>
+        <v>11</v>
+      </c>
+      <c r="E163" s="12">
+        <v>2675</v>
       </c>
     </row>
     <row r="164" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B164" s="4">
         <v>156</v>
       </c>
       <c r="C164" s="5" t="s">
-        <v>102</v>
+        <v>202</v>
       </c>
       <c r="D164" s="4" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>4793.5899999999992</v>
+        <v>3</v>
+      </c>
+      <c r="E164" s="12">
+        <v>2362.8000000000002</v>
       </c>
     </row>
     <row r="165" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B165" s="4">
         <v>157</v>
       </c>
       <c r="C165" s="5" t="s">
-        <v>105</v>
+        <v>125</v>
       </c>
       <c r="D165" s="4" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>4360.8</v>
+        <v>1</v>
+      </c>
+      <c r="E165" s="12">
+        <v>1656.1899999999998</v>
       </c>
     </row>
     <row r="166" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B166" s="4">
         <v>158</v>
       </c>
       <c r="C166" s="5" t="s">
         <v>193</v>
       </c>
       <c r="D166" s="4" t="s">
-        <v>194</v>
-[...2 lines deleted...]
-        <v>1737.1399999999999</v>
+        <v>9</v>
+      </c>
+      <c r="E166" s="12">
+        <v>2032.95</v>
       </c>
     </row>
     <row r="167" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B167" s="4">
         <v>159</v>
       </c>
       <c r="C167" s="5" t="s">
-        <v>117</v>
+        <v>177</v>
       </c>
       <c r="D167" s="4" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>2938.8</v>
+        <v>5</v>
+      </c>
+      <c r="E167" s="12">
+        <v>4433.46</v>
       </c>
     </row>
     <row r="168" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B168" s="4">
         <v>160</v>
       </c>
       <c r="C168" s="5" t="s">
-        <v>184</v>
+        <v>74</v>
       </c>
       <c r="D168" s="4" t="s">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>1643.6200000000001</v>
+        <v>5</v>
+      </c>
+      <c r="E168" s="12">
+        <v>4629.55</v>
       </c>
     </row>
     <row r="169" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B169" s="4">
         <v>161</v>
       </c>
       <c r="C169" s="5" t="s">
-        <v>179</v>
+        <v>131</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="E169" s="13">
-        <v>1720.8200000000002</v>
+      <c r="E169" s="12">
+        <v>1849.02</v>
       </c>
     </row>
     <row r="170" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B170" s="4">
         <v>162</v>
       </c>
       <c r="C170" s="5" t="s">
-        <v>71</v>
+        <v>113</v>
       </c>
       <c r="D170" s="4" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>4557.8500000000004</v>
+        <v>8</v>
+      </c>
+      <c r="E170" s="12">
+        <v>3708</v>
       </c>
     </row>
     <row r="171" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B171" s="4">
         <v>163</v>
       </c>
       <c r="C171" s="5" t="s">
-        <v>119</v>
+        <v>133</v>
       </c>
       <c r="D171" s="4" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="E171" s="12">
-        <v>2938.8</v>
+        <v>2202.48</v>
       </c>
     </row>
     <row r="172" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B172" s="4">
         <v>164</v>
       </c>
       <c r="C172" s="5" t="s">
-        <v>35</v>
+        <v>142</v>
       </c>
       <c r="D172" s="4" t="s">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="E172" s="12">
-        <v>3423.26</v>
+        <v>2383.87</v>
       </c>
     </row>
     <row r="173" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B173" s="4">
         <v>165</v>
       </c>
-      <c r="C173" s="5" t="s">
-[...3 lines deleted...]
-        <v>16</v>
+      <c r="C173" s="11" t="s">
+        <v>154</v>
+      </c>
+      <c r="D173" s="14" t="s">
+        <v>152</v>
       </c>
       <c r="E173" s="12">
-        <v>5543.28</v>
+        <v>5040.8500000000004</v>
       </c>
     </row>
     <row r="174" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B174" s="4">
         <v>166</v>
       </c>
-      <c r="C174" s="5" t="s">
-[...3 lines deleted...]
-        <v>9</v>
+      <c r="C174" s="11" t="s">
+        <v>204</v>
+      </c>
+      <c r="D174" s="14" t="s">
+        <v>1</v>
       </c>
       <c r="E174" s="12">
-        <v>1892.4</v>
+        <v>1564.8</v>
       </c>
     </row>
     <row r="175" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B175" s="4">
         <v>167</v>
       </c>
-      <c r="C175" s="5" t="s">
-        <v>49</v>
+      <c r="C175" s="11" t="s">
+        <v>188</v>
       </c>
       <c r="D175" s="4" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="E175" s="12">
-        <v>2118</v>
+        <v>4360.8</v>
       </c>
     </row>
     <row r="176" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B176" s="4">
         <v>168</v>
       </c>
-      <c r="C176" s="5" t="s">
-[...3 lines deleted...]
-        <v>5</v>
+      <c r="C176" s="11" t="s">
+        <v>171</v>
+      </c>
+      <c r="D176" s="14" t="s">
+        <v>9</v>
       </c>
       <c r="E176" s="12">
+        <v>2346.27</v>
+      </c>
+    </row>
+    <row r="177" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B177" s="4">
+        <v>169</v>
+      </c>
+      <c r="C177" s="11" t="s">
+        <v>33</v>
+      </c>
+      <c r="D177" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E177" s="12">
+        <v>3153.34</v>
+      </c>
+    </row>
+    <row r="178" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B178" s="4">
+        <v>170</v>
+      </c>
+      <c r="C178" s="11" t="s">
+        <v>110</v>
+      </c>
+      <c r="D178" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="E178" s="12">
         <v>4360.8</v>
       </c>
     </row>
-    <row r="178" spans="2:2" x14ac:dyDescent="0.15">
-      <c r="B178" s="7" t="s">
+    <row r="179" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B179" s="4">
+        <v>171</v>
+      </c>
+      <c r="C179" s="11" t="s">
+        <v>54</v>
+      </c>
+      <c r="D179" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E179" s="12">
+        <v>4362</v>
+      </c>
+    </row>
+    <row r="180" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B180" s="4">
+        <v>172</v>
+      </c>
+      <c r="C180" s="11" t="s">
         <v>170</v>
       </c>
+      <c r="D180" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E180" s="12">
+        <v>3225</v>
+      </c>
+    </row>
+    <row r="181" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B181" s="4">
+        <v>173</v>
+      </c>
+      <c r="C181" s="11" t="s">
+        <v>219</v>
+      </c>
+      <c r="D181" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="E181" s="12">
+        <v>2586.98</v>
+      </c>
+    </row>
+    <row r="182" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B182" s="4">
+        <v>174</v>
+      </c>
+      <c r="C182" s="11" t="s">
+        <v>50</v>
+      </c>
+      <c r="D182" s="11" t="s">
+        <v>4</v>
+      </c>
+      <c r="E182" s="12">
+        <v>1665</v>
+      </c>
+    </row>
+    <row r="183" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B183" s="4">
+        <v>175</v>
+      </c>
+      <c r="C183" s="11" t="s">
+        <v>169</v>
+      </c>
+      <c r="D183" s="11" t="s">
+        <v>176</v>
+      </c>
+      <c r="E183" s="12">
+        <v>3806.33</v>
+      </c>
+    </row>
+    <row r="184" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B184" s="4">
+        <v>176</v>
+      </c>
+      <c r="C184" s="11" t="s">
+        <v>65</v>
+      </c>
+      <c r="D184" s="11" t="s">
+        <v>1</v>
+      </c>
+      <c r="E184" s="12">
+        <v>1630.6000000000001</v>
+      </c>
+    </row>
+    <row r="185" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B185" s="4">
+        <v>177</v>
+      </c>
+      <c r="C185" s="11" t="s">
+        <v>98</v>
+      </c>
+      <c r="D185" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="E185" s="12">
+        <v>4489.63</v>
+      </c>
+    </row>
+    <row r="186" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B186" s="4">
+        <v>178</v>
+      </c>
+      <c r="C186" s="11" t="s">
+        <v>101</v>
+      </c>
+      <c r="D186" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="E186" s="12">
+        <v>4602.54</v>
+      </c>
+    </row>
+    <row r="187" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B187" s="4">
+        <v>179</v>
+      </c>
+      <c r="C187" s="11" t="s">
+        <v>182</v>
+      </c>
+      <c r="D187" s="4" t="s">
+        <v>183</v>
+      </c>
+      <c r="E187" s="12">
+        <v>3648</v>
+      </c>
+    </row>
+    <row r="188" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B188" s="4">
+        <v>180</v>
+      </c>
+      <c r="C188" s="11" t="s">
+        <v>214</v>
+      </c>
+      <c r="D188" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="E188" s="12">
+        <v>1996.31</v>
+      </c>
+    </row>
+    <row r="189" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B189" s="4">
+        <v>181</v>
+      </c>
+      <c r="C189" s="11" t="s">
+        <v>216</v>
+      </c>
+      <c r="D189" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="E189" s="12">
+        <v>2472.79</v>
+      </c>
+    </row>
+    <row r="190" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B190" s="4">
+        <v>182</v>
+      </c>
+      <c r="C190" s="11" t="s">
+        <v>112</v>
+      </c>
+      <c r="D190" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E190" s="12">
+        <v>2923.66</v>
+      </c>
+    </row>
+    <row r="191" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B191" s="4">
+        <v>183</v>
+      </c>
+      <c r="C191" s="11" t="s">
+        <v>222</v>
+      </c>
+      <c r="D191" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="E191" s="12">
+        <v>2143.6099999999997</v>
+      </c>
+    </row>
+    <row r="192" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B192" s="4">
+        <v>184</v>
+      </c>
+      <c r="C192" s="11" t="s">
+        <v>173</v>
+      </c>
+      <c r="D192" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="E192" s="12">
+        <v>2245.81</v>
+      </c>
+    </row>
+    <row r="193" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B193" s="4">
+        <v>185</v>
+      </c>
+      <c r="C193" s="11" t="s">
+        <v>69</v>
+      </c>
+      <c r="D193" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="E193" s="12">
+        <v>4360.8</v>
+      </c>
+    </row>
+    <row r="194" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B194" s="4">
+        <v>186</v>
+      </c>
+      <c r="C194" s="11" t="s">
+        <v>114</v>
+      </c>
+      <c r="D194" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E194" s="12">
+        <v>2618.36</v>
+      </c>
+    </row>
+    <row r="195" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B195" s="4">
+        <v>187</v>
+      </c>
+      <c r="C195" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D195" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E195" s="12">
+        <v>3202.6400000000003</v>
+      </c>
+    </row>
+    <row r="196" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B196" s="4">
+        <v>188</v>
+      </c>
+      <c r="C196" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="D196" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="E196" s="12">
+        <v>4338.3099999999995</v>
+      </c>
+    </row>
+    <row r="197" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B197" s="4">
+        <v>189</v>
+      </c>
+      <c r="C197" s="5" t="s">
+        <v>191</v>
+      </c>
+      <c r="D197" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E197" s="12">
+        <v>5160</v>
+      </c>
+    </row>
+    <row r="198" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B198" s="4">
+        <v>190</v>
+      </c>
+      <c r="C198" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="D198" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="E198" s="12">
+        <v>1911.68</v>
+      </c>
+    </row>
+    <row r="199" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B199" s="4">
+        <v>191</v>
+      </c>
+      <c r="C199" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="D199" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="E199" s="12">
+        <v>2155.98</v>
+      </c>
+    </row>
+    <row r="200" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B200" s="4">
+        <v>192</v>
+      </c>
+      <c r="C200" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="D200" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="E200" s="12">
+        <v>4712.9400000000005</v>
+      </c>
+    </row>
+    <row r="202" spans="2:5" x14ac:dyDescent="0.15">
+      <c r="B202" s="7" t="s">
+        <v>164</v>
+      </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="T4BKEn4ueHWLOkeixSGBXgL3TZo8Hs+yinVISSY57dmNX6Yfr5ZR9g/UNCvV6UPewBUyLaG7871VjPgkmqUT2w==" saltValue="9i5aL5DxYW1pF58FPnUsuA==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1" selectUnlockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="OBp7tDyjMao0urhuHgwXxMbegMOBLqsqRI1T8SuQ8Rt0aXNuCpyzo1n/9KvCjMTayEUrpTQUjQ9aDVALegmQgg==" saltValue="uxfNJWSTQ/8KKGDO9RKt1g==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1" selectUnlockedCells="1"/>
   <mergeCells count="2">
     <mergeCell ref="C5:E6"/>
     <mergeCell ref="C2:E2"/>
   </mergeCells>
   <phoneticPr fontId="4" type="noConversion"/>
   <pageMargins left="0.74803149606299213" right="0.74803149606299213" top="0.98425196850393704" bottom="0.98425196850393704" header="0" footer="0"/>
   <pageSetup paperSize="9" scale="80" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>