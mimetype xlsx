--- v1 (2025-11-21)
+++ v2 (2025-12-28)
@@ -5,81 +5,81 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24332"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\ik162\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9079046E-B65A-4741-8341-38ED705E3A0A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9D936A40-CC97-4AB7-A020-7E042E607A14}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15120" xr2:uid="{E0684BFE-0171-46B9-8A58-D9BE57A564AC}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{E0684BFE-0171-46B9-8A58-D9BE57A564AC}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$8:$WTJ$200</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$B$5:$E$200</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$8:$WTJ$201</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$B$5:$E$201</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="391" uniqueCount="227">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="393" uniqueCount="227">
   <si>
     <t>jurists</t>
   </si>
   <si>
     <t>trešais sekretārs</t>
   </si>
   <si>
     <t>padomnieks</t>
   </si>
   <si>
     <t>pirmais sekretārs</t>
   </si>
   <si>
     <t>vecākais referents</t>
   </si>
   <si>
     <t>ārkārtējais un pilnvarotais vēstnieks</t>
   </si>
   <si>
     <t>valsts sekretārs</t>
   </si>
   <si>
     <t>Andžejs Viļumsons</t>
   </si>
   <si>
@@ -583,62 +583,53 @@
   <si>
     <t>Ieva Birziņa</t>
   </si>
   <si>
     <t>Edgars Cerkovs</t>
   </si>
   <si>
     <t>departamenta direktora vietnieks-nodaļas vadītājs</t>
   </si>
   <si>
     <t>Raimonds Jansons</t>
   </si>
   <si>
     <t>Laura Fučedži</t>
   </si>
   <si>
     <t>Edgars Kiukucāns</t>
   </si>
   <si>
     <t>sekretariāta direktors</t>
   </si>
   <si>
     <t>Anastasija Džanhoteli</t>
   </si>
   <si>
-    <t>Solvita Martinsone</t>
-[...1 lines deleted...]
-  <si>
     <t>vadītājs</t>
   </si>
   <si>
-    <t>Iveta Šķiņķe</t>
-[...4 lines deleted...]
-  <si>
     <t>Ilze Purviņa</t>
   </si>
   <si>
     <t>Dāvis Daudzvārdis</t>
   </si>
   <si>
     <t>Samija Šerifa</t>
   </si>
   <si>
     <t>Ģirts Jaunzems</t>
   </si>
   <si>
     <t>Andrejs Pildegovičs</t>
   </si>
   <si>
     <t>Zane Petre</t>
   </si>
   <si>
     <t>Inga Sergeiceva</t>
   </si>
   <si>
     <t>Pauls Gailītis</t>
   </si>
   <si>
     <t>Madara Limba</t>
@@ -709,57 +700,66 @@
   <si>
     <t>Stella Ankrava</t>
   </si>
   <si>
     <t>Ilze Landiša</t>
   </si>
   <si>
     <t>Elīna Tanne</t>
   </si>
   <si>
     <t>Santa Krūze</t>
   </si>
   <si>
     <t>Egita Lase</t>
   </si>
   <si>
     <t>Līga Renkmane</t>
   </si>
   <si>
     <t>Svetlana Romanovska</t>
   </si>
   <si>
     <t>Kristīne  Puriņa</t>
   </si>
   <si>
-    <t>Amatpersonām, kuras ir pilnvarotas pieņemt vai sagatavot pārvaldes lēmumus, aprēķinātais atalgojums 2025.gada oktobra mēnesī</t>
-[...1 lines deleted...]
-  <si>
     <t>Aleksejs Basevičs</t>
   </si>
   <si>
     <t>Elvis Jēkabsons</t>
+  </si>
+  <si>
+    <t>Amatpersonām, kuras ir pilnvarotas pieņemt vai sagatavot pārvaldes lēmumus, aprēķinātais atalgojums 2025.gada novembra mēnesī</t>
+  </si>
+  <si>
+    <t>Ieva Cēsniece</t>
+  </si>
+  <si>
+    <t>Baiba Brasliņa</t>
+  </si>
+  <si>
+    <t>Kristīne Rogule</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="8"/>
       <color indexed="11"/>
       <name val="Tahoma"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="11"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color indexed="8"/>
@@ -862,51 +862,51 @@
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF4F81BD"/>
       </top>
       <bottom style="thin">
         <color rgb="FF4F81BD"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="1"/>
   </cellStyleXfs>
-  <cellXfs count="23">
+  <cellXfs count="22">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
@@ -914,56 +914,51 @@
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="2" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="2" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
+    <xf numFmtId="2" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
@@ -1248,54 +1243,54 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0B0677F2-E3A2-4EE3-B84B-2BBA6F57EF71}">
-  <dimension ref="B2:F202"/>
+  <dimension ref="B2:F203"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="140" zoomScaleNormal="140" workbookViewId="0">
-      <selection activeCell="C5" sqref="C5:E6"/>
+    <sheetView tabSelected="1" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
+      <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="2" width="9.33203125" style="1"/>
     <col min="3" max="3" width="31.83203125" style="1" customWidth="1"/>
     <col min="4" max="4" width="62.6640625" style="1" customWidth="1"/>
     <col min="5" max="5" width="29.1640625" style="1" customWidth="1"/>
     <col min="6" max="203" width="9.33203125" style="1"/>
     <col min="204" max="204" width="41.33203125" style="1" customWidth="1"/>
     <col min="205" max="206" width="30.5" style="1" customWidth="1"/>
     <col min="207" max="459" width="9.33203125" style="1"/>
     <col min="460" max="460" width="41.33203125" style="1" customWidth="1"/>
     <col min="461" max="462" width="30.5" style="1" customWidth="1"/>
     <col min="463" max="715" width="9.33203125" style="1"/>
     <col min="716" max="716" width="41.33203125" style="1" customWidth="1"/>
     <col min="717" max="718" width="30.5" style="1" customWidth="1"/>
     <col min="719" max="971" width="9.33203125" style="1"/>
     <col min="972" max="972" width="41.33203125" style="1" customWidth="1"/>
     <col min="973" max="974" width="30.5" style="1" customWidth="1"/>
     <col min="975" max="1227" width="9.33203125" style="1"/>
     <col min="1228" max="1228" width="41.33203125" style="1" customWidth="1"/>
     <col min="1229" max="1230" width="30.5" style="1" customWidth="1"/>
     <col min="1231" max="1483" width="9.33203125" style="1"/>
     <col min="1484" max="1484" width="41.33203125" style="1" customWidth="1"/>
@@ -1453,2784 +1448,2798 @@
     <col min="14287" max="14539" width="9.33203125" style="1"/>
     <col min="14540" max="14540" width="41.33203125" style="1" customWidth="1"/>
     <col min="14541" max="14542" width="30.5" style="1" customWidth="1"/>
     <col min="14543" max="14795" width="9.33203125" style="1"/>
     <col min="14796" max="14796" width="41.33203125" style="1" customWidth="1"/>
     <col min="14797" max="14798" width="30.5" style="1" customWidth="1"/>
     <col min="14799" max="15051" width="9.33203125" style="1"/>
     <col min="15052" max="15052" width="41.33203125" style="1" customWidth="1"/>
     <col min="15053" max="15054" width="30.5" style="1" customWidth="1"/>
     <col min="15055" max="15307" width="9.33203125" style="1"/>
     <col min="15308" max="15308" width="41.33203125" style="1" customWidth="1"/>
     <col min="15309" max="15310" width="30.5" style="1" customWidth="1"/>
     <col min="15311" max="15563" width="9.33203125" style="1"/>
     <col min="15564" max="15564" width="41.33203125" style="1" customWidth="1"/>
     <col min="15565" max="15566" width="30.5" style="1" customWidth="1"/>
     <col min="15567" max="15819" width="9.33203125" style="1"/>
     <col min="15820" max="15820" width="41.33203125" style="1" customWidth="1"/>
     <col min="15821" max="15822" width="30.5" style="1" customWidth="1"/>
     <col min="15823" max="16075" width="9.33203125" style="1"/>
     <col min="16076" max="16076" width="41.33203125" style="1" customWidth="1"/>
     <col min="16077" max="16078" width="30.5" style="1" customWidth="1"/>
     <col min="16079" max="16384" width="9.33203125" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:5" x14ac:dyDescent="0.15">
-      <c r="C2" s="22" t="s">
+      <c r="C2" s="21" t="s">
         <v>165</v>
       </c>
-      <c r="D2" s="22"/>
-      <c r="E2" s="22"/>
+      <c r="D2" s="21"/>
+      <c r="E2" s="21"/>
     </row>
     <row r="3" spans="2:5" x14ac:dyDescent="0.2">
       <c r="E3" s="2"/>
     </row>
     <row r="4" spans="2:5" x14ac:dyDescent="0.2">
       <c r="E4" s="2"/>
     </row>
     <row r="5" spans="2:5" x14ac:dyDescent="0.15">
-      <c r="C5" s="21" t="s">
-[...3 lines deleted...]
-      <c r="E5" s="21"/>
+      <c r="C5" s="20" t="s">
+        <v>223</v>
+      </c>
+      <c r="D5" s="20"/>
+      <c r="E5" s="20"/>
     </row>
     <row r="6" spans="2:5" x14ac:dyDescent="0.15">
-      <c r="C6" s="21"/>
-[...1 lines deleted...]
-      <c r="E6" s="21"/>
+      <c r="C6" s="20"/>
+      <c r="D6" s="20"/>
+      <c r="E6" s="20"/>
     </row>
     <row r="8" spans="2:5" ht="31.5" x14ac:dyDescent="0.15">
       <c r="B8" s="4" t="s">
         <v>167</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>162</v>
       </c>
       <c r="D8" s="10" t="s">
         <v>166</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="9" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B9" s="4">
         <v>1</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="D9" s="17" t="s">
         <v>3</v>
       </c>
-      <c r="E9" s="12">
-        <v>2572.29</v>
+      <c r="E9" s="19">
+        <v>2386.9899999999998</v>
       </c>
     </row>
     <row r="10" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B10" s="4">
         <v>2</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="D10" s="17" t="s">
         <v>1</v>
       </c>
-      <c r="E10" s="12">
+      <c r="E10" s="19">
         <v>1564.8</v>
       </c>
     </row>
     <row r="11" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B11" s="4">
         <v>3</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>19</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>15</v>
       </c>
-      <c r="E11" s="12">
-        <v>4765.3500000000004</v>
+      <c r="E11" s="19">
+        <v>4362</v>
       </c>
     </row>
     <row r="12" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B12" s="4">
         <v>4</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>8</v>
       </c>
-      <c r="E12" s="12">
-        <v>4030.6400000000003</v>
+      <c r="E12" s="19">
+        <v>3708</v>
       </c>
     </row>
     <row r="13" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B13" s="4">
         <v>5</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>77</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E13" s="12">
-        <v>4605.5</v>
+      <c r="E13" s="19">
+        <v>4365.0599999999995</v>
       </c>
     </row>
     <row r="14" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B14" s="4">
         <v>6</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>60</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E14" s="12">
+      <c r="E14" s="19">
         <v>4360.8</v>
       </c>
     </row>
     <row r="15" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B15" s="4">
         <v>7</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="D15" s="5" t="s">
         <v>1</v>
       </c>
-      <c r="E15" s="12">
-        <v>1564.8</v>
+      <c r="E15" s="19">
+        <v>1629.85</v>
       </c>
     </row>
     <row r="16" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B16" s="4">
         <v>8</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="D16" s="5" t="s">
         <v>152</v>
       </c>
       <c r="E16" s="12">
-        <v>3761.45</v>
+        <v>1922.1299999999999</v>
       </c>
     </row>
     <row r="17" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B17" s="4">
         <v>9</v>
       </c>
       <c r="C17" s="11" t="s">
         <v>70</v>
       </c>
       <c r="D17" s="11" t="s">
         <v>5</v>
       </c>
       <c r="E17" s="12">
         <v>4360.8</v>
       </c>
     </row>
     <row r="18" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B18" s="4">
         <v>10</v>
       </c>
       <c r="C18" s="11" t="s">
         <v>81</v>
       </c>
       <c r="D18" s="11" t="s">
         <v>5</v>
       </c>
-      <c r="E18" s="12">
+      <c r="E18" s="19">
         <v>4360.8</v>
       </c>
     </row>
     <row r="19" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B19" s="4">
         <v>11</v>
       </c>
       <c r="C19" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="E19" s="12">
-        <v>3308.75</v>
+      <c r="E19" s="19">
+        <v>3210</v>
       </c>
     </row>
     <row r="20" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B20" s="4">
         <v>12</v>
       </c>
       <c r="C20" s="11" t="s">
         <v>26</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>0</v>
       </c>
-      <c r="E20" s="12">
-        <v>599.57000000000005</v>
+      <c r="E20" s="19">
+        <v>1555.26</v>
       </c>
     </row>
     <row r="21" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B21" s="4">
         <v>13</v>
       </c>
       <c r="C21" s="16" t="s">
         <v>181</v>
       </c>
       <c r="D21" s="11" t="s">
         <v>4</v>
       </c>
-      <c r="E21" s="12">
+      <c r="E21" s="19">
         <v>1564.8</v>
       </c>
     </row>
     <row r="22" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B22" s="4">
         <v>14</v>
       </c>
       <c r="C22" s="11" t="s">
         <v>141</v>
       </c>
       <c r="D22" s="11" t="s">
         <v>9</v>
       </c>
       <c r="E22" s="12">
         <v>1892.4</v>
       </c>
     </row>
     <row r="23" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B23" s="4">
         <v>15</v>
       </c>
       <c r="C23" s="11" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="D23" s="11" t="s">
         <v>3</v>
       </c>
       <c r="E23" s="12">
-        <v>2415.91</v>
+        <v>2362.8000000000002</v>
       </c>
     </row>
     <row r="24" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B24" s="4">
         <v>16</v>
       </c>
       <c r="C24" s="11" t="s">
         <v>146</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="E24" s="12">
-        <v>1933.36</v>
+      <c r="E24" s="19">
+        <v>1992.82</v>
       </c>
     </row>
     <row r="25" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B25" s="4">
         <v>17</v>
       </c>
       <c r="C25" s="11" t="s">
         <v>134</v>
       </c>
       <c r="D25" s="11" t="s">
         <v>2</v>
       </c>
-      <c r="E25" s="12">
+      <c r="E25" s="19">
         <v>2422.8000000000002</v>
       </c>
     </row>
     <row r="26" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B26" s="4">
         <v>18</v>
       </c>
       <c r="C26" s="11" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="D26" s="11" t="s">
         <v>4</v>
       </c>
       <c r="E26" s="12">
-        <v>1308.3799999999999</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="27" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B27" s="4">
         <v>19</v>
       </c>
       <c r="C27" s="11" t="s">
         <v>102</v>
       </c>
       <c r="D27" s="11" t="s">
         <v>5</v>
       </c>
       <c r="E27" s="12">
         <v>4360.8</v>
       </c>
     </row>
     <row r="28" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B28" s="4">
         <v>20</v>
       </c>
       <c r="C28" s="11" t="s">
         <v>76</v>
       </c>
       <c r="D28" s="11" t="s">
         <v>5</v>
       </c>
       <c r="E28" s="12">
-        <v>5066.3900000000003</v>
+        <v>3901.7599999999998</v>
       </c>
     </row>
     <row r="29" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B29" s="4">
         <v>21</v>
       </c>
       <c r="C29" s="11" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="D29" s="11" t="s">
         <v>5</v>
       </c>
       <c r="E29" s="12">
         <v>4360.8</v>
       </c>
     </row>
     <row r="30" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B30" s="4">
         <v>22</v>
       </c>
       <c r="C30" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>6</v>
       </c>
-      <c r="E30" s="12">
-        <v>6569.7400000000007</v>
+      <c r="E30" s="19">
+        <v>6439.1500000000005</v>
       </c>
     </row>
     <row r="31" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B31" s="4">
         <v>23</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>144</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="E31" s="12">
-        <v>1564.8</v>
+      <c r="E31" s="19">
+        <v>1560.88</v>
       </c>
     </row>
     <row r="32" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B32" s="4">
         <v>24</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>172</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="12">
-        <v>3675</v>
+        <v>3513.1099999999997</v>
       </c>
     </row>
     <row r="33" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B33" s="4">
         <v>25</v>
       </c>
       <c r="C33" s="5" t="s">
         <v>158</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>23</v>
       </c>
       <c r="E33" s="12">
-        <v>2346.94</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="34" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B34" s="4">
         <v>26</v>
       </c>
       <c r="C34" s="5" t="s">
         <v>25</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>0</v>
       </c>
-      <c r="E34" s="12">
-        <v>1113.48</v>
+      <c r="E34" s="19">
+        <v>2561</v>
       </c>
     </row>
     <row r="35" spans="2:5" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B35" s="4">
         <v>27</v>
       </c>
       <c r="C35" s="5" t="s">
         <v>31</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
-      <c r="E35" s="12">
-        <v>2225</v>
+      <c r="E35" s="19">
+        <v>2249.86</v>
       </c>
     </row>
     <row r="36" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B36" s="4">
         <v>28</v>
       </c>
       <c r="C36" s="5" t="s">
         <v>82</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E36" s="12">
+      <c r="E36" s="19">
         <v>4360.8</v>
       </c>
     </row>
     <row r="37" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B37" s="4">
         <v>29</v>
       </c>
       <c r="C37" s="5" t="s">
         <v>107</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E37" s="12">
+      <c r="E37" s="19">
         <v>4360.8</v>
       </c>
     </row>
     <row r="38" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B38" s="4">
         <v>30</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>159</v>
+        <v>225</v>
       </c>
       <c r="D38" s="4" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>4256.1900000000005</v>
+        <v>11</v>
+      </c>
+      <c r="E38" s="19">
+        <v>2907.2799999999997</v>
       </c>
     </row>
     <row r="39" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B39" s="4">
         <v>31</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>80</v>
+        <v>159</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E39" s="12">
+      <c r="E39" s="19">
         <v>4360.8</v>
       </c>
     </row>
     <row r="40" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B40" s="4">
         <v>32</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>35</v>
+        <v>80</v>
       </c>
       <c r="D40" s="4" t="s">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>2673.74</v>
+        <v>5</v>
+      </c>
+      <c r="E40" s="19">
+        <v>4360.8</v>
       </c>
     </row>
     <row r="41" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B41" s="4">
         <v>33</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>56</v>
+        <v>35</v>
       </c>
       <c r="D41" s="4" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>4360.8</v>
+        <v>2</v>
+      </c>
+      <c r="E41" s="19">
+        <v>2502</v>
       </c>
     </row>
     <row r="42" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B42" s="4">
         <v>34</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>20</v>
+        <v>56</v>
       </c>
       <c r="D42" s="4" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>4180.55</v>
+        <v>5</v>
+      </c>
+      <c r="E42" s="19">
+        <v>4360.8</v>
       </c>
     </row>
     <row r="43" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B43" s="4">
         <v>35</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>187</v>
+        <v>20</v>
       </c>
       <c r="D43" s="4" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>4414.6000000000004</v>
+        <v>8</v>
+      </c>
+      <c r="E43" s="19">
+        <v>4014</v>
       </c>
     </row>
     <row r="44" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B44" s="4">
         <v>36</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>206</v>
+        <v>184</v>
       </c>
       <c r="D44" s="4" t="s">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>2676.81</v>
+        <v>5</v>
+      </c>
+      <c r="E44" s="19">
+        <v>4385.75</v>
       </c>
     </row>
     <row r="45" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B45" s="4">
         <v>37</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="D45" s="4" t="s">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1564.8</v>
+        <v>2</v>
+      </c>
+      <c r="E45" s="19">
+        <v>2422.8000000000002</v>
       </c>
     </row>
     <row r="46" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B46" s="4">
         <v>38</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>99</v>
+        <v>198</v>
       </c>
       <c r="D46" s="4" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>4612.5599999999995</v>
+        <v>1</v>
+      </c>
+      <c r="E46" s="19">
+        <v>1560.5</v>
       </c>
     </row>
     <row r="47" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B47" s="4">
         <v>39</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>175</v>
+        <v>99</v>
       </c>
       <c r="D47" s="4" t="s">
-        <v>4</v>
-[...5 lines deleted...]
-    <row r="48" spans="2:5" ht="15.75" x14ac:dyDescent="0.15">
+        <v>5</v>
+      </c>
+      <c r="E47" s="19">
+        <v>4352.0200000000004</v>
+      </c>
+    </row>
+    <row r="48" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B48" s="4">
         <v>40</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="D48" s="4" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-        <v>4806.5200000000004</v>
+        <v>4</v>
+      </c>
+      <c r="E48" s="19">
+        <v>1665</v>
       </c>
     </row>
     <row r="49" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B49" s="4">
         <v>41</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>59</v>
+        <v>179</v>
       </c>
       <c r="D49" s="4" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>4360.8</v>
+        <v>180</v>
+      </c>
+      <c r="E49" s="19">
+        <v>5025</v>
       </c>
     </row>
     <row r="50" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B50" s="4">
         <v>42</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>86</v>
+        <v>59</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E50" s="12">
-        <v>3792</v>
+      <c r="E50" s="19">
+        <v>4360.8</v>
       </c>
     </row>
     <row r="51" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B51" s="4">
         <v>43</v>
       </c>
-      <c r="C51" s="11" t="s">
-        <v>122</v>
+      <c r="C51" s="5" t="s">
+        <v>86</v>
       </c>
       <c r="D51" s="4" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>1910.43</v>
+        <v>5</v>
+      </c>
+      <c r="E51" s="19">
+        <v>4360.8</v>
       </c>
     </row>
     <row r="52" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B52" s="4">
         <v>44</v>
       </c>
       <c r="C52" s="11" t="s">
-        <v>213</v>
+        <v>122</v>
       </c>
       <c r="D52" s="4" t="s">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>2447.37</v>
+        <v>9</v>
+      </c>
+      <c r="E52" s="19">
+        <v>1892.4</v>
       </c>
     </row>
     <row r="53" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B53" s="4">
         <v>45</v>
       </c>
       <c r="C53" s="11" t="s">
-        <v>220</v>
+        <v>210</v>
       </c>
       <c r="D53" s="4" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>3708</v>
+        <v>2</v>
+      </c>
+      <c r="E53" s="19">
+        <v>2422.8000000000002</v>
       </c>
     </row>
     <row r="54" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B54" s="4">
         <v>46</v>
       </c>
       <c r="C54" s="11" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="D54" s="4" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="E54" s="12">
-        <v>1910.7900000000002</v>
+        <v>3740.9399999999996</v>
       </c>
     </row>
     <row r="55" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B55" s="4">
         <v>47</v>
       </c>
       <c r="C55" s="11" t="s">
-        <v>95</v>
+        <v>206</v>
       </c>
       <c r="D55" s="4" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="E55" s="12">
-        <v>4360.8</v>
+        <v>1892.4</v>
       </c>
     </row>
     <row r="56" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B56" s="4">
         <v>48</v>
       </c>
-      <c r="C56" s="5" t="s">
-        <v>111</v>
+      <c r="C56" s="11" t="s">
+        <v>95</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E56" s="12">
+      <c r="E56" s="19">
         <v>4360.8</v>
       </c>
     </row>
     <row r="57" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B57" s="4">
         <v>49</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>205</v>
+        <v>111</v>
       </c>
       <c r="D57" s="4" t="s">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1564.8</v>
+        <v>5</v>
+      </c>
+      <c r="E57" s="19">
+        <v>4360.8</v>
       </c>
     </row>
     <row r="58" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B58" s="4">
         <v>50</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>90</v>
+        <v>202</v>
       </c>
       <c r="D58" s="4" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>3000.75</v>
+        <v>1</v>
+      </c>
+      <c r="E58" s="19">
+        <v>1564.8</v>
       </c>
     </row>
     <row r="59" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B59" s="4">
         <v>51</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>218</v>
+        <v>90</v>
       </c>
       <c r="D59" s="4" t="s">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>2106.7800000000002</v>
+        <v>11</v>
+      </c>
+      <c r="E59" s="19">
+        <v>2937.6800000000003</v>
       </c>
     </row>
     <row r="60" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B60" s="4">
         <v>52</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>85</v>
+        <v>215</v>
       </c>
       <c r="D60" s="4" t="s">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1642.73</v>
+        <v>2</v>
+      </c>
+      <c r="E60" s="19">
+        <v>2422.8000000000002</v>
       </c>
     </row>
     <row r="61" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B61" s="4">
         <v>53</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>40</v>
+        <v>85</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="E61" s="12">
-        <v>2516.7399999999998</v>
+      <c r="E61" s="19">
+        <v>1564.8</v>
       </c>
     </row>
     <row r="62" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B62" s="4">
         <v>54</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>226</v>
+        <v>40</v>
       </c>
       <c r="D62" s="4" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-        <v>3068</v>
+        <v>1</v>
+      </c>
+      <c r="E62" s="19">
+        <v>2326.27</v>
       </c>
     </row>
     <row r="63" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B63" s="4">
         <v>55</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>39</v>
+        <v>222</v>
       </c>
       <c r="D63" s="4" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>2255.39</v>
+        <v>152</v>
+      </c>
+      <c r="E63" s="19">
+        <v>2455.6400000000003</v>
       </c>
     </row>
     <row r="64" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B64" s="4">
         <v>56</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="E64" s="12">
-        <v>3004.2000000000003</v>
+      <c r="E64" s="19">
+        <v>2118</v>
       </c>
     </row>
     <row r="65" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B65" s="4">
         <v>57</v>
       </c>
-      <c r="C65" s="8" t="s">
-[...6 lines deleted...]
-        <v>1970</v>
+      <c r="C65" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="D65" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="E65" s="19">
+        <v>2364</v>
       </c>
     </row>
     <row r="66" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B66" s="4">
         <v>58</v>
       </c>
       <c r="C66" s="8" t="s">
-        <v>210</v>
+        <v>116</v>
       </c>
       <c r="D66" s="13" t="s">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>2422.8000000000002</v>
+        <v>0</v>
+      </c>
+      <c r="E66" s="19">
+        <v>1970</v>
       </c>
     </row>
     <row r="67" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B67" s="4">
         <v>59</v>
       </c>
-      <c r="C67" s="5" t="s">
-[...6 lines deleted...]
-        <v>3285.19</v>
+      <c r="C67" s="8" t="s">
+        <v>207</v>
+      </c>
+      <c r="D67" s="13" t="s">
+        <v>2</v>
+      </c>
+      <c r="E67" s="19">
+        <v>2422.8000000000002</v>
       </c>
     </row>
     <row r="68" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B68" s="4">
         <v>60</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>29</v>
+        <v>71</v>
       </c>
       <c r="D68" s="4" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>4360.8</v>
+        <v>11</v>
+      </c>
+      <c r="E68" s="19">
+        <v>2938.8</v>
       </c>
     </row>
     <row r="69" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B69" s="4">
         <v>61</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>93</v>
+        <v>29</v>
       </c>
       <c r="D69" s="4" t="s">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1610.01</v>
+        <v>5</v>
+      </c>
+      <c r="E69" s="19">
+        <v>4360.8</v>
       </c>
     </row>
     <row r="70" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B70" s="4">
         <v>62</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>57</v>
+        <v>93</v>
       </c>
       <c r="D70" s="4" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>3895.6000000000004</v>
+        <v>1</v>
+      </c>
+      <c r="E70" s="19">
+        <v>1560.1600000000003</v>
       </c>
     </row>
     <row r="71" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B71" s="4">
         <v>63</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="D71" s="4" t="s">
-        <v>9</v>
-[...5 lines deleted...]
-    <row r="72" spans="2:5" ht="15.75" x14ac:dyDescent="0.15">
+        <v>16</v>
+      </c>
+      <c r="E71" s="19">
+        <v>2752.69</v>
+      </c>
+    </row>
+    <row r="72" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B72" s="4">
         <v>64</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>22</v>
+        <v>47</v>
       </c>
       <c r="D72" s="4" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E72" s="19">
-        <v>0</v>
+        <v>2132.67</v>
       </c>
     </row>
     <row r="73" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B73" s="4">
         <v>65</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>189</v>
+        <v>22</v>
       </c>
       <c r="D73" s="4" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>4360.8</v>
+        <v>10</v>
+      </c>
+      <c r="E73" s="19">
+        <v>0</v>
       </c>
     </row>
     <row r="74" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B74" s="4">
         <v>66</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>32</v>
+        <v>186</v>
       </c>
       <c r="D74" s="4" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>2318</v>
+        <v>5</v>
+      </c>
+      <c r="E74" s="19">
+        <v>4594.53</v>
       </c>
     </row>
     <row r="75" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B75" s="4">
         <v>67</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>123</v>
+        <v>32</v>
       </c>
       <c r="D75" s="4" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>2362.8000000000002</v>
+        <v>9</v>
+      </c>
+      <c r="E75" s="19">
+        <v>2318</v>
       </c>
     </row>
     <row r="76" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B76" s="4">
         <v>68</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>174</v>
+        <v>123</v>
       </c>
       <c r="D76" s="4" t="s">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>1665</v>
+        <v>3</v>
+      </c>
+      <c r="E76" s="19">
+        <v>2363.9</v>
       </c>
     </row>
     <row r="77" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B77" s="4">
         <v>69</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>92</v>
+        <v>174</v>
       </c>
       <c r="D77" s="4" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>2583.7399999999998</v>
+        <v>4</v>
+      </c>
+      <c r="E77" s="19">
+        <v>1665</v>
       </c>
     </row>
     <row r="78" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B78" s="4">
         <v>70</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="D78" s="4" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>4360.8</v>
+        <v>11</v>
+      </c>
+      <c r="E78" s="19">
+        <v>2938.8</v>
       </c>
     </row>
     <row r="79" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B79" s="4">
         <v>71</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>42</v>
+        <v>87</v>
       </c>
       <c r="D79" s="4" t="s">
-        <v>4</v>
-[...5 lines deleted...]
-    <row r="80" spans="2:5" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>5</v>
+      </c>
+      <c r="E79" s="19">
+        <v>4360.8</v>
+      </c>
+    </row>
+    <row r="80" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B80" s="4">
         <v>72</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>138</v>
+        <v>224</v>
       </c>
       <c r="D80" s="4" t="s">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>2555.0499999999997</v>
+        <v>10</v>
+      </c>
+      <c r="E80" s="19">
+        <v>4546.5200000000004</v>
       </c>
     </row>
     <row r="81" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B81" s="4">
         <v>73</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="D81" s="4" t="s">
-        <v>2</v>
-[...5 lines deleted...]
-    <row r="82" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
+        <v>4</v>
+      </c>
+      <c r="E81" s="19">
+        <v>1923.94</v>
+      </c>
+    </row>
+    <row r="82" spans="2:5" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B82" s="4">
         <v>74</v>
       </c>
       <c r="C82" s="5" t="s">
-        <v>105</v>
+        <v>138</v>
       </c>
       <c r="D82" s="4" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>2128.2199999999998</v>
+        <v>2</v>
+      </c>
+      <c r="E82" s="19">
+        <v>2422.8000000000002</v>
       </c>
     </row>
     <row r="83" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B83" s="4">
         <v>75</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>108</v>
+        <v>36</v>
       </c>
       <c r="D83" s="4" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>4602</v>
+        <v>2</v>
+      </c>
+      <c r="E83" s="19">
+        <v>2422.8000000000002</v>
       </c>
     </row>
     <row r="84" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B84" s="4">
         <v>76</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>148</v>
+        <v>105</v>
       </c>
       <c r="D84" s="4" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>4662</v>
+        <v>9</v>
+      </c>
+      <c r="E84" s="19">
+        <v>1911.26</v>
       </c>
     </row>
     <row r="85" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B85" s="4">
         <v>77</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>150</v>
-[...5 lines deleted...]
-        <v>4514</v>
+        <v>108</v>
+      </c>
+      <c r="D85" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="E85" s="19">
+        <v>4602</v>
       </c>
     </row>
     <row r="86" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B86" s="4">
         <v>78</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="D86" s="4" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>2148.61</v>
+        <v>8</v>
+      </c>
+      <c r="E86" s="19">
+        <v>4662</v>
       </c>
     </row>
     <row r="87" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B87" s="4">
         <v>79</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>83</v>
-[...5 lines deleted...]
-        <v>3000.04</v>
+        <v>150</v>
+      </c>
+      <c r="D87" s="14" t="s">
+        <v>149</v>
+      </c>
+      <c r="E87" s="19">
+        <v>4514</v>
       </c>
     </row>
     <row r="88" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B88" s="4">
         <v>80</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>217</v>
+        <v>143</v>
       </c>
       <c r="D88" s="4" t="s">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1647.3799999999999</v>
+        <v>9</v>
+      </c>
+      <c r="E88" s="19">
+        <v>2118</v>
       </c>
     </row>
     <row r="89" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B89" s="4">
         <v>81</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>186</v>
+        <v>83</v>
       </c>
       <c r="D89" s="4" t="s">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1564.8</v>
+        <v>11</v>
+      </c>
+      <c r="E89" s="19">
+        <v>2938.8</v>
       </c>
     </row>
     <row r="90" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B90" s="4">
         <v>82</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>151</v>
+        <v>214</v>
       </c>
       <c r="D90" s="4" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>3973.5299999999997</v>
+        <v>1</v>
+      </c>
+      <c r="E90" s="19">
+        <v>1564.8</v>
       </c>
     </row>
     <row r="91" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B91" s="4">
         <v>83</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>45</v>
+        <v>183</v>
       </c>
       <c r="D91" s="4" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>2339.9499999999998</v>
+        <v>1</v>
+      </c>
+      <c r="E91" s="19">
+        <v>1564.8</v>
       </c>
     </row>
     <row r="92" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B92" s="4">
         <v>84</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>124</v>
+        <v>151</v>
       </c>
       <c r="D92" s="4" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>1892.4</v>
+        <v>8</v>
+      </c>
+      <c r="E92" s="19">
+        <v>3708</v>
       </c>
     </row>
     <row r="93" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B93" s="4">
         <v>85</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="E93" s="12">
-        <v>3169.54</v>
+      <c r="E93" s="19">
+        <v>2118</v>
       </c>
     </row>
     <row r="94" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B94" s="4">
         <v>86</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="D94" s="4" t="s">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>1564.8</v>
+        <v>9</v>
+      </c>
+      <c r="E94" s="19">
+        <v>1892.4</v>
       </c>
     </row>
     <row r="95" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B95" s="4">
         <v>87</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>147</v>
+        <v>38</v>
       </c>
       <c r="D95" s="4" t="s">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>1396.67</v>
+        <v>9</v>
+      </c>
+      <c r="E95" s="19">
+        <v>2395.11</v>
       </c>
     </row>
     <row r="96" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B96" s="4">
         <v>88</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="D96" s="4" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>1892.4</v>
+        <v>4</v>
+      </c>
+      <c r="E96" s="19">
+        <v>1564.8</v>
       </c>
     </row>
     <row r="97" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B97" s="4">
         <v>89</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>66</v>
+        <v>147</v>
       </c>
       <c r="D97" s="4" t="s">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1564.8</v>
+        <v>4</v>
+      </c>
+      <c r="E97" s="19">
+        <v>1246</v>
       </c>
     </row>
     <row r="98" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B98" s="4">
         <v>90</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>72</v>
+        <v>120</v>
       </c>
       <c r="D98" s="4" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>2362.8000000000002</v>
+        <v>9</v>
+      </c>
+      <c r="E98" s="19">
+        <v>1995.6</v>
       </c>
     </row>
     <row r="99" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B99" s="4">
         <v>91</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>119</v>
+        <v>66</v>
       </c>
       <c r="D99" s="4" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>4868.3</v>
+        <v>1</v>
+      </c>
+      <c r="E99" s="19">
+        <v>1559.23</v>
       </c>
     </row>
     <row r="100" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B100" s="4">
         <v>92</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>196</v>
+        <v>72</v>
       </c>
       <c r="D100" s="4" t="s">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>2422.8000000000002</v>
+        <v>3</v>
+      </c>
+      <c r="E100" s="19">
+        <v>2362.8000000000002</v>
       </c>
     </row>
     <row r="101" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B101" s="4">
         <v>93</v>
       </c>
       <c r="C101" s="5" t="s">
-        <v>192</v>
+        <v>119</v>
       </c>
       <c r="D101" s="4" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>2362.8000000000002</v>
+        <v>8</v>
+      </c>
+      <c r="E101" s="19">
+        <v>0</v>
       </c>
     </row>
     <row r="102" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B102" s="4">
         <v>94</v>
       </c>
       <c r="C102" s="5" t="s">
-        <v>73</v>
+        <v>193</v>
       </c>
       <c r="D102" s="4" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>4360.8</v>
+        <v>2</v>
+      </c>
+      <c r="E102" s="19">
+        <v>3859.2200000000007</v>
       </c>
     </row>
     <row r="103" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B103" s="4">
         <v>95</v>
       </c>
       <c r="C103" s="5" t="s">
-        <v>43</v>
+        <v>189</v>
       </c>
       <c r="D103" s="4" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>3044.54</v>
+        <v>3</v>
+      </c>
+      <c r="E103" s="19">
+        <v>2450.75</v>
       </c>
     </row>
     <row r="104" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B104" s="4">
         <v>96</v>
       </c>
       <c r="C104" s="5" t="s">
-        <v>121</v>
+        <v>73</v>
       </c>
       <c r="D104" s="4" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>2120.1999999999998</v>
+        <v>5</v>
+      </c>
+      <c r="E104" s="19">
+        <v>4360.8</v>
       </c>
     </row>
     <row r="105" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B105" s="4">
         <v>97</v>
       </c>
       <c r="C105" s="5" t="s">
-        <v>14</v>
+        <v>43</v>
       </c>
       <c r="D105" s="4" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>4879.2</v>
+        <v>11</v>
+      </c>
+      <c r="E105" s="19">
+        <v>2940</v>
       </c>
     </row>
     <row r="106" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B106" s="4">
         <v>98</v>
       </c>
       <c r="C106" s="5" t="s">
-        <v>18</v>
-[...5 lines deleted...]
-        <v>5211.74</v>
+        <v>121</v>
+      </c>
+      <c r="D106" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="E106" s="19">
+        <v>1792.8</v>
       </c>
     </row>
     <row r="107" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B107" s="4">
         <v>99</v>
       </c>
       <c r="C107" s="5" t="s">
-        <v>109</v>
+        <v>14</v>
       </c>
       <c r="D107" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E107" s="12">
+      <c r="E107" s="19">
         <v>4360.8</v>
       </c>
     </row>
     <row r="108" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B108" s="4">
         <v>100</v>
       </c>
       <c r="C108" s="5" t="s">
-        <v>184</v>
-[...5 lines deleted...]
-        <v>2891.75</v>
+        <v>18</v>
+      </c>
+      <c r="D108" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="E108" s="19">
+        <v>5160</v>
       </c>
     </row>
     <row r="109" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B109" s="4">
         <v>101</v>
       </c>
       <c r="C109" s="5" t="s">
-        <v>64</v>
+        <v>109</v>
       </c>
       <c r="D109" s="4" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>2043.59</v>
+        <v>5</v>
+      </c>
+      <c r="E109" s="19">
+        <v>4360.8</v>
       </c>
     </row>
     <row r="110" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B110" s="4">
         <v>102</v>
       </c>
-      <c r="C110" s="9" t="s">
-[...6 lines deleted...]
-        <v>5160</v>
+      <c r="C110" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="D110" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="E110" s="19">
+        <v>1956</v>
       </c>
     </row>
     <row r="111" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B111" s="4">
         <v>103</v>
       </c>
-      <c r="C111" s="5" t="s">
-[...6 lines deleted...]
-        <v>4360.8</v>
+      <c r="C111" s="9" t="s">
+        <v>161</v>
+      </c>
+      <c r="D111" s="15" t="s">
+        <v>160</v>
+      </c>
+      <c r="E111" s="19">
+        <v>5160</v>
       </c>
     </row>
     <row r="112" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B112" s="4">
         <v>104</v>
       </c>
       <c r="C112" s="5" t="s">
-        <v>127</v>
+        <v>97</v>
       </c>
       <c r="D112" s="4" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>1993.58</v>
+        <v>5</v>
+      </c>
+      <c r="E112" s="19">
+        <v>4368.0199999999995</v>
       </c>
     </row>
     <row r="113" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B113" s="4">
         <v>105</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="E113" s="12">
-        <v>1557.96</v>
+      <c r="E113" s="19">
+        <v>1893.08</v>
       </c>
     </row>
     <row r="114" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B114" s="4">
         <v>106</v>
       </c>
       <c r="C114" s="5" t="s">
-        <v>78</v>
+        <v>126</v>
       </c>
       <c r="D114" s="4" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>4360.8</v>
+        <v>9</v>
+      </c>
+      <c r="E114" s="19">
+        <v>2020.1399999999999</v>
       </c>
     </row>
     <row r="115" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B115" s="4">
         <v>107</v>
       </c>
       <c r="C115" s="5" t="s">
-        <v>37</v>
+        <v>78</v>
       </c>
       <c r="D115" s="4" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>2602.29</v>
+        <v>5</v>
+      </c>
+      <c r="E115" s="19">
+        <v>4360.8</v>
       </c>
     </row>
     <row r="116" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B116" s="4">
         <v>108</v>
       </c>
       <c r="C116" s="5" t="s">
-        <v>145</v>
+        <v>37</v>
       </c>
       <c r="D116" s="4" t="s">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>2330.1</v>
+        <v>9</v>
+      </c>
+      <c r="E116" s="19">
+        <v>2586.66</v>
       </c>
     </row>
     <row r="117" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B117" s="4">
         <v>109</v>
       </c>
       <c r="C117" s="5" t="s">
-        <v>88</v>
+        <v>145</v>
       </c>
       <c r="D117" s="4" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>4603.1500000000005</v>
+        <v>1</v>
+      </c>
+      <c r="E117" s="19">
+        <v>2267.67</v>
       </c>
     </row>
     <row r="118" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B118" s="4">
         <v>110</v>
       </c>
       <c r="C118" s="5" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E118" s="12">
-        <v>4586.96</v>
+      <c r="E118" s="19">
+        <v>4360.8</v>
       </c>
     </row>
     <row r="119" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B119" s="4">
         <v>111</v>
       </c>
       <c r="C119" s="5" t="s">
-        <v>103</v>
+        <v>91</v>
       </c>
       <c r="D119" s="4" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>3648</v>
+        <v>5</v>
+      </c>
+      <c r="E119" s="19">
+        <v>4360.41</v>
       </c>
     </row>
     <row r="120" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B120" s="4">
         <v>112</v>
       </c>
       <c r="C120" s="5" t="s">
-        <v>89</v>
+        <v>103</v>
       </c>
       <c r="D120" s="4" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>4360.8</v>
+        <v>16</v>
+      </c>
+      <c r="E120" s="19">
+        <v>3648</v>
       </c>
     </row>
     <row r="121" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B121" s="4">
         <v>113</v>
       </c>
       <c r="C121" s="5" t="s">
-        <v>211</v>
+        <v>89</v>
       </c>
       <c r="D121" s="4" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>2385.92</v>
+        <v>5</v>
+      </c>
+      <c r="E121" s="19">
+        <v>4366.53</v>
       </c>
     </row>
     <row r="122" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B122" s="4">
         <v>114</v>
       </c>
       <c r="C122" s="5" t="s">
-        <v>129</v>
+        <v>208</v>
       </c>
       <c r="D122" s="4" t="s">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1633.44</v>
+        <v>3</v>
+      </c>
+      <c r="E122" s="19">
+        <v>2360.7199999999998</v>
       </c>
     </row>
     <row r="123" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B123" s="4">
         <v>115</v>
       </c>
       <c r="C123" s="5" t="s">
-        <v>136</v>
+        <v>129</v>
       </c>
       <c r="D123" s="4" t="s">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>2133.02</v>
+        <v>1</v>
+      </c>
+      <c r="E123" s="19">
+        <v>1564.8</v>
       </c>
     </row>
     <row r="124" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B124" s="4">
         <v>116</v>
       </c>
       <c r="C124" s="5" t="s">
-        <v>67</v>
+        <v>136</v>
       </c>
       <c r="D124" s="4" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>4360.8</v>
+        <v>2</v>
+      </c>
+      <c r="E124" s="19">
+        <v>2425.2799999999997</v>
       </c>
     </row>
     <row r="125" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B125" s="4">
         <v>117</v>
       </c>
       <c r="C125" s="5" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="D125" s="4" t="s">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>2009.6299999999999</v>
+        <v>5</v>
+      </c>
+      <c r="E125" s="19">
+        <v>4372.2999999999993</v>
       </c>
     </row>
     <row r="126" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B126" s="4">
         <v>118</v>
       </c>
       <c r="C126" s="5" t="s">
-        <v>68</v>
+        <v>27</v>
       </c>
       <c r="D126" s="4" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>4405.29</v>
+        <v>0</v>
+      </c>
+      <c r="E126" s="19">
+        <v>1987</v>
       </c>
     </row>
     <row r="127" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B127" s="4">
         <v>119</v>
       </c>
       <c r="C127" s="5" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="D127" s="4" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>3033.49</v>
+        <v>5</v>
+      </c>
+      <c r="E127" s="19">
+        <v>4359.0599999999995</v>
       </c>
     </row>
     <row r="128" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B128" s="4">
         <v>120</v>
       </c>
-      <c r="C128" s="11" t="s">
-[...6 lines deleted...]
-        <v>2426.27</v>
+      <c r="C128" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="D128" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="E128" s="19">
+        <v>2938.92</v>
       </c>
     </row>
     <row r="129" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B129" s="4">
         <v>121</v>
       </c>
       <c r="C129" s="11" t="s">
-        <v>75</v>
+        <v>28</v>
       </c>
       <c r="D129" s="11" t="s">
-        <v>5</v>
-[...4 lines deleted...]
-      <c r="F129" s="18"/>
+        <v>12</v>
+      </c>
+      <c r="E129" s="19">
+        <v>2225</v>
+      </c>
     </row>
     <row r="130" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B130" s="4">
         <v>122</v>
       </c>
       <c r="C130" s="11" t="s">
-        <v>223</v>
+        <v>75</v>
       </c>
       <c r="D130" s="11" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E130" s="12">
-        <v>1665</v>
-      </c>
+        <v>4360.8</v>
+      </c>
+      <c r="F130" s="18"/>
     </row>
     <row r="131" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B131" s="4">
         <v>123</v>
       </c>
-      <c r="C131" s="8" t="s">
-[...3 lines deleted...]
-        <v>23</v>
+      <c r="C131" s="11" t="s">
+        <v>220</v>
+      </c>
+      <c r="D131" s="11" t="s">
+        <v>4</v>
       </c>
       <c r="E131" s="12">
-        <v>1883.7</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="132" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B132" s="4">
         <v>124</v>
       </c>
-      <c r="C132" s="5" t="s">
-[...6 lines deleted...]
-        <v>2389.4100000000003</v>
+      <c r="C132" s="11" t="s">
+        <v>226</v>
+      </c>
+      <c r="D132" s="11" t="s">
+        <v>8</v>
+      </c>
+      <c r="E132" s="19">
+        <v>3644.4</v>
       </c>
     </row>
     <row r="133" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B133" s="4">
         <v>125</v>
       </c>
-      <c r="C133" s="5" t="s">
-[...6 lines deleted...]
-        <v>2594.79</v>
+      <c r="C133" s="8" t="s">
+        <v>178</v>
+      </c>
+      <c r="D133" s="16" t="s">
+        <v>23</v>
+      </c>
+      <c r="E133" s="19">
+        <v>1853.27</v>
       </c>
     </row>
     <row r="134" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B134" s="4">
         <v>126</v>
       </c>
       <c r="C134" s="5" t="s">
-        <v>79</v>
+        <v>155</v>
       </c>
       <c r="D134" s="4" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>4506</v>
+        <v>9</v>
+      </c>
+      <c r="E134" s="19">
+        <v>2118</v>
       </c>
     </row>
     <row r="135" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B135" s="4">
         <v>127</v>
       </c>
       <c r="C135" s="5" t="s">
-        <v>140</v>
+        <v>44</v>
       </c>
       <c r="D135" s="4" t="s">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1582.5</v>
+        <v>12</v>
+      </c>
+      <c r="E135" s="19">
+        <v>2362.8000000000002</v>
       </c>
     </row>
     <row r="136" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B136" s="4">
         <v>128</v>
       </c>
       <c r="C136" s="5" t="s">
-        <v>197</v>
+        <v>79</v>
       </c>
       <c r="D136" s="4" t="s">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1564.8</v>
+        <v>5</v>
+      </c>
+      <c r="E136" s="19">
+        <v>4506</v>
       </c>
     </row>
     <row r="137" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B137" s="4">
         <v>129</v>
       </c>
       <c r="C137" s="5" t="s">
-        <v>106</v>
+        <v>140</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="E137" s="12">
+      <c r="E137" s="19">
         <v>1564.8</v>
       </c>
     </row>
     <row r="138" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B138" s="4">
         <v>130</v>
       </c>
       <c r="C138" s="5" t="s">
-        <v>41</v>
+        <v>194</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="E138" s="12">
-        <v>2039.08</v>
+      <c r="E138" s="19">
+        <v>1564.8</v>
       </c>
     </row>
     <row r="139" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B139" s="4">
         <v>131</v>
       </c>
       <c r="C139" s="5" t="s">
-        <v>128</v>
+        <v>106</v>
       </c>
       <c r="D139" s="4" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>1913.63</v>
+        <v>1</v>
+      </c>
+      <c r="E139" s="19">
+        <v>1563.68</v>
       </c>
     </row>
     <row r="140" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B140" s="4">
         <v>132</v>
       </c>
       <c r="C140" s="5" t="s">
-        <v>221</v>
+        <v>41</v>
       </c>
       <c r="D140" s="4" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>3474.07</v>
+        <v>1</v>
+      </c>
+      <c r="E140" s="19">
+        <v>2014.09</v>
       </c>
     </row>
     <row r="141" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B141" s="4">
         <v>133</v>
       </c>
       <c r="C141" s="5" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="D141" s="4" t="s">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1564.8</v>
+        <v>9</v>
+      </c>
+      <c r="E141" s="19">
+        <v>1892.8</v>
       </c>
     </row>
     <row r="142" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B142" s="4">
         <v>134</v>
       </c>
       <c r="C142" s="5" t="s">
-        <v>203</v>
+        <v>218</v>
       </c>
       <c r="D142" s="4" t="s">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>2422.8000000000002</v>
+        <v>11</v>
+      </c>
+      <c r="E142" s="19">
+        <v>2785.26</v>
       </c>
     </row>
     <row r="143" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B143" s="4">
         <v>135</v>
       </c>
-      <c r="C143" s="11" t="s">
-[...2 lines deleted...]
-      <c r="D143" s="11" t="s">
+      <c r="C143" s="5" t="s">
+        <v>132</v>
+      </c>
+      <c r="D143" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="E143" s="12">
-        <v>1564.8</v>
+      <c r="E143" s="19">
+        <v>1565.3899999999999</v>
       </c>
     </row>
     <row r="144" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B144" s="4">
         <v>136</v>
       </c>
-      <c r="C144" s="11" t="s">
-[...2 lines deleted...]
-      <c r="D144" s="11" t="s">
+      <c r="C144" s="5" t="s">
+        <v>200</v>
+      </c>
+      <c r="D144" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="E144" s="12">
-        <v>2592.7100000000005</v>
+      <c r="E144" s="19">
+        <v>2437.15</v>
       </c>
     </row>
     <row r="145" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B145" s="4">
         <v>137</v>
       </c>
       <c r="C145" s="11" t="s">
-        <v>135</v>
+        <v>196</v>
       </c>
       <c r="D145" s="11" t="s">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>2608.35</v>
+        <v>1</v>
+      </c>
+      <c r="E145" s="19">
+        <v>1564.8</v>
       </c>
     </row>
     <row r="146" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B146" s="4">
         <v>138</v>
       </c>
       <c r="C146" s="11" t="s">
-        <v>168</v>
+        <v>191</v>
       </c>
       <c r="D146" s="11" t="s">
         <v>2</v>
       </c>
-      <c r="E146" s="12">
-        <v>2175.65</v>
+      <c r="E146" s="19">
+        <v>2422.8000000000002</v>
       </c>
     </row>
     <row r="147" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B147" s="4">
         <v>139</v>
       </c>
-      <c r="C147" s="5" t="s">
-[...6 lines deleted...]
-        <v>4404.92</v>
+      <c r="C147" s="11" t="s">
+        <v>135</v>
+      </c>
+      <c r="D147" s="11" t="s">
+        <v>2</v>
+      </c>
+      <c r="E147" s="19">
+        <v>2424.7600000000002</v>
       </c>
     </row>
     <row r="148" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B148" s="4">
         <v>140</v>
       </c>
-      <c r="C148" s="5" t="s">
-[...6 lines deleted...]
-        <v>1665</v>
+      <c r="C148" s="11" t="s">
+        <v>168</v>
+      </c>
+      <c r="D148" s="11" t="s">
+        <v>2</v>
+      </c>
+      <c r="E148" s="19">
+        <v>2775.25</v>
       </c>
     </row>
     <row r="149" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B149" s="4">
         <v>141</v>
       </c>
       <c r="C149" s="5" t="s">
-        <v>153</v>
+        <v>58</v>
       </c>
       <c r="D149" s="4" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>4273.2999999999993</v>
+        <v>182</v>
+      </c>
+      <c r="E149" s="19">
+        <v>4585.34</v>
       </c>
     </row>
     <row r="150" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B150" s="4">
         <v>142</v>
       </c>
       <c r="C150" s="5" t="s">
-        <v>104</v>
+        <v>156</v>
       </c>
       <c r="D150" s="4" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>2938.8</v>
+        <v>4</v>
+      </c>
+      <c r="E150" s="19">
+        <v>1665</v>
       </c>
     </row>
     <row r="151" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B151" s="4">
         <v>143</v>
       </c>
       <c r="C151" s="5" t="s">
-        <v>195</v>
+        <v>153</v>
       </c>
       <c r="D151" s="4" t="s">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>2422.8000000000002</v>
+        <v>10</v>
+      </c>
+      <c r="E151" s="19">
+        <v>3648</v>
       </c>
     </row>
     <row r="152" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B152" s="4">
         <v>144</v>
       </c>
       <c r="C152" s="5" t="s">
-        <v>139</v>
+        <v>104</v>
       </c>
       <c r="D152" s="4" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>2190.6000000000004</v>
+        <v>11</v>
+      </c>
+      <c r="E152" s="19">
+        <v>2938.8</v>
       </c>
     </row>
     <row r="153" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B153" s="4">
         <v>145</v>
       </c>
       <c r="C153" s="5" t="s">
-        <v>100</v>
+        <v>192</v>
       </c>
       <c r="D153" s="4" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>4600.63</v>
+        <v>2</v>
+      </c>
+      <c r="E153" s="19">
+        <v>2422.8000000000002</v>
       </c>
     </row>
     <row r="154" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B154" s="4">
         <v>146</v>
       </c>
       <c r="C154" s="5" t="s">
-        <v>198</v>
+        <v>139</v>
       </c>
       <c r="D154" s="4" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>2362.8000000000002</v>
+        <v>9</v>
+      </c>
+      <c r="E154" s="19">
+        <v>1795.1100000000001</v>
       </c>
     </row>
     <row r="155" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B155" s="4">
         <v>147</v>
       </c>
       <c r="C155" s="5" t="s">
-        <v>53</v>
-[...5 lines deleted...]
-        <v>5160</v>
+        <v>100</v>
+      </c>
+      <c r="D155" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="E155" s="19">
+        <v>4360.8</v>
       </c>
     </row>
     <row r="156" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B156" s="4">
         <v>148</v>
       </c>
       <c r="C156" s="5" t="s">
-        <v>94</v>
+        <v>195</v>
       </c>
       <c r="D156" s="4" t="s">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1564.8</v>
+        <v>3</v>
+      </c>
+      <c r="E156" s="19">
+        <v>2737.54</v>
       </c>
     </row>
     <row r="157" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B157" s="4">
         <v>149</v>
       </c>
       <c r="C157" s="5" t="s">
-        <v>51</v>
-[...5 lines deleted...]
-        <v>3270.7</v>
+        <v>53</v>
+      </c>
+      <c r="D157" s="14" t="s">
+        <v>52</v>
+      </c>
+      <c r="E157" s="19">
+        <v>5156.3999999999996</v>
       </c>
     </row>
     <row r="158" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B158" s="4">
         <v>150</v>
       </c>
       <c r="C158" s="5" t="s">
-        <v>157</v>
+        <v>94</v>
       </c>
       <c r="D158" s="4" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>1915</v>
+        <v>1</v>
+      </c>
+      <c r="E158" s="19">
+        <v>1564.8</v>
       </c>
     </row>
     <row r="159" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B159" s="4">
         <v>151</v>
       </c>
       <c r="C159" s="5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D159" s="4" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>1564.8</v>
+        <v>11</v>
+      </c>
+      <c r="E159" s="19">
+        <v>2940</v>
       </c>
     </row>
     <row r="160" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B160" s="4">
         <v>152</v>
       </c>
       <c r="C160" s="5" t="s">
-        <v>130</v>
+        <v>157</v>
       </c>
       <c r="D160" s="4" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>2011.56</v>
+        <v>23</v>
+      </c>
+      <c r="E160" s="19">
+        <v>2066.63</v>
       </c>
     </row>
     <row r="161" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B161" s="4">
         <v>153</v>
       </c>
       <c r="C161" s="5" t="s">
-        <v>137</v>
+        <v>49</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="E161" s="12">
-        <v>1911.5200000000002</v>
+      <c r="E161" s="19">
+        <v>1743.96</v>
       </c>
     </row>
     <row r="162" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B162" s="4">
         <v>154</v>
       </c>
       <c r="C162" s="5" t="s">
-        <v>118</v>
+        <v>130</v>
       </c>
       <c r="D162" s="4" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>4360.8</v>
+        <v>9</v>
+      </c>
+      <c r="E162" s="19">
+        <v>1892.4</v>
       </c>
     </row>
     <row r="163" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B163" s="4">
         <v>155</v>
       </c>
       <c r="C163" s="5" t="s">
-        <v>24</v>
+        <v>137</v>
       </c>
       <c r="D163" s="4" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>2675</v>
+        <v>9</v>
+      </c>
+      <c r="E163" s="19">
+        <v>1892.4</v>
       </c>
     </row>
     <row r="164" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B164" s="4">
         <v>156</v>
       </c>
       <c r="C164" s="5" t="s">
-        <v>202</v>
+        <v>118</v>
       </c>
       <c r="D164" s="4" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>2362.8000000000002</v>
+        <v>5</v>
+      </c>
+      <c r="E164" s="19">
+        <v>4360.8</v>
       </c>
     </row>
     <row r="165" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B165" s="4">
         <v>157</v>
       </c>
       <c r="C165" s="5" t="s">
-        <v>125</v>
+        <v>24</v>
       </c>
       <c r="D165" s="4" t="s">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1656.1899999999998</v>
+        <v>11</v>
+      </c>
+      <c r="E165" s="19">
+        <v>2870.5699999999997</v>
       </c>
     </row>
     <row r="166" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B166" s="4">
         <v>158</v>
       </c>
       <c r="C166" s="5" t="s">
-        <v>193</v>
+        <v>199</v>
       </c>
       <c r="D166" s="4" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>2032.95</v>
+        <v>3</v>
+      </c>
+      <c r="E166" s="19">
+        <v>2362.8000000000002</v>
       </c>
     </row>
     <row r="167" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B167" s="4">
         <v>159</v>
       </c>
       <c r="C167" s="5" t="s">
-        <v>177</v>
+        <v>125</v>
       </c>
       <c r="D167" s="4" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>4433.46</v>
+        <v>1</v>
+      </c>
+      <c r="E167" s="19">
+        <v>1564.8</v>
       </c>
     </row>
     <row r="168" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B168" s="4">
         <v>160</v>
       </c>
       <c r="C168" s="5" t="s">
-        <v>74</v>
+        <v>190</v>
       </c>
       <c r="D168" s="4" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>4629.55</v>
+        <v>9</v>
+      </c>
+      <c r="E168" s="19">
+        <v>1943.59</v>
       </c>
     </row>
     <row r="169" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B169" s="4">
         <v>161</v>
       </c>
       <c r="C169" s="5" t="s">
-        <v>131</v>
+        <v>177</v>
       </c>
       <c r="D169" s="4" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>1849.02</v>
+        <v>5</v>
+      </c>
+      <c r="E169" s="19">
+        <v>4638.79</v>
       </c>
     </row>
     <row r="170" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B170" s="4">
         <v>162</v>
       </c>
       <c r="C170" s="5" t="s">
-        <v>113</v>
+        <v>74</v>
       </c>
       <c r="D170" s="4" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>3708</v>
+        <v>5</v>
+      </c>
+      <c r="E170" s="19">
+        <v>4360.8</v>
       </c>
     </row>
     <row r="171" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B171" s="4">
         <v>163</v>
       </c>
       <c r="C171" s="5" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="D171" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="E171" s="12">
-        <v>2202.48</v>
+      <c r="E171" s="19">
+        <v>2580.6</v>
       </c>
     </row>
     <row r="172" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B172" s="4">
         <v>164</v>
       </c>
       <c r="C172" s="5" t="s">
-        <v>142</v>
+        <v>113</v>
       </c>
       <c r="D172" s="4" t="s">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>2383.87</v>
+        <v>8</v>
+      </c>
+      <c r="E172" s="19">
+        <v>3708</v>
       </c>
     </row>
     <row r="173" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B173" s="4">
         <v>165</v>
       </c>
-      <c r="C173" s="11" t="s">
-[...6 lines deleted...]
-        <v>5040.8500000000004</v>
+      <c r="C173" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="D173" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="E173" s="19">
+        <v>2118</v>
       </c>
     </row>
     <row r="174" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B174" s="4">
         <v>166</v>
       </c>
-      <c r="C174" s="11" t="s">
-[...2 lines deleted...]
-      <c r="D174" s="14" t="s">
+      <c r="C174" s="5" t="s">
+        <v>142</v>
+      </c>
+      <c r="D174" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="E174" s="12">
-        <v>1564.8</v>
+      <c r="E174" s="19">
+        <v>2041.42</v>
       </c>
     </row>
     <row r="175" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B175" s="4">
         <v>167</v>
       </c>
       <c r="C175" s="11" t="s">
-        <v>188</v>
-[...5 lines deleted...]
-        <v>4360.8</v>
+        <v>154</v>
+      </c>
+      <c r="D175" s="14" t="s">
+        <v>152</v>
+      </c>
+      <c r="E175" s="19">
+        <v>3803</v>
       </c>
     </row>
     <row r="176" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B176" s="4">
         <v>168</v>
       </c>
       <c r="C176" s="11" t="s">
-        <v>171</v>
+        <v>201</v>
       </c>
       <c r="D176" s="14" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>2346.27</v>
+        <v>1</v>
+      </c>
+      <c r="E176" s="19">
+        <v>1847.1</v>
       </c>
     </row>
     <row r="177" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B177" s="4">
         <v>169</v>
       </c>
       <c r="C177" s="11" t="s">
-        <v>33</v>
+        <v>185</v>
       </c>
       <c r="D177" s="4" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>3153.34</v>
+        <v>5</v>
+      </c>
+      <c r="E177" s="19">
+        <v>4360.8</v>
       </c>
     </row>
     <row r="178" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B178" s="4">
         <v>170</v>
       </c>
       <c r="C178" s="11" t="s">
-        <v>110</v>
-[...5 lines deleted...]
-        <v>4360.8</v>
+        <v>171</v>
+      </c>
+      <c r="D178" s="14" t="s">
+        <v>9</v>
+      </c>
+      <c r="E178" s="19">
+        <v>1892.4</v>
       </c>
     </row>
     <row r="179" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B179" s="4">
         <v>171</v>
       </c>
       <c r="C179" s="11" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="D179" s="4" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>4362</v>
+        <v>11</v>
+      </c>
+      <c r="E179" s="19">
+        <v>2940</v>
       </c>
     </row>
     <row r="180" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B180" s="4">
         <v>172</v>
       </c>
       <c r="C180" s="11" t="s">
-        <v>170</v>
+        <v>110</v>
       </c>
       <c r="D180" s="4" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>3225</v>
+        <v>5</v>
+      </c>
+      <c r="E180" s="19">
+        <v>4360.8</v>
       </c>
     </row>
     <row r="181" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B181" s="4">
         <v>173</v>
       </c>
       <c r="C181" s="11" t="s">
-        <v>219</v>
+        <v>54</v>
       </c>
       <c r="D181" s="4" t="s">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>2586.98</v>
+        <v>15</v>
+      </c>
+      <c r="E181" s="19">
+        <v>4362</v>
       </c>
     </row>
     <row r="182" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B182" s="4">
         <v>174</v>
       </c>
       <c r="C182" s="11" t="s">
-        <v>50</v>
-[...5 lines deleted...]
-        <v>1665</v>
+        <v>170</v>
+      </c>
+      <c r="D182" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E182" s="19">
+        <v>3225</v>
       </c>
     </row>
     <row r="183" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B183" s="4">
         <v>175</v>
       </c>
       <c r="C183" s="11" t="s">
-        <v>169</v>
-[...5 lines deleted...]
-        <v>3806.33</v>
+        <v>216</v>
+      </c>
+      <c r="D183" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="E183" s="19">
+        <v>2425.58</v>
       </c>
     </row>
     <row r="184" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B184" s="4">
         <v>176</v>
       </c>
       <c r="C184" s="11" t="s">
-        <v>65</v>
+        <v>50</v>
       </c>
       <c r="D184" s="11" t="s">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1630.6000000000001</v>
+        <v>4</v>
+      </c>
+      <c r="E184" s="19">
+        <v>1665</v>
       </c>
     </row>
     <row r="185" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B185" s="4">
         <v>177</v>
       </c>
       <c r="C185" s="11" t="s">
-        <v>98</v>
+        <v>169</v>
       </c>
       <c r="D185" s="11" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>4489.63</v>
+        <v>176</v>
+      </c>
+      <c r="E185" s="19">
+        <v>3450</v>
       </c>
     </row>
     <row r="186" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B186" s="4">
         <v>178</v>
       </c>
       <c r="C186" s="11" t="s">
-        <v>101</v>
-[...5 lines deleted...]
-        <v>4602.54</v>
+        <v>65</v>
+      </c>
+      <c r="D186" s="11" t="s">
+        <v>1</v>
+      </c>
+      <c r="E186" s="19">
+        <v>1564.06</v>
       </c>
     </row>
     <row r="187" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B187" s="4">
         <v>179</v>
       </c>
       <c r="C187" s="11" t="s">
-        <v>182</v>
-[...5 lines deleted...]
-        <v>3648</v>
+        <v>98</v>
+      </c>
+      <c r="D187" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="E187" s="19">
+        <v>4358.1399999999994</v>
       </c>
     </row>
     <row r="188" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B188" s="4">
         <v>180</v>
       </c>
       <c r="C188" s="11" t="s">
-        <v>214</v>
+        <v>101</v>
       </c>
       <c r="D188" s="4" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>1996.31</v>
+        <v>5</v>
+      </c>
+      <c r="E188" s="19">
+        <v>4370.63</v>
       </c>
     </row>
     <row r="189" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B189" s="4">
         <v>181</v>
       </c>
       <c r="C189" s="11" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="D189" s="4" t="s">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>2472.79</v>
+        <v>9</v>
+      </c>
+      <c r="E189" s="19">
+        <v>1892.4</v>
       </c>
     </row>
     <row r="190" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B190" s="4">
         <v>182</v>
       </c>
       <c r="C190" s="11" t="s">
-        <v>112</v>
+        <v>213</v>
       </c>
       <c r="D190" s="4" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>2923.66</v>
+        <v>2</v>
+      </c>
+      <c r="E190" s="19">
+        <v>2549.4700000000003</v>
       </c>
     </row>
     <row r="191" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B191" s="4">
         <v>183</v>
       </c>
       <c r="C191" s="11" t="s">
-        <v>222</v>
+        <v>112</v>
       </c>
       <c r="D191" s="4" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>2143.6099999999997</v>
+        <v>11</v>
+      </c>
+      <c r="E191" s="19">
+        <v>2938.8</v>
       </c>
     </row>
     <row r="192" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B192" s="4">
         <v>184</v>
       </c>
       <c r="C192" s="11" t="s">
-        <v>173</v>
+        <v>219</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="E192" s="12">
-        <v>2245.81</v>
+      <c r="E192" s="19">
+        <v>2118</v>
       </c>
     </row>
     <row r="193" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B193" s="4">
         <v>185</v>
       </c>
       <c r="C193" s="11" t="s">
-        <v>69</v>
+        <v>173</v>
       </c>
       <c r="D193" s="4" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="E193" s="12">
-        <v>4360.8</v>
+        <v>1892.4</v>
       </c>
     </row>
     <row r="194" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B194" s="4">
         <v>186</v>
       </c>
       <c r="C194" s="11" t="s">
-        <v>114</v>
+        <v>69</v>
       </c>
       <c r="D194" s="4" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="E194" s="12">
-        <v>2618.36</v>
+        <v>4360.8</v>
       </c>
     </row>
     <row r="195" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B195" s="4">
         <v>187</v>
       </c>
-      <c r="C195" s="5" t="s">
-        <v>34</v>
+      <c r="C195" s="11" t="s">
+        <v>114</v>
       </c>
       <c r="D195" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="E195" s="12">
-        <v>3202.6400000000003</v>
+      <c r="E195" s="19">
+        <v>2938.8</v>
       </c>
     </row>
     <row r="196" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B196" s="4">
         <v>188</v>
       </c>
       <c r="C196" s="5" t="s">
-        <v>55</v>
+        <v>34</v>
       </c>
       <c r="D196" s="4" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>4338.3099999999995</v>
+        <v>11</v>
+      </c>
+      <c r="E196" s="19">
+        <v>2969.53</v>
       </c>
     </row>
     <row r="197" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B197" s="4">
         <v>189</v>
       </c>
       <c r="C197" s="5" t="s">
-        <v>191</v>
+        <v>55</v>
       </c>
       <c r="D197" s="4" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>5160</v>
+        <v>16</v>
+      </c>
+      <c r="E197" s="19">
+        <v>3948</v>
       </c>
     </row>
     <row r="198" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B198" s="4">
         <v>190</v>
       </c>
       <c r="C198" s="5" t="s">
-        <v>84</v>
+        <v>188</v>
       </c>
       <c r="D198" s="4" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>1911.68</v>
+        <v>13</v>
+      </c>
+      <c r="E198" s="19">
+        <v>5160</v>
       </c>
     </row>
     <row r="199" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B199" s="4">
         <v>191</v>
       </c>
       <c r="C199" s="5" t="s">
-        <v>48</v>
+        <v>84</v>
       </c>
       <c r="D199" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="E199" s="12">
-        <v>2155.98</v>
+      <c r="E199" s="19">
+        <v>1890.21</v>
       </c>
     </row>
     <row r="200" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B200" s="4">
         <v>192</v>
       </c>
       <c r="C200" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="D200" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="E200" s="19">
+        <v>2147.25</v>
+      </c>
+    </row>
+    <row r="201" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B201" s="4">
+        <v>193</v>
+      </c>
+      <c r="C201" s="5" t="s">
         <v>96</v>
       </c>
-      <c r="D200" s="4" t="s">
-[...7 lines deleted...]
-      <c r="B202" s="7" t="s">
+      <c r="D201" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="E201" s="19">
+        <v>4360.8</v>
+      </c>
+    </row>
+    <row r="203" spans="2:5" x14ac:dyDescent="0.15">
+      <c r="B203" s="7" t="s">
         <v>164</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="OBp7tDyjMao0urhuHgwXxMbegMOBLqsqRI1T8SuQ8Rt0aXNuCpyzo1n/9KvCjMTayEUrpTQUjQ9aDVALegmQgg==" saltValue="uxfNJWSTQ/8KKGDO9RKt1g==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1" selectUnlockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="gTJDwrkzI34oGWNn2NnjuF39cg/T5PRVy0WR6qPfzDrUSk8IEWNZCC54+NLC9hD7X8DmDWFIBR79xGZlUol0Cw==" saltValue="988Agk9R6x392rSszq1geg==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1" selectUnlockedCells="1"/>
   <mergeCells count="2">
     <mergeCell ref="C5:E6"/>
     <mergeCell ref="C2:E2"/>
   </mergeCells>
   <phoneticPr fontId="4" type="noConversion"/>
   <pageMargins left="0.74803149606299213" right="0.74803149606299213" top="0.98425196850393704" bottom="0.98425196850393704" header="0" footer="0"/>
   <pageSetup paperSize="9" scale="80" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>