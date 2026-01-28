--- v2 (2025-12-28)
+++ v3 (2026-01-28)
@@ -5,81 +5,81 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24332"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\ik162\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9D936A40-CC97-4AB7-A020-7E042E607A14}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{99FD6E92-516A-4F54-AE73-97AD79304940}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{E0684BFE-0171-46B9-8A58-D9BE57A564AC}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$8:$WTJ$201</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$B$5:$E$201</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$8:$WTJ$200</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$B$5:$E$200</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="393" uniqueCount="227">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="391" uniqueCount="226">
   <si>
     <t>jurists</t>
   </si>
   <si>
     <t>trešais sekretārs</t>
   </si>
   <si>
     <t>padomnieks</t>
   </si>
   <si>
     <t>pirmais sekretārs</t>
   </si>
   <si>
     <t>vecākais referents</t>
   </si>
   <si>
     <t>ārkārtējais un pilnvarotais vēstnieks</t>
   </si>
   <si>
     <t>valsts sekretārs</t>
   </si>
   <si>
     <t>Andžejs Viļumsons</t>
   </si>
   <si>
@@ -655,111 +655,108 @@
   <si>
     <t>Dina Giluce</t>
   </si>
   <si>
     <t>Olga Cepurīte</t>
   </si>
   <si>
     <t>Lolita Lenkeviča</t>
   </si>
   <si>
     <t>Roberts Rībenieks</t>
   </si>
   <si>
     <t>Elīna Bračiņa</t>
   </si>
   <si>
     <t>Diāna Putniņa</t>
   </si>
   <si>
     <t>Aiva Usāne</t>
   </si>
   <si>
     <t>Andris Karsums</t>
   </si>
   <si>
-    <t>Egils Leimanis</t>
-[...1 lines deleted...]
-  <si>
     <t>Gatis Šneiders</t>
   </si>
   <si>
     <t>Juris Žuravļovs</t>
   </si>
   <si>
     <t>Agita Briča</t>
   </si>
   <si>
     <t>Egija Eglīte</t>
   </si>
   <si>
     <t>Solvita Sāre</t>
   </si>
   <si>
     <t>Aelita Čākure</t>
   </si>
   <si>
     <t>Stella Ankrava</t>
   </si>
   <si>
     <t>Ilze Landiša</t>
   </si>
   <si>
     <t>Elīna Tanne</t>
   </si>
   <si>
     <t>Santa Krūze</t>
   </si>
   <si>
     <t>Egita Lase</t>
   </si>
   <si>
     <t>Līga Renkmane</t>
   </si>
   <si>
     <t>Svetlana Romanovska</t>
   </si>
   <si>
     <t>Kristīne  Puriņa</t>
   </si>
   <si>
     <t>Aleksejs Basevičs</t>
   </si>
   <si>
     <t>Elvis Jēkabsons</t>
   </si>
   <si>
-    <t>Amatpersonām, kuras ir pilnvarotas pieņemt vai sagatavot pārvaldes lēmumus, aprēķinātais atalgojums 2025.gada novembra mēnesī</t>
-[...1 lines deleted...]
-  <si>
     <t>Ieva Cēsniece</t>
   </si>
   <si>
     <t>Baiba Brasliņa</t>
   </si>
   <si>
     <t>Kristīne Rogule</t>
+  </si>
+  <si>
+    <t>Amatpersonām, kuras ir pilnvarotas pieņemt vai sagatavot pārvaldes lēmumus, aprēķinātais atalgojums 2025.gada decembra mēnesī</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="8"/>
       <color indexed="11"/>
       <name val="Tahoma"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="11"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color indexed="8"/>
@@ -784,74 +781,82 @@
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
+      <b/>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="186"/>
+    </font>
+    <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
-    <font>
-[...4 lines deleted...]
-    </font>
   </fonts>
-  <fills count="3">
+  <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFFFF"/>
+        <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
@@ -862,103 +867,106 @@
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF4F81BD"/>
       </top>
       <bottom style="thin">
         <color rgb="FF4F81BD"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="1"/>
   </cellStyleXfs>
-  <cellXfs count="22">
+  <cellXfs count="23">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="2" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="2" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="10" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="10" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
@@ -1243,54 +1251,54 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0B0677F2-E3A2-4EE3-B84B-2BBA6F57EF71}">
-  <dimension ref="B2:F203"/>
+  <dimension ref="B2:F202"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2"/>
+      <selection activeCell="B8" sqref="B8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="2" width="9.33203125" style="1"/>
     <col min="3" max="3" width="31.83203125" style="1" customWidth="1"/>
     <col min="4" max="4" width="62.6640625" style="1" customWidth="1"/>
     <col min="5" max="5" width="29.1640625" style="1" customWidth="1"/>
     <col min="6" max="203" width="9.33203125" style="1"/>
     <col min="204" max="204" width="41.33203125" style="1" customWidth="1"/>
     <col min="205" max="206" width="30.5" style="1" customWidth="1"/>
     <col min="207" max="459" width="9.33203125" style="1"/>
     <col min="460" max="460" width="41.33203125" style="1" customWidth="1"/>
     <col min="461" max="462" width="30.5" style="1" customWidth="1"/>
     <col min="463" max="715" width="9.33203125" style="1"/>
     <col min="716" max="716" width="41.33203125" style="1" customWidth="1"/>
     <col min="717" max="718" width="30.5" style="1" customWidth="1"/>
     <col min="719" max="971" width="9.33203125" style="1"/>
     <col min="972" max="972" width="41.33203125" style="1" customWidth="1"/>
     <col min="973" max="974" width="30.5" style="1" customWidth="1"/>
     <col min="975" max="1227" width="9.33203125" style="1"/>
     <col min="1228" max="1228" width="41.33203125" style="1" customWidth="1"/>
     <col min="1229" max="1230" width="30.5" style="1" customWidth="1"/>
     <col min="1231" max="1483" width="9.33203125" style="1"/>
     <col min="1484" max="1484" width="41.33203125" style="1" customWidth="1"/>
@@ -1448,2798 +1456,2784 @@
     <col min="14287" max="14539" width="9.33203125" style="1"/>
     <col min="14540" max="14540" width="41.33203125" style="1" customWidth="1"/>
     <col min="14541" max="14542" width="30.5" style="1" customWidth="1"/>
     <col min="14543" max="14795" width="9.33203125" style="1"/>
     <col min="14796" max="14796" width="41.33203125" style="1" customWidth="1"/>
     <col min="14797" max="14798" width="30.5" style="1" customWidth="1"/>
     <col min="14799" max="15051" width="9.33203125" style="1"/>
     <col min="15052" max="15052" width="41.33203125" style="1" customWidth="1"/>
     <col min="15053" max="15054" width="30.5" style="1" customWidth="1"/>
     <col min="15055" max="15307" width="9.33203125" style="1"/>
     <col min="15308" max="15308" width="41.33203125" style="1" customWidth="1"/>
     <col min="15309" max="15310" width="30.5" style="1" customWidth="1"/>
     <col min="15311" max="15563" width="9.33203125" style="1"/>
     <col min="15564" max="15564" width="41.33203125" style="1" customWidth="1"/>
     <col min="15565" max="15566" width="30.5" style="1" customWidth="1"/>
     <col min="15567" max="15819" width="9.33203125" style="1"/>
     <col min="15820" max="15820" width="41.33203125" style="1" customWidth="1"/>
     <col min="15821" max="15822" width="30.5" style="1" customWidth="1"/>
     <col min="15823" max="16075" width="9.33203125" style="1"/>
     <col min="16076" max="16076" width="41.33203125" style="1" customWidth="1"/>
     <col min="16077" max="16078" width="30.5" style="1" customWidth="1"/>
     <col min="16079" max="16384" width="9.33203125" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:5" x14ac:dyDescent="0.15">
-      <c r="C2" s="21" t="s">
+      <c r="C2" s="22" t="s">
         <v>165</v>
       </c>
-      <c r="D2" s="21"/>
-      <c r="E2" s="21"/>
+      <c r="D2" s="22"/>
+      <c r="E2" s="22"/>
     </row>
     <row r="3" spans="2:5" x14ac:dyDescent="0.2">
       <c r="E3" s="2"/>
     </row>
     <row r="4" spans="2:5" x14ac:dyDescent="0.2">
       <c r="E4" s="2"/>
     </row>
     <row r="5" spans="2:5" x14ac:dyDescent="0.15">
-      <c r="C5" s="20" t="s">
-[...3 lines deleted...]
-      <c r="E5" s="20"/>
+      <c r="C5" s="21" t="s">
+        <v>225</v>
+      </c>
+      <c r="D5" s="21"/>
+      <c r="E5" s="21"/>
     </row>
     <row r="6" spans="2:5" x14ac:dyDescent="0.15">
-      <c r="C6" s="20"/>
-[...1 lines deleted...]
-      <c r="E6" s="20"/>
+      <c r="C6" s="21"/>
+      <c r="D6" s="21"/>
+      <c r="E6" s="21"/>
     </row>
     <row r="8" spans="2:5" ht="31.5" x14ac:dyDescent="0.15">
       <c r="B8" s="4" t="s">
         <v>167</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>162</v>
       </c>
       <c r="D8" s="10" t="s">
         <v>166</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="9" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B9" s="4">
         <v>1</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>212</v>
-[...1 lines deleted...]
-      <c r="D9" s="17" t="s">
+        <v>211</v>
+      </c>
+      <c r="D9" s="16" t="s">
         <v>3</v>
       </c>
-      <c r="E9" s="19">
-        <v>2386.9899999999998</v>
+      <c r="E9" s="18">
+        <v>2410.9700000000003</v>
       </c>
     </row>
     <row r="10" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B10" s="4">
         <v>2</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>209</v>
-[...1 lines deleted...]
-      <c r="D10" s="17" t="s">
+        <v>208</v>
+      </c>
+      <c r="D10" s="16" t="s">
         <v>1</v>
       </c>
-      <c r="E10" s="19">
+      <c r="E10" s="18">
         <v>1564.8</v>
       </c>
     </row>
     <row r="11" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B11" s="4">
         <v>3</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>19</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>15</v>
       </c>
-      <c r="E11" s="19">
-        <v>4362</v>
+      <c r="E11" s="18">
+        <v>4427.32</v>
       </c>
     </row>
     <row r="12" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B12" s="4">
         <v>4</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>8</v>
       </c>
-      <c r="E12" s="19">
-        <v>3708</v>
+      <c r="E12" s="18">
+        <v>3765.83</v>
       </c>
     </row>
     <row r="13" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B13" s="4">
         <v>5</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>77</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E13" s="19">
-        <v>4365.0599999999995</v>
+      <c r="E13" s="18">
+        <v>4374.01</v>
       </c>
     </row>
     <row r="14" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B14" s="4">
         <v>6</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>60</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E14" s="19">
-        <v>4360.8</v>
+      <c r="E14" s="18">
+        <v>4366.8799999999992</v>
       </c>
     </row>
     <row r="15" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B15" s="4">
         <v>7</v>
       </c>
       <c r="C15" s="5" t="s">
         <v>204</v>
       </c>
       <c r="D15" s="5" t="s">
         <v>1</v>
       </c>
-      <c r="E15" s="19">
-        <v>1629.85</v>
+      <c r="E15" s="18">
+        <v>1684.1999999999998</v>
       </c>
     </row>
     <row r="16" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B16" s="4">
         <v>8</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="D16" s="5" t="s">
         <v>152</v>
       </c>
-      <c r="E16" s="12">
-        <v>1922.1299999999999</v>
+      <c r="E16" s="18">
+        <v>3097.04</v>
       </c>
     </row>
     <row r="17" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B17" s="4">
         <v>9</v>
       </c>
       <c r="C17" s="11" t="s">
         <v>70</v>
       </c>
       <c r="D17" s="11" t="s">
         <v>5</v>
       </c>
-      <c r="E17" s="12">
+      <c r="E17" s="19">
         <v>4360.8</v>
       </c>
     </row>
     <row r="18" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B18" s="4">
         <v>10</v>
       </c>
       <c r="C18" s="11" t="s">
         <v>81</v>
       </c>
       <c r="D18" s="11" t="s">
         <v>5</v>
       </c>
-      <c r="E18" s="19">
-        <v>4360.8</v>
+      <c r="E18" s="18">
+        <v>4365.4599999999991</v>
       </c>
     </row>
     <row r="19" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B19" s="4">
         <v>11</v>
       </c>
       <c r="C19" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="E19" s="19">
-        <v>3210</v>
+      <c r="E19" s="18">
+        <v>4033.21</v>
       </c>
     </row>
     <row r="20" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B20" s="4">
         <v>12</v>
       </c>
       <c r="C20" s="11" t="s">
         <v>26</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>0</v>
       </c>
-      <c r="E20" s="19">
-        <v>1555.26</v>
+      <c r="E20" s="18">
+        <v>2431.62</v>
       </c>
     </row>
     <row r="21" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B21" s="4">
         <v>13</v>
       </c>
-      <c r="C21" s="16" t="s">
+      <c r="C21" s="15" t="s">
         <v>181</v>
       </c>
       <c r="D21" s="11" t="s">
         <v>4</v>
       </c>
-      <c r="E21" s="19">
+      <c r="E21" s="18">
         <v>1564.8</v>
       </c>
     </row>
     <row r="22" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B22" s="4">
         <v>14</v>
       </c>
       <c r="C22" s="11" t="s">
         <v>141</v>
       </c>
       <c r="D22" s="11" t="s">
         <v>9</v>
       </c>
-      <c r="E22" s="12">
-        <v>1892.4</v>
+      <c r="E22" s="19">
+        <v>1920.68</v>
       </c>
     </row>
     <row r="23" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B23" s="4">
         <v>15</v>
       </c>
       <c r="C23" s="11" t="s">
         <v>197</v>
       </c>
       <c r="D23" s="11" t="s">
         <v>3</v>
       </c>
-      <c r="E23" s="12">
-        <v>2362.8000000000002</v>
+      <c r="E23" s="18">
+        <v>2377.1799999999998</v>
       </c>
     </row>
     <row r="24" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B24" s="4">
         <v>16</v>
       </c>
       <c r="C24" s="11" t="s">
         <v>146</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="E24" s="19">
-        <v>1992.82</v>
+      <c r="E24" s="18">
+        <v>1794.81</v>
       </c>
     </row>
     <row r="25" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B25" s="4">
         <v>17</v>
       </c>
       <c r="C25" s="11" t="s">
         <v>134</v>
       </c>
       <c r="D25" s="11" t="s">
         <v>2</v>
       </c>
-      <c r="E25" s="19">
-        <v>2422.8000000000002</v>
+      <c r="E25" s="18">
+        <v>2426.44</v>
       </c>
     </row>
     <row r="26" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B26" s="4">
         <v>18</v>
       </c>
       <c r="C26" s="11" t="s">
         <v>205</v>
       </c>
       <c r="D26" s="11" t="s">
         <v>4</v>
       </c>
-      <c r="E26" s="12">
-        <v>1246</v>
+      <c r="E26" s="18">
+        <v>1272.55</v>
       </c>
     </row>
     <row r="27" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B27" s="4">
         <v>19</v>
       </c>
       <c r="C27" s="11" t="s">
         <v>102</v>
       </c>
       <c r="D27" s="11" t="s">
         <v>5</v>
       </c>
-      <c r="E27" s="12">
-        <v>4360.8</v>
+      <c r="E27" s="18">
+        <v>4388.03</v>
       </c>
     </row>
     <row r="28" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B28" s="4">
         <v>20</v>
       </c>
       <c r="C28" s="11" t="s">
         <v>76</v>
       </c>
       <c r="D28" s="11" t="s">
         <v>5</v>
       </c>
-      <c r="E28" s="12">
-        <v>3901.7599999999998</v>
+      <c r="E28" s="18">
+        <v>4380.3999999999996</v>
       </c>
     </row>
     <row r="29" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B29" s="4">
         <v>21</v>
       </c>
       <c r="C29" s="11" t="s">
         <v>187</v>
       </c>
       <c r="D29" s="11" t="s">
         <v>5</v>
       </c>
-      <c r="E29" s="12">
-        <v>4360.8</v>
+      <c r="E29" s="18">
+        <v>4518.2</v>
       </c>
     </row>
     <row r="30" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B30" s="4">
         <v>22</v>
       </c>
       <c r="C30" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>6</v>
       </c>
-      <c r="E30" s="19">
-        <v>6439.1500000000005</v>
+      <c r="E30" s="18">
+        <v>9916.5</v>
       </c>
     </row>
     <row r="31" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B31" s="4">
         <v>23</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>144</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="E31" s="19">
-        <v>1560.88</v>
+      <c r="E31" s="18">
+        <v>1564.6200000000001</v>
       </c>
     </row>
     <row r="32" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B32" s="4">
         <v>24</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>172</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
-      <c r="E32" s="12">
-        <v>3513.1099999999997</v>
+      <c r="E32" s="18">
+        <v>3655.1400000000003</v>
       </c>
     </row>
     <row r="33" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B33" s="4">
         <v>25</v>
       </c>
       <c r="C33" s="5" t="s">
         <v>158</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>23</v>
       </c>
-      <c r="E33" s="12">
-        <v>1915</v>
+      <c r="E33" s="18">
+        <v>1958.96</v>
       </c>
     </row>
     <row r="34" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B34" s="4">
         <v>26</v>
       </c>
       <c r="C34" s="5" t="s">
         <v>25</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>0</v>
       </c>
-      <c r="E34" s="19">
-        <v>2561</v>
+      <c r="E34" s="18">
+        <v>2584.13</v>
       </c>
     </row>
     <row r="35" spans="2:5" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B35" s="4">
         <v>27</v>
       </c>
       <c r="C35" s="5" t="s">
         <v>31</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
-      <c r="E35" s="19">
-        <v>2249.86</v>
+      <c r="E35" s="18">
+        <v>2225</v>
       </c>
     </row>
     <row r="36" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B36" s="4">
         <v>28</v>
       </c>
       <c r="C36" s="5" t="s">
         <v>82</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E36" s="19">
-        <v>4360.8</v>
+      <c r="E36" s="18">
+        <v>4811.4199999999992</v>
       </c>
     </row>
     <row r="37" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B37" s="4">
         <v>29</v>
       </c>
       <c r="C37" s="5" t="s">
         <v>107</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E37" s="19">
+      <c r="E37" s="18">
         <v>4360.8</v>
       </c>
     </row>
     <row r="38" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B38" s="4">
         <v>30</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="E38" s="19">
-        <v>2907.2799999999997</v>
+      <c r="E38" s="18">
+        <v>2675</v>
       </c>
     </row>
     <row r="39" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B39" s="4">
         <v>31</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>159</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E39" s="19">
-        <v>4360.8</v>
+      <c r="E39" s="18">
+        <v>4230.09</v>
       </c>
     </row>
     <row r="40" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B40" s="4">
         <v>32</v>
       </c>
       <c r="C40" s="5" t="s">
         <v>80</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E40" s="19">
-        <v>4360.8</v>
+      <c r="E40" s="18">
+        <v>4380.18</v>
       </c>
     </row>
     <row r="41" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B41" s="4">
         <v>33</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="E41" s="19">
+      <c r="E41" s="18">
         <v>2502</v>
       </c>
     </row>
     <row r="42" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B42" s="4">
         <v>34</v>
       </c>
       <c r="C42" s="5" t="s">
         <v>56</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E42" s="19">
+      <c r="E42" s="18">
         <v>4360.8</v>
       </c>
     </row>
     <row r="43" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B43" s="4">
         <v>35</v>
       </c>
       <c r="C43" s="5" t="s">
         <v>20</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>8</v>
       </c>
-      <c r="E43" s="19">
-        <v>4014</v>
+      <c r="E43" s="18">
+        <v>4099.03</v>
       </c>
     </row>
     <row r="44" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B44" s="4">
         <v>36</v>
       </c>
       <c r="C44" s="5" t="s">
         <v>184</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E44" s="19">
-        <v>4385.75</v>
+      <c r="E44" s="18">
+        <v>4990.82</v>
       </c>
     </row>
     <row r="45" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B45" s="4">
         <v>37</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>203</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="E45" s="19">
-        <v>2422.8000000000002</v>
+      <c r="E45" s="18">
+        <v>2554.39</v>
       </c>
     </row>
     <row r="46" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B46" s="4">
         <v>38</v>
       </c>
       <c r="C46" s="5" t="s">
         <v>198</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="E46" s="19">
-        <v>1560.5</v>
+      <c r="E46" s="18">
+        <v>1557.63</v>
       </c>
     </row>
     <row r="47" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B47" s="4">
         <v>39</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>99</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E47" s="19">
-        <v>4352.0200000000004</v>
+      <c r="E47" s="18">
+        <v>5046.0600000000004</v>
       </c>
     </row>
     <row r="48" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B48" s="4">
         <v>40</v>
       </c>
       <c r="C48" s="5" t="s">
         <v>175</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="E48" s="19">
-        <v>1665</v>
+      <c r="E48" s="18">
+        <v>2164.5</v>
       </c>
     </row>
     <row r="49" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B49" s="4">
         <v>41</v>
       </c>
       <c r="C49" s="5" t="s">
         <v>179</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>180</v>
       </c>
-      <c r="E49" s="19">
-        <v>5025</v>
+      <c r="E49" s="18">
+        <v>4970.67</v>
       </c>
     </row>
     <row r="50" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B50" s="4">
         <v>42</v>
       </c>
       <c r="C50" s="5" t="s">
         <v>59</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E50" s="19">
+      <c r="E50" s="18">
         <v>4360.8</v>
       </c>
     </row>
     <row r="51" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B51" s="4">
         <v>43</v>
       </c>
       <c r="C51" s="5" t="s">
         <v>86</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E51" s="19">
-        <v>4360.8</v>
+      <c r="E51" s="18">
+        <v>4371.95</v>
       </c>
     </row>
     <row r="52" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B52" s="4">
         <v>44</v>
       </c>
       <c r="C52" s="11" t="s">
         <v>122</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="E52" s="19">
-        <v>1892.4</v>
+      <c r="E52" s="18">
+        <v>1885.6100000000001</v>
       </c>
     </row>
     <row r="53" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B53" s="4">
         <v>45</v>
       </c>
       <c r="C53" s="11" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="E53" s="19">
-        <v>2422.8000000000002</v>
+      <c r="E53" s="18">
+        <v>2423.3200000000002</v>
       </c>
     </row>
     <row r="54" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B54" s="4">
         <v>46</v>
       </c>
       <c r="C54" s="11" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>8</v>
       </c>
-      <c r="E54" s="12">
-        <v>3740.9399999999996</v>
+      <c r="E54" s="18">
+        <v>3884.8</v>
       </c>
     </row>
     <row r="55" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B55" s="4">
         <v>47</v>
       </c>
       <c r="C55" s="11" t="s">
-        <v>206</v>
+        <v>95</v>
       </c>
       <c r="D55" s="4" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>1892.4</v>
+        <v>5</v>
+      </c>
+      <c r="E55" s="18">
+        <v>4360.8</v>
       </c>
     </row>
     <row r="56" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B56" s="4">
         <v>48</v>
       </c>
-      <c r="C56" s="11" t="s">
-        <v>95</v>
+      <c r="C56" s="5" t="s">
+        <v>111</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E56" s="19">
+      <c r="E56" s="18">
         <v>4360.8</v>
       </c>
     </row>
     <row r="57" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B57" s="4">
         <v>49</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>111</v>
+        <v>202</v>
       </c>
       <c r="D57" s="4" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>4360.8</v>
+        <v>1</v>
+      </c>
+      <c r="E57" s="18">
+        <v>1564.8</v>
       </c>
     </row>
     <row r="58" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B58" s="4">
         <v>50</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>202</v>
+        <v>90</v>
       </c>
       <c r="D58" s="4" t="s">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1564.8</v>
+        <v>11</v>
+      </c>
+      <c r="E58" s="18">
+        <v>2944.69</v>
       </c>
     </row>
     <row r="59" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B59" s="4">
         <v>51</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>90</v>
+        <v>214</v>
       </c>
       <c r="D59" s="4" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>2937.6800000000003</v>
+        <v>2</v>
+      </c>
+      <c r="E59" s="18">
+        <v>2422.81</v>
       </c>
     </row>
     <row r="60" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B60" s="4">
         <v>52</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>215</v>
+        <v>85</v>
       </c>
       <c r="D60" s="4" t="s">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>2422.8000000000002</v>
+        <v>1</v>
+      </c>
+      <c r="E60" s="18">
+        <v>1564.5</v>
       </c>
     </row>
     <row r="61" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B61" s="4">
         <v>53</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>85</v>
+        <v>40</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="E61" s="19">
-        <v>1564.8</v>
+      <c r="E61" s="18">
+        <v>2459.9299999999998</v>
       </c>
     </row>
     <row r="62" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B62" s="4">
         <v>54</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>40</v>
+        <v>221</v>
       </c>
       <c r="D62" s="4" t="s">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>2326.27</v>
+        <v>152</v>
+      </c>
+      <c r="E62" s="18">
+        <v>1614.74</v>
       </c>
     </row>
     <row r="63" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B63" s="4">
         <v>55</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>222</v>
+        <v>39</v>
       </c>
       <c r="D63" s="4" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-        <v>2455.6400000000003</v>
+        <v>9</v>
+      </c>
+      <c r="E63" s="18">
+        <v>2739.36</v>
       </c>
     </row>
     <row r="64" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B64" s="4">
         <v>56</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="E64" s="19">
-        <v>2118</v>
+      <c r="E64" s="18">
+        <v>2460.0300000000002</v>
       </c>
     </row>
     <row r="65" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B65" s="4">
         <v>57</v>
       </c>
-      <c r="C65" s="5" t="s">
-[...6 lines deleted...]
-        <v>2364</v>
+      <c r="C65" s="8" t="s">
+        <v>116</v>
+      </c>
+      <c r="D65" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="E65" s="18">
+        <v>1970</v>
       </c>
     </row>
     <row r="66" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B66" s="4">
         <v>58</v>
       </c>
       <c r="C66" s="8" t="s">
-        <v>116</v>
-[...5 lines deleted...]
-        <v>1970</v>
+        <v>206</v>
+      </c>
+      <c r="D66" s="12" t="s">
+        <v>2</v>
+      </c>
+      <c r="E66" s="18">
+        <v>2422.8000000000002</v>
       </c>
     </row>
     <row r="67" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B67" s="4">
         <v>59</v>
       </c>
-      <c r="C67" s="8" t="s">
-[...6 lines deleted...]
-        <v>2422.8000000000002</v>
+      <c r="C67" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="D67" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E67" s="18">
+        <v>2938.8</v>
       </c>
     </row>
     <row r="68" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B68" s="4">
         <v>60</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>71</v>
+        <v>29</v>
       </c>
       <c r="D68" s="4" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>2938.8</v>
+        <v>5</v>
+      </c>
+      <c r="E68" s="18">
+        <v>4360.8</v>
       </c>
     </row>
     <row r="69" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B69" s="4">
         <v>61</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>29</v>
+        <v>93</v>
       </c>
       <c r="D69" s="4" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>4360.8</v>
+        <v>1</v>
+      </c>
+      <c r="E69" s="18">
+        <v>1564.8</v>
       </c>
     </row>
     <row r="70" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B70" s="4">
         <v>62</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>93</v>
+        <v>57</v>
       </c>
       <c r="D70" s="4" t="s">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1560.1600000000003</v>
+        <v>16</v>
+      </c>
+      <c r="E70" s="18">
+        <v>3648</v>
       </c>
     </row>
     <row r="71" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B71" s="4">
         <v>63</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>57</v>
+        <v>47</v>
       </c>
       <c r="D71" s="4" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-    <row r="72" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
+        <v>9</v>
+      </c>
+      <c r="E71" s="18">
+        <v>2165.83</v>
+      </c>
+    </row>
+    <row r="72" spans="2:5" ht="15.75" x14ac:dyDescent="0.15">
       <c r="B72" s="4">
         <v>64</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="D72" s="4" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>2132.67</v>
+        <v>10</v>
+      </c>
+      <c r="E72" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="73" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B73" s="4">
         <v>65</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>22</v>
+        <v>186</v>
       </c>
       <c r="D73" s="4" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>5</v>
+      </c>
+      <c r="E73" s="18">
+        <v>4131.29</v>
       </c>
     </row>
     <row r="74" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B74" s="4">
         <v>66</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>186</v>
+        <v>32</v>
       </c>
       <c r="D74" s="4" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>4594.53</v>
+        <v>9</v>
+      </c>
+      <c r="E74" s="18">
+        <v>2333.58</v>
       </c>
     </row>
     <row r="75" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B75" s="4">
         <v>67</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>32</v>
+        <v>123</v>
       </c>
       <c r="D75" s="4" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>2318</v>
+        <v>3</v>
+      </c>
+      <c r="E75" s="18">
+        <v>2381.41</v>
       </c>
     </row>
     <row r="76" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B76" s="4">
         <v>68</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>123</v>
+        <v>174</v>
       </c>
       <c r="D76" s="4" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>2363.9</v>
+        <v>4</v>
+      </c>
+      <c r="E76" s="18">
+        <v>1855.79</v>
       </c>
     </row>
     <row r="77" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B77" s="4">
         <v>69</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>174</v>
+        <v>92</v>
       </c>
       <c r="D77" s="4" t="s">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>1665</v>
+        <v>11</v>
+      </c>
+      <c r="E77" s="18">
+        <v>2938.8</v>
       </c>
     </row>
     <row r="78" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B78" s="4">
         <v>70</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="D78" s="4" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>2938.8</v>
+        <v>5</v>
+      </c>
+      <c r="E78" s="18">
+        <v>4360.8</v>
       </c>
     </row>
     <row r="79" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B79" s="4">
         <v>71</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>87</v>
+        <v>222</v>
       </c>
       <c r="D79" s="4" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>4360.8</v>
+        <v>10</v>
+      </c>
+      <c r="E79" s="18">
+        <v>5011.09</v>
       </c>
     </row>
     <row r="80" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B80" s="4">
         <v>72</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>224</v>
+        <v>42</v>
       </c>
       <c r="D80" s="4" t="s">
-        <v>10</v>
-[...5 lines deleted...]
-    <row r="81" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
+        <v>4</v>
+      </c>
+      <c r="E80" s="18">
+        <v>2125.6999999999998</v>
+      </c>
+    </row>
+    <row r="81" spans="2:5" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B81" s="4">
         <v>73</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>42</v>
+        <v>138</v>
       </c>
       <c r="D81" s="4" t="s">
-        <v>4</v>
-[...5 lines deleted...]
-    <row r="82" spans="2:5" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>2</v>
+      </c>
+      <c r="E81" s="18">
+        <v>2427.38</v>
+      </c>
+    </row>
+    <row r="82" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B82" s="4">
         <v>74</v>
       </c>
       <c r="C82" s="5" t="s">
-        <v>138</v>
+        <v>36</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="E82" s="19">
-        <v>2422.8000000000002</v>
+      <c r="E82" s="18">
+        <v>2502.41</v>
       </c>
     </row>
     <row r="83" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B83" s="4">
         <v>75</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>36</v>
+        <v>105</v>
       </c>
       <c r="D83" s="4" t="s">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>2422.8000000000002</v>
+        <v>9</v>
+      </c>
+      <c r="E83" s="18">
+        <v>2109</v>
       </c>
     </row>
     <row r="84" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B84" s="4">
         <v>76</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="D84" s="4" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>1911.26</v>
+        <v>117</v>
+      </c>
+      <c r="E84" s="18">
+        <v>4601.59</v>
       </c>
     </row>
     <row r="85" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B85" s="4">
         <v>77</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>108</v>
+        <v>148</v>
       </c>
       <c r="D85" s="4" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>4602</v>
+        <v>8</v>
+      </c>
+      <c r="E85" s="18">
+        <v>4662</v>
       </c>
     </row>
     <row r="86" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B86" s="4">
         <v>78</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>148</v>
-[...5 lines deleted...]
-        <v>4662</v>
+        <v>150</v>
+      </c>
+      <c r="D86" s="13" t="s">
+        <v>149</v>
+      </c>
+      <c r="E86" s="18">
+        <v>6013.8099999999995</v>
       </c>
     </row>
     <row r="87" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B87" s="4">
         <v>79</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>150</v>
-[...5 lines deleted...]
-        <v>4514</v>
+        <v>143</v>
+      </c>
+      <c r="D87" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="E87" s="18">
+        <v>2110.9699999999998</v>
       </c>
     </row>
     <row r="88" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B88" s="4">
         <v>80</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>143</v>
+        <v>83</v>
       </c>
       <c r="D88" s="4" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>2118</v>
+        <v>11</v>
+      </c>
+      <c r="E88" s="18">
+        <v>2942.02</v>
       </c>
     </row>
     <row r="89" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B89" s="4">
         <v>81</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>83</v>
+        <v>213</v>
       </c>
       <c r="D89" s="4" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>2938.8</v>
+        <v>1</v>
+      </c>
+      <c r="E89" s="18">
+        <v>1572.2900000000002</v>
       </c>
     </row>
     <row r="90" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B90" s="4">
         <v>82</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>214</v>
+        <v>183</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="E90" s="19">
-        <v>1564.8</v>
+      <c r="E90" s="18">
+        <v>2280.9499999999998</v>
       </c>
     </row>
     <row r="91" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B91" s="4">
         <v>83</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>183</v>
+        <v>151</v>
       </c>
       <c r="D91" s="4" t="s">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1564.8</v>
+        <v>8</v>
+      </c>
+      <c r="E91" s="18">
+        <v>3708</v>
       </c>
     </row>
     <row r="92" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B92" s="4">
         <v>84</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>151</v>
+        <v>45</v>
       </c>
       <c r="D92" s="4" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>3708</v>
+        <v>9</v>
+      </c>
+      <c r="E92" s="18">
+        <v>2647.5</v>
       </c>
     </row>
     <row r="93" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B93" s="4">
         <v>85</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>45</v>
+        <v>124</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="E93" s="19">
-        <v>2118</v>
+      <c r="E93" s="18">
+        <v>1994.85</v>
       </c>
     </row>
     <row r="94" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B94" s="4">
         <v>86</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>124</v>
+        <v>38</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="E94" s="19">
-        <v>1892.4</v>
+      <c r="E94" s="18">
+        <v>2429.65</v>
       </c>
     </row>
     <row r="95" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B95" s="4">
         <v>87</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>38</v>
+        <v>115</v>
       </c>
       <c r="D95" s="4" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>2395.11</v>
+        <v>4</v>
+      </c>
+      <c r="E95" s="18">
+        <v>1530.6100000000001</v>
       </c>
     </row>
     <row r="96" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B96" s="4">
         <v>88</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>115</v>
+        <v>147</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="E96" s="19">
-        <v>1564.8</v>
+      <c r="E96" s="18">
+        <v>1256.2800000000002</v>
       </c>
     </row>
     <row r="97" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B97" s="4">
         <v>89</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>147</v>
+        <v>120</v>
       </c>
       <c r="D97" s="4" t="s">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>1246</v>
+        <v>9</v>
+      </c>
+      <c r="E97" s="18">
+        <v>1795.62</v>
       </c>
     </row>
     <row r="98" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B98" s="4">
         <v>90</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>120</v>
+        <v>66</v>
       </c>
       <c r="D98" s="4" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>1995.6</v>
+        <v>1</v>
+      </c>
+      <c r="E98" s="18">
+        <v>1564.6599999999999</v>
       </c>
     </row>
     <row r="99" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B99" s="4">
         <v>91</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="D99" s="4" t="s">
-        <v>1</v>
-[...5 lines deleted...]
-    <row r="100" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
+        <v>3</v>
+      </c>
+      <c r="E99" s="18">
+        <v>2358.5699999999997</v>
+      </c>
+    </row>
+    <row r="100" spans="2:5" ht="15.75" x14ac:dyDescent="0.15">
       <c r="B100" s="4">
         <v>92</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>72</v>
+        <v>119</v>
       </c>
       <c r="D100" s="4" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>2362.8000000000002</v>
+        <v>8</v>
+      </c>
+      <c r="E100" s="20">
+        <v>0</v>
       </c>
     </row>
     <row r="101" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B101" s="4">
         <v>93</v>
       </c>
       <c r="C101" s="5" t="s">
-        <v>119</v>
+        <v>193</v>
       </c>
       <c r="D101" s="4" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>2</v>
+      </c>
+      <c r="E101" s="18">
+        <v>2530.31</v>
       </c>
     </row>
     <row r="102" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B102" s="4">
         <v>94</v>
       </c>
       <c r="C102" s="5" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="D102" s="4" t="s">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>3859.2200000000007</v>
+        <v>3</v>
+      </c>
+      <c r="E102" s="18">
+        <v>2607.5500000000002</v>
       </c>
     </row>
     <row r="103" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B103" s="4">
         <v>95</v>
       </c>
       <c r="C103" s="5" t="s">
-        <v>189</v>
+        <v>73</v>
       </c>
       <c r="D103" s="4" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>2450.75</v>
+        <v>5</v>
+      </c>
+      <c r="E103" s="18">
+        <v>4362.9699999999993</v>
       </c>
     </row>
     <row r="104" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B104" s="4">
         <v>96</v>
       </c>
       <c r="C104" s="5" t="s">
-        <v>73</v>
+        <v>43</v>
       </c>
       <c r="D104" s="4" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>4360.8</v>
+        <v>11</v>
+      </c>
+      <c r="E104" s="18">
+        <v>3675</v>
       </c>
     </row>
     <row r="105" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B105" s="4">
         <v>97</v>
       </c>
       <c r="C105" s="5" t="s">
-        <v>43</v>
+        <v>121</v>
       </c>
       <c r="D105" s="4" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>2940</v>
+        <v>9</v>
+      </c>
+      <c r="E105" s="18">
+        <v>1895.62</v>
       </c>
     </row>
     <row r="106" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B106" s="4">
         <v>98</v>
       </c>
       <c r="C106" s="5" t="s">
-        <v>121</v>
+        <v>14</v>
       </c>
       <c r="D106" s="4" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>1792.8</v>
+        <v>5</v>
+      </c>
+      <c r="E106" s="18">
+        <v>4360.8</v>
       </c>
     </row>
     <row r="107" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B107" s="4">
         <v>99</v>
       </c>
       <c r="C107" s="5" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-        <v>4360.8</v>
+        <v>18</v>
+      </c>
+      <c r="D107" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="E107" s="18">
+        <v>5157.0800000000008</v>
       </c>
     </row>
     <row r="108" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B108" s="4">
         <v>100</v>
       </c>
       <c r="C108" s="5" t="s">
-        <v>18</v>
-[...5 lines deleted...]
-        <v>5160</v>
+        <v>109</v>
+      </c>
+      <c r="D108" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="E108" s="18">
+        <v>4360.8</v>
       </c>
     </row>
     <row r="109" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B109" s="4">
         <v>101</v>
       </c>
       <c r="C109" s="5" t="s">
-        <v>109</v>
+        <v>64</v>
       </c>
       <c r="D109" s="4" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>4360.8</v>
+        <v>63</v>
+      </c>
+      <c r="E109" s="18">
+        <v>2049.75</v>
       </c>
     </row>
     <row r="110" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B110" s="4">
         <v>102</v>
       </c>
-      <c r="C110" s="5" t="s">
-[...6 lines deleted...]
-        <v>1956</v>
+      <c r="C110" s="9" t="s">
+        <v>161</v>
+      </c>
+      <c r="D110" s="14" t="s">
+        <v>160</v>
+      </c>
+      <c r="E110" s="18">
+        <v>5136.0600000000004</v>
       </c>
     </row>
     <row r="111" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B111" s="4">
         <v>103</v>
       </c>
-      <c r="C111" s="9" t="s">
-[...6 lines deleted...]
-        <v>5160</v>
+      <c r="C111" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="D111" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="E111" s="18">
+        <v>4410.2699999999995</v>
       </c>
     </row>
     <row r="112" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B112" s="4">
         <v>104</v>
       </c>
       <c r="C112" s="5" t="s">
-        <v>97</v>
+        <v>127</v>
       </c>
       <c r="D112" s="4" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>4368.0199999999995</v>
+        <v>9</v>
+      </c>
+      <c r="E112" s="18">
+        <v>1895.3700000000001</v>
       </c>
     </row>
     <row r="113" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B113" s="4">
         <v>105</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="E113" s="19">
-        <v>1893.08</v>
+      <c r="E113" s="18">
+        <v>2589.6499999999996</v>
       </c>
     </row>
     <row r="114" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B114" s="4">
         <v>106</v>
       </c>
       <c r="C114" s="5" t="s">
-        <v>126</v>
+        <v>78</v>
       </c>
       <c r="D114" s="4" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>2020.1399999999999</v>
+        <v>5</v>
+      </c>
+      <c r="E114" s="18">
+        <v>4387.0199999999995</v>
       </c>
     </row>
     <row r="115" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B115" s="4">
         <v>107</v>
       </c>
       <c r="C115" s="5" t="s">
-        <v>78</v>
+        <v>37</v>
       </c>
       <c r="D115" s="4" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>4360.8</v>
+        <v>9</v>
+      </c>
+      <c r="E115" s="18">
+        <v>2602.29</v>
       </c>
     </row>
     <row r="116" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B116" s="4">
         <v>108</v>
       </c>
       <c r="C116" s="5" t="s">
-        <v>37</v>
+        <v>145</v>
       </c>
       <c r="D116" s="4" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>2586.66</v>
+        <v>1</v>
+      </c>
+      <c r="E116" s="18">
+        <v>2280.4499999999998</v>
       </c>
     </row>
     <row r="117" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B117" s="4">
         <v>109</v>
       </c>
       <c r="C117" s="5" t="s">
-        <v>145</v>
+        <v>88</v>
       </c>
       <c r="D117" s="4" t="s">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>2267.67</v>
+        <v>5</v>
+      </c>
+      <c r="E117" s="18">
+        <v>4839.7599999999993</v>
       </c>
     </row>
     <row r="118" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B118" s="4">
         <v>110</v>
       </c>
       <c r="C118" s="5" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E118" s="19">
-        <v>4360.8</v>
+      <c r="E118" s="18">
+        <v>5534.14</v>
       </c>
     </row>
     <row r="119" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B119" s="4">
         <v>111</v>
       </c>
       <c r="C119" s="5" t="s">
-        <v>91</v>
+        <v>103</v>
       </c>
       <c r="D119" s="4" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>4360.41</v>
+        <v>16</v>
+      </c>
+      <c r="E119" s="18">
+        <v>3648</v>
       </c>
     </row>
     <row r="120" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B120" s="4">
         <v>112</v>
       </c>
       <c r="C120" s="5" t="s">
-        <v>103</v>
+        <v>89</v>
       </c>
       <c r="D120" s="4" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>3648</v>
+        <v>5</v>
+      </c>
+      <c r="E120" s="18">
+        <v>4377.1499999999996</v>
       </c>
     </row>
     <row r="121" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B121" s="4">
         <v>113</v>
       </c>
       <c r="C121" s="5" t="s">
-        <v>89</v>
+        <v>207</v>
       </c>
       <c r="D121" s="4" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>4366.53</v>
+        <v>3</v>
+      </c>
+      <c r="E121" s="18">
+        <v>2349.39</v>
       </c>
     </row>
     <row r="122" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B122" s="4">
         <v>114</v>
       </c>
       <c r="C122" s="5" t="s">
-        <v>208</v>
+        <v>129</v>
       </c>
       <c r="D122" s="4" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>2360.7199999999998</v>
+        <v>1</v>
+      </c>
+      <c r="E122" s="18">
+        <v>1571.46</v>
       </c>
     </row>
     <row r="123" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B123" s="4">
         <v>115</v>
       </c>
       <c r="C123" s="5" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="D123" s="4" t="s">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1564.8</v>
+        <v>2</v>
+      </c>
+      <c r="E123" s="18">
+        <v>3079.59</v>
       </c>
     </row>
     <row r="124" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B124" s="4">
         <v>116</v>
       </c>
       <c r="C124" s="5" t="s">
-        <v>136</v>
+        <v>67</v>
       </c>
       <c r="D124" s="4" t="s">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>2425.2799999999997</v>
+        <v>5</v>
+      </c>
+      <c r="E124" s="18">
+        <v>4376.7199999999993</v>
       </c>
     </row>
     <row r="125" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B125" s="4">
         <v>117</v>
       </c>
       <c r="C125" s="5" t="s">
-        <v>67</v>
+        <v>27</v>
       </c>
       <c r="D125" s="4" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>4372.2999999999993</v>
+        <v>0</v>
+      </c>
+      <c r="E125" s="18">
+        <v>1970</v>
       </c>
     </row>
     <row r="126" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B126" s="4">
         <v>118</v>
       </c>
       <c r="C126" s="5" t="s">
-        <v>27</v>
+        <v>68</v>
       </c>
       <c r="D126" s="4" t="s">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>1987</v>
+        <v>5</v>
+      </c>
+      <c r="E126" s="18">
+        <v>4360.8</v>
       </c>
     </row>
     <row r="127" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B127" s="4">
         <v>119</v>
       </c>
       <c r="C127" s="5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="D127" s="4" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>4359.0599999999995</v>
+        <v>61</v>
+      </c>
+      <c r="E127" s="18">
+        <v>2944.94</v>
       </c>
     </row>
     <row r="128" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B128" s="4">
         <v>120</v>
       </c>
-      <c r="C128" s="5" t="s">
-[...6 lines deleted...]
-        <v>2938.92</v>
+      <c r="C128" s="11" t="s">
+        <v>28</v>
+      </c>
+      <c r="D128" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E128" s="18">
+        <v>2984.74</v>
       </c>
     </row>
     <row r="129" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B129" s="4">
         <v>121</v>
       </c>
       <c r="C129" s="11" t="s">
-        <v>28</v>
+        <v>75</v>
       </c>
       <c r="D129" s="11" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>5</v>
+      </c>
+      <c r="E129" s="18">
+        <v>5552.2</v>
+      </c>
+      <c r="F129" s="17"/>
     </row>
     <row r="130" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B130" s="4">
         <v>122</v>
       </c>
       <c r="C130" s="11" t="s">
-        <v>75</v>
+        <v>219</v>
       </c>
       <c r="D130" s="11" t="s">
-        <v>5</v>
-[...4 lines deleted...]
-      <c r="F130" s="18"/>
+        <v>4</v>
+      </c>
+      <c r="E130" s="18">
+        <v>2164.5</v>
+      </c>
     </row>
     <row r="131" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B131" s="4">
         <v>123</v>
       </c>
       <c r="C131" s="11" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="D131" s="11" t="s">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>1665</v>
+        <v>8</v>
+      </c>
+      <c r="E131" s="18">
+        <v>3644.4</v>
       </c>
     </row>
     <row r="132" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B132" s="4">
         <v>124</v>
       </c>
-      <c r="C132" s="11" t="s">
-[...6 lines deleted...]
-        <v>3644.4</v>
+      <c r="C132" s="8" t="s">
+        <v>178</v>
+      </c>
+      <c r="D132" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="E132" s="18">
+        <v>1439.06</v>
       </c>
     </row>
     <row r="133" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B133" s="4">
         <v>125</v>
       </c>
-      <c r="C133" s="8" t="s">
-[...6 lines deleted...]
-        <v>1853.27</v>
+      <c r="C133" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="D133" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="E133" s="18">
+        <v>2153.25</v>
       </c>
     </row>
     <row r="134" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B134" s="4">
         <v>126</v>
       </c>
       <c r="C134" s="5" t="s">
-        <v>155</v>
+        <v>44</v>
       </c>
       <c r="D134" s="4" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>2118</v>
+        <v>12</v>
+      </c>
+      <c r="E134" s="18">
+        <v>2443.77</v>
       </c>
     </row>
     <row r="135" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B135" s="4">
         <v>127</v>
       </c>
       <c r="C135" s="5" t="s">
-        <v>44</v>
+        <v>79</v>
       </c>
       <c r="D135" s="4" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>2362.8000000000002</v>
+        <v>5</v>
+      </c>
+      <c r="E135" s="18">
+        <v>4515.88</v>
       </c>
     </row>
     <row r="136" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B136" s="4">
         <v>128</v>
       </c>
       <c r="C136" s="5" t="s">
-        <v>79</v>
+        <v>140</v>
       </c>
       <c r="D136" s="4" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>4506</v>
+        <v>1</v>
+      </c>
+      <c r="E136" s="18">
+        <v>1570.2599999999998</v>
       </c>
     </row>
     <row r="137" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B137" s="4">
         <v>129</v>
       </c>
       <c r="C137" s="5" t="s">
-        <v>140</v>
+        <v>194</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="E137" s="19">
-        <v>1564.8</v>
+      <c r="E137" s="18">
+        <v>1586.9599999999998</v>
       </c>
     </row>
     <row r="138" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B138" s="4">
         <v>130</v>
       </c>
       <c r="C138" s="5" t="s">
-        <v>194</v>
+        <v>106</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="E138" s="19">
-        <v>1564.8</v>
+      <c r="E138" s="18">
+        <v>1730.53</v>
       </c>
     </row>
     <row r="139" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B139" s="4">
         <v>131</v>
       </c>
       <c r="C139" s="5" t="s">
-        <v>106</v>
+        <v>41</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="E139" s="19">
-        <v>1563.68</v>
+      <c r="E139" s="18">
+        <v>2569.4500000000003</v>
       </c>
     </row>
     <row r="140" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B140" s="4">
         <v>132</v>
       </c>
       <c r="C140" s="5" t="s">
-        <v>41</v>
+        <v>128</v>
       </c>
       <c r="D140" s="4" t="s">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>2014.09</v>
+        <v>9</v>
+      </c>
+      <c r="E140" s="18">
+        <v>2097.2399999999998</v>
       </c>
     </row>
     <row r="141" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B141" s="4">
         <v>133</v>
       </c>
       <c r="C141" s="5" t="s">
-        <v>128</v>
+        <v>217</v>
       </c>
       <c r="D141" s="4" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>1892.8</v>
+        <v>11</v>
+      </c>
+      <c r="E141" s="18">
+        <v>3764.38</v>
       </c>
     </row>
     <row r="142" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B142" s="4">
         <v>134</v>
       </c>
       <c r="C142" s="5" t="s">
-        <v>218</v>
+        <v>132</v>
       </c>
       <c r="D142" s="4" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>2785.26</v>
+        <v>1</v>
+      </c>
+      <c r="E142" s="18">
+        <v>1652.21</v>
       </c>
     </row>
     <row r="143" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B143" s="4">
         <v>135</v>
       </c>
       <c r="C143" s="5" t="s">
-        <v>132</v>
+        <v>200</v>
       </c>
       <c r="D143" s="4" t="s">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1565.3899999999999</v>
+        <v>2</v>
+      </c>
+      <c r="E143" s="18">
+        <v>2435.61</v>
       </c>
     </row>
     <row r="144" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B144" s="4">
         <v>136</v>
       </c>
-      <c r="C144" s="5" t="s">
-[...6 lines deleted...]
-        <v>2437.15</v>
+      <c r="C144" s="11" t="s">
+        <v>196</v>
+      </c>
+      <c r="D144" s="11" t="s">
+        <v>1</v>
+      </c>
+      <c r="E144" s="18">
+        <v>1564.8</v>
       </c>
     </row>
     <row r="145" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B145" s="4">
         <v>137</v>
       </c>
       <c r="C145" s="11" t="s">
-        <v>196</v>
+        <v>191</v>
       </c>
       <c r="D145" s="11" t="s">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1564.8</v>
+        <v>2</v>
+      </c>
+      <c r="E145" s="18">
+        <v>2682.4300000000003</v>
       </c>
     </row>
     <row r="146" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B146" s="4">
         <v>138</v>
       </c>
       <c r="C146" s="11" t="s">
-        <v>191</v>
+        <v>135</v>
       </c>
       <c r="D146" s="11" t="s">
         <v>2</v>
       </c>
-      <c r="E146" s="19">
-        <v>2422.8000000000002</v>
+      <c r="E146" s="18">
+        <v>2434.06</v>
       </c>
     </row>
     <row r="147" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B147" s="4">
         <v>139</v>
       </c>
       <c r="C147" s="11" t="s">
-        <v>135</v>
+        <v>168</v>
       </c>
       <c r="D147" s="11" t="s">
         <v>2</v>
       </c>
-      <c r="E147" s="19">
-        <v>2424.7600000000002</v>
+      <c r="E147" s="18">
+        <v>3391.4699999999993</v>
       </c>
     </row>
     <row r="148" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B148" s="4">
         <v>140</v>
       </c>
-      <c r="C148" s="11" t="s">
-[...6 lines deleted...]
-        <v>2775.25</v>
+      <c r="C148" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="D148" s="4" t="s">
+        <v>182</v>
+      </c>
+      <c r="E148" s="18">
+        <v>4132.42</v>
       </c>
     </row>
     <row r="149" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B149" s="4">
         <v>141</v>
       </c>
       <c r="C149" s="5" t="s">
-        <v>58</v>
+        <v>156</v>
       </c>
       <c r="D149" s="4" t="s">
-        <v>182</v>
-[...2 lines deleted...]
-        <v>4585.34</v>
+        <v>4</v>
+      </c>
+      <c r="E149" s="18">
+        <v>2028.22</v>
       </c>
     </row>
     <row r="150" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B150" s="4">
         <v>142</v>
       </c>
       <c r="C150" s="5" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="D150" s="4" t="s">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>1665</v>
+        <v>10</v>
+      </c>
+      <c r="E150" s="18">
+        <v>4618.82</v>
       </c>
     </row>
     <row r="151" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B151" s="4">
         <v>143</v>
       </c>
       <c r="C151" s="5" t="s">
-        <v>153</v>
+        <v>104</v>
       </c>
       <c r="D151" s="4" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>3648</v>
+        <v>11</v>
+      </c>
+      <c r="E151" s="18">
+        <v>2945.09</v>
       </c>
     </row>
     <row r="152" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B152" s="4">
         <v>144</v>
       </c>
       <c r="C152" s="5" t="s">
-        <v>104</v>
+        <v>192</v>
       </c>
       <c r="D152" s="4" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>2938.8</v>
+        <v>2</v>
+      </c>
+      <c r="E152" s="18">
+        <v>2817.6499999999996</v>
       </c>
     </row>
     <row r="153" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B153" s="4">
         <v>145</v>
       </c>
       <c r="C153" s="5" t="s">
-        <v>192</v>
+        <v>139</v>
       </c>
       <c r="D153" s="4" t="s">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>2422.8000000000002</v>
+        <v>9</v>
+      </c>
+      <c r="E153" s="18">
+        <v>1895.22</v>
       </c>
     </row>
     <row r="154" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B154" s="4">
         <v>146</v>
       </c>
       <c r="C154" s="5" t="s">
-        <v>139</v>
+        <v>100</v>
       </c>
       <c r="D154" s="4" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>1795.1100000000001</v>
+        <v>5</v>
+      </c>
+      <c r="E154" s="18">
+        <v>4360.8</v>
       </c>
     </row>
     <row r="155" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B155" s="4">
         <v>147</v>
       </c>
       <c r="C155" s="5" t="s">
-        <v>100</v>
+        <v>195</v>
       </c>
       <c r="D155" s="4" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>4360.8</v>
+        <v>3</v>
+      </c>
+      <c r="E155" s="18">
+        <v>3052.7200000000003</v>
       </c>
     </row>
     <row r="156" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B156" s="4">
         <v>148</v>
       </c>
       <c r="C156" s="5" t="s">
-        <v>195</v>
-[...5 lines deleted...]
-        <v>2737.54</v>
+        <v>53</v>
+      </c>
+      <c r="D156" s="13" t="s">
+        <v>52</v>
+      </c>
+      <c r="E156" s="18">
+        <v>5160</v>
       </c>
     </row>
     <row r="157" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B157" s="4">
         <v>149</v>
       </c>
       <c r="C157" s="5" t="s">
-        <v>53</v>
-[...5 lines deleted...]
-        <v>5156.3999999999996</v>
+        <v>94</v>
+      </c>
+      <c r="D157" s="4" t="s">
+        <v>1</v>
+      </c>
+      <c r="E157" s="18">
+        <v>1564.8</v>
       </c>
     </row>
     <row r="158" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B158" s="4">
         <v>150</v>
       </c>
       <c r="C158" s="5" t="s">
-        <v>94</v>
+        <v>51</v>
       </c>
       <c r="D158" s="4" t="s">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1564.8</v>
+        <v>11</v>
+      </c>
+      <c r="E158" s="18">
+        <v>3835.8999999999996</v>
       </c>
     </row>
     <row r="159" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B159" s="4">
         <v>151</v>
       </c>
       <c r="C159" s="5" t="s">
-        <v>51</v>
+        <v>157</v>
       </c>
       <c r="D159" s="4" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>2940</v>
+        <v>23</v>
+      </c>
+      <c r="E159" s="18">
+        <v>2490.39</v>
       </c>
     </row>
     <row r="160" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B160" s="4">
         <v>152</v>
       </c>
       <c r="C160" s="5" t="s">
-        <v>157</v>
+        <v>49</v>
       </c>
       <c r="D160" s="4" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>2066.63</v>
+        <v>9</v>
+      </c>
+      <c r="E160" s="18">
+        <v>1746.98</v>
       </c>
     </row>
     <row r="161" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B161" s="4">
         <v>153</v>
       </c>
       <c r="C161" s="5" t="s">
-        <v>49</v>
+        <v>130</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="E161" s="19">
-        <v>1743.96</v>
+      <c r="E161" s="18">
+        <v>1895.14</v>
       </c>
     </row>
     <row r="162" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B162" s="4">
         <v>154</v>
       </c>
       <c r="C162" s="5" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="E162" s="19">
-        <v>1892.4</v>
+      <c r="E162" s="18">
+        <v>1892.31</v>
       </c>
     </row>
     <row r="163" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B163" s="4">
         <v>155</v>
       </c>
       <c r="C163" s="5" t="s">
-        <v>137</v>
+        <v>118</v>
       </c>
       <c r="D163" s="4" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>1892.4</v>
+        <v>5</v>
+      </c>
+      <c r="E163" s="18">
+        <v>4632.1499999999996</v>
       </c>
     </row>
     <row r="164" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B164" s="4">
         <v>156</v>
       </c>
       <c r="C164" s="5" t="s">
-        <v>118</v>
+        <v>24</v>
       </c>
       <c r="D164" s="4" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>4360.8</v>
+        <v>11</v>
+      </c>
+      <c r="E164" s="18">
+        <v>2675</v>
       </c>
     </row>
     <row r="165" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B165" s="4">
         <v>157</v>
       </c>
       <c r="C165" s="5" t="s">
-        <v>24</v>
+        <v>199</v>
       </c>
       <c r="D165" s="4" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>2870.5699999999997</v>
+        <v>3</v>
+      </c>
+      <c r="E165" s="18">
+        <v>2433.4299999999998</v>
       </c>
     </row>
     <row r="166" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B166" s="4">
         <v>158</v>
       </c>
       <c r="C166" s="5" t="s">
-        <v>199</v>
+        <v>125</v>
       </c>
       <c r="D166" s="4" t="s">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>2362.8000000000002</v>
+        <v>1</v>
+      </c>
+      <c r="E166" s="18">
+        <v>1564.8</v>
       </c>
     </row>
     <row r="167" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B167" s="4">
         <v>159</v>
       </c>
       <c r="C167" s="5" t="s">
-        <v>125</v>
+        <v>190</v>
       </c>
       <c r="D167" s="4" t="s">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1564.8</v>
+        <v>9</v>
+      </c>
+      <c r="E167" s="18">
+        <v>1892.4</v>
       </c>
     </row>
     <row r="168" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B168" s="4">
         <v>160</v>
       </c>
       <c r="C168" s="5" t="s">
-        <v>190</v>
+        <v>177</v>
       </c>
       <c r="D168" s="4" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>1943.59</v>
+        <v>5</v>
+      </c>
+      <c r="E168" s="18">
+        <v>4157.7299999999996</v>
       </c>
     </row>
     <row r="169" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B169" s="4">
         <v>161</v>
       </c>
       <c r="C169" s="5" t="s">
-        <v>177</v>
+        <v>74</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E169" s="19">
-        <v>4638.79</v>
+      <c r="E169" s="18">
+        <v>4360.8</v>
       </c>
     </row>
     <row r="170" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B170" s="4">
         <v>162</v>
       </c>
       <c r="C170" s="5" t="s">
-        <v>74</v>
+        <v>131</v>
       </c>
       <c r="D170" s="4" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>4360.8</v>
+        <v>9</v>
+      </c>
+      <c r="E170" s="18">
+        <v>1194.3</v>
       </c>
     </row>
     <row r="171" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B171" s="4">
         <v>163</v>
       </c>
       <c r="C171" s="5" t="s">
-        <v>131</v>
+        <v>113</v>
       </c>
       <c r="D171" s="4" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>2580.6</v>
+        <v>8</v>
+      </c>
+      <c r="E171" s="18">
+        <v>3735.7699999999995</v>
       </c>
     </row>
     <row r="172" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B172" s="4">
         <v>164</v>
       </c>
       <c r="C172" s="5" t="s">
-        <v>113</v>
+        <v>133</v>
       </c>
       <c r="D172" s="4" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>3708</v>
+        <v>9</v>
+      </c>
+      <c r="E172" s="18">
+        <v>2062.09</v>
       </c>
     </row>
     <row r="173" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B173" s="4">
         <v>165</v>
       </c>
       <c r="C173" s="5" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="D173" s="4" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>2118</v>
+        <v>1</v>
+      </c>
+      <c r="E173" s="18">
+        <v>2097.83</v>
       </c>
     </row>
     <row r="174" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B174" s="4">
         <v>166</v>
       </c>
-      <c r="C174" s="5" t="s">
-[...6 lines deleted...]
-        <v>2041.42</v>
+      <c r="C174" s="11" t="s">
+        <v>154</v>
+      </c>
+      <c r="D174" s="13" t="s">
+        <v>152</v>
+      </c>
+      <c r="E174" s="18">
+        <v>5142.7299999999996</v>
       </c>
     </row>
     <row r="175" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B175" s="4">
         <v>167</v>
       </c>
       <c r="C175" s="11" t="s">
-        <v>154</v>
-[...5 lines deleted...]
-        <v>3803</v>
+        <v>201</v>
+      </c>
+      <c r="D175" s="13" t="s">
+        <v>1</v>
+      </c>
+      <c r="E175" s="18">
+        <v>1564.8</v>
       </c>
     </row>
     <row r="176" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B176" s="4">
         <v>168</v>
       </c>
       <c r="C176" s="11" t="s">
-        <v>201</v>
-[...5 lines deleted...]
-        <v>1847.1</v>
+        <v>185</v>
+      </c>
+      <c r="D176" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="E176" s="18">
+        <v>4360.8</v>
       </c>
     </row>
     <row r="177" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B177" s="4">
         <v>169</v>
       </c>
       <c r="C177" s="11" t="s">
-        <v>185</v>
-[...5 lines deleted...]
-        <v>4360.8</v>
+        <v>171</v>
+      </c>
+      <c r="D177" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="E177" s="18">
+        <v>2000.82</v>
       </c>
     </row>
     <row r="178" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B178" s="4">
         <v>170</v>
       </c>
       <c r="C178" s="11" t="s">
-        <v>171</v>
-[...5 lines deleted...]
-        <v>1892.4</v>
+        <v>33</v>
+      </c>
+      <c r="D178" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E178" s="18">
+        <v>3726.0200000000004</v>
       </c>
     </row>
     <row r="179" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B179" s="4">
         <v>171</v>
       </c>
       <c r="C179" s="11" t="s">
-        <v>33</v>
+        <v>110</v>
       </c>
       <c r="D179" s="4" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>2940</v>
+        <v>5</v>
+      </c>
+      <c r="E179" s="18">
+        <v>4358.4399999999996</v>
       </c>
     </row>
     <row r="180" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B180" s="4">
         <v>172</v>
       </c>
       <c r="C180" s="11" t="s">
-        <v>110</v>
+        <v>54</v>
       </c>
       <c r="D180" s="4" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>4360.8</v>
+        <v>15</v>
+      </c>
+      <c r="E180" s="18">
+        <v>4415.43</v>
       </c>
     </row>
     <row r="181" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B181" s="4">
         <v>173</v>
       </c>
       <c r="C181" s="11" t="s">
-        <v>54</v>
+        <v>170</v>
       </c>
       <c r="D181" s="4" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>4362</v>
+        <v>12</v>
+      </c>
+      <c r="E181" s="18">
+        <v>4192.5</v>
       </c>
     </row>
     <row r="182" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B182" s="4">
         <v>174</v>
       </c>
       <c r="C182" s="11" t="s">
-        <v>170</v>
+        <v>215</v>
       </c>
       <c r="D182" s="4" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>3225</v>
+        <v>2</v>
+      </c>
+      <c r="E182" s="18">
+        <v>2434.9899999999998</v>
       </c>
     </row>
     <row r="183" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B183" s="4">
         <v>175</v>
       </c>
       <c r="C183" s="11" t="s">
-        <v>216</v>
-[...5 lines deleted...]
-        <v>2425.58</v>
+        <v>50</v>
+      </c>
+      <c r="D183" s="11" t="s">
+        <v>4</v>
+      </c>
+      <c r="E183" s="18">
+        <v>2164.5</v>
       </c>
     </row>
     <row r="184" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B184" s="4">
         <v>176</v>
       </c>
       <c r="C184" s="11" t="s">
-        <v>50</v>
+        <v>169</v>
       </c>
       <c r="D184" s="11" t="s">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>1665</v>
+        <v>176</v>
+      </c>
+      <c r="E184" s="18">
+        <v>4523.82</v>
       </c>
     </row>
     <row r="185" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B185" s="4">
         <v>177</v>
       </c>
       <c r="C185" s="11" t="s">
-        <v>169</v>
+        <v>65</v>
       </c>
       <c r="D185" s="11" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-        <v>3450</v>
+        <v>1</v>
+      </c>
+      <c r="E185" s="18">
+        <v>1566.24</v>
       </c>
     </row>
     <row r="186" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B186" s="4">
         <v>178</v>
       </c>
       <c r="C186" s="11" t="s">
-        <v>65</v>
+        <v>98</v>
       </c>
       <c r="D186" s="11" t="s">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1564.06</v>
+        <v>5</v>
+      </c>
+      <c r="E186" s="18">
+        <v>4359.33</v>
       </c>
     </row>
     <row r="187" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B187" s="4">
         <v>179</v>
       </c>
       <c r="C187" s="11" t="s">
-        <v>98</v>
-[...5 lines deleted...]
-        <v>4358.1399999999994</v>
+        <v>101</v>
+      </c>
+      <c r="D187" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="E187" s="18">
+        <v>4864.8599999999997</v>
       </c>
     </row>
     <row r="188" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B188" s="4">
         <v>180</v>
       </c>
       <c r="C188" s="11" t="s">
-        <v>101</v>
+        <v>210</v>
       </c>
       <c r="D188" s="4" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>4370.63</v>
+        <v>9</v>
+      </c>
+      <c r="E188" s="18">
+        <v>1896.78</v>
       </c>
     </row>
     <row r="189" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B189" s="4">
         <v>181</v>
       </c>
       <c r="C189" s="11" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D189" s="4" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>1892.4</v>
+        <v>2</v>
+      </c>
+      <c r="E189" s="18">
+        <v>2300.8800000000006</v>
       </c>
     </row>
     <row r="190" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B190" s="4">
         <v>182</v>
       </c>
       <c r="C190" s="11" t="s">
-        <v>213</v>
+        <v>112</v>
       </c>
       <c r="D190" s="4" t="s">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>2549.4700000000003</v>
+        <v>11</v>
+      </c>
+      <c r="E190" s="18">
+        <v>2938.8</v>
       </c>
     </row>
     <row r="191" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B191" s="4">
         <v>183</v>
       </c>
       <c r="C191" s="11" t="s">
-        <v>112</v>
+        <v>218</v>
       </c>
       <c r="D191" s="4" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>2938.8</v>
+        <v>9</v>
+      </c>
+      <c r="E191" s="18">
+        <v>2628.1899999999996</v>
       </c>
     </row>
     <row r="192" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B192" s="4">
         <v>184</v>
       </c>
       <c r="C192" s="11" t="s">
-        <v>219</v>
+        <v>173</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="E192" s="19">
-        <v>2118</v>
+      <c r="E192" s="18">
+        <v>2005.85</v>
       </c>
     </row>
     <row r="193" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B193" s="4">
         <v>185</v>
       </c>
       <c r="C193" s="11" t="s">
-        <v>173</v>
+        <v>69</v>
       </c>
       <c r="D193" s="4" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>1892.4</v>
+        <v>5</v>
+      </c>
+      <c r="E193" s="18">
+        <v>4385.68</v>
       </c>
     </row>
     <row r="194" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B194" s="4">
         <v>186</v>
       </c>
       <c r="C194" s="11" t="s">
-        <v>69</v>
+        <v>114</v>
       </c>
       <c r="D194" s="4" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>4360.8</v>
+        <v>11</v>
+      </c>
+      <c r="E194" s="18">
+        <v>3107.6899999999996</v>
       </c>
     </row>
     <row r="195" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B195" s="4">
         <v>187</v>
       </c>
-      <c r="C195" s="11" t="s">
-        <v>114</v>
+      <c r="C195" s="5" t="s">
+        <v>34</v>
       </c>
       <c r="D195" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="E195" s="19">
-        <v>2938.8</v>
+      <c r="E195" s="18">
+        <v>2967.29</v>
       </c>
     </row>
     <row r="196" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B196" s="4">
         <v>188</v>
       </c>
       <c r="C196" s="5" t="s">
-        <v>34</v>
+        <v>55</v>
       </c>
       <c r="D196" s="4" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>2969.53</v>
+        <v>16</v>
+      </c>
+      <c r="E196" s="18">
+        <v>4032.3300000000004</v>
       </c>
     </row>
     <row r="197" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B197" s="4">
         <v>189</v>
       </c>
       <c r="C197" s="5" t="s">
-        <v>55</v>
+        <v>188</v>
       </c>
       <c r="D197" s="4" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>3948</v>
+        <v>13</v>
+      </c>
+      <c r="E197" s="18">
+        <v>5116.88</v>
       </c>
     </row>
     <row r="198" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B198" s="4">
         <v>190</v>
       </c>
       <c r="C198" s="5" t="s">
-        <v>188</v>
+        <v>84</v>
       </c>
       <c r="D198" s="4" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>5160</v>
+        <v>9</v>
+      </c>
+      <c r="E198" s="18">
+        <v>1892.4</v>
       </c>
     </row>
     <row r="199" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B199" s="4">
         <v>191</v>
       </c>
       <c r="C199" s="5" t="s">
-        <v>84</v>
+        <v>48</v>
       </c>
       <c r="D199" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="E199" s="19">
-        <v>1890.21</v>
+      <c r="E199" s="18">
+        <v>2679.7300000000005</v>
       </c>
     </row>
     <row r="200" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B200" s="4">
         <v>192</v>
       </c>
       <c r="C200" s="5" t="s">
-        <v>48</v>
+        <v>96</v>
       </c>
       <c r="D200" s="4" t="s">
-        <v>9</v>
-[...20 lines deleted...]
-      <c r="B203" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="E200" s="18">
+        <v>4378.8899999999994</v>
+      </c>
+    </row>
+    <row r="202" spans="2:5" x14ac:dyDescent="0.15">
+      <c r="B202" s="7" t="s">
         <v>164</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="gTJDwrkzI34oGWNn2NnjuF39cg/T5PRVy0WR6qPfzDrUSk8IEWNZCC54+NLC9hD7X8DmDWFIBR79xGZlUol0Cw==" saltValue="988Agk9R6x392rSszq1geg==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1" selectUnlockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="9RQ9maeasgdWKVi6wHV0/n+4pNZ91K/4OlIzJeL44hedOmpIjhcsrMy1aWaeNQ+Erc3pxpFflqU8AuplynEEvw==" saltValue="5XnFKNSt2XkF+gp2rlPwCg==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1" selectUnlockedCells="1"/>
   <mergeCells count="2">
     <mergeCell ref="C5:E6"/>
     <mergeCell ref="C2:E2"/>
   </mergeCells>
   <phoneticPr fontId="4" type="noConversion"/>
   <pageMargins left="0.74803149606299213" right="0.74803149606299213" top="0.98425196850393704" bottom="0.98425196850393704" header="0" footer="0"/>
   <pageSetup paperSize="9" scale="80" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>