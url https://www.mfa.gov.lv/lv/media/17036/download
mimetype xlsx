--- v3 (2026-01-28)
+++ v4 (2026-03-05)
@@ -5,81 +5,81 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24332"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\ik162\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{99FD6E92-516A-4F54-AE73-97AD79304940}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CF66FCCA-8C9C-434B-81DF-01EAB79BC57E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{E0684BFE-0171-46B9-8A58-D9BE57A564AC}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$8:$WTJ$200</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$B$5:$E$200</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$8:$WTG$201</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$B$5:$E$201</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="391" uniqueCount="226">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="393" uniqueCount="228">
   <si>
     <t>jurists</t>
   </si>
   <si>
     <t>trešais sekretārs</t>
   </si>
   <si>
     <t>padomnieks</t>
   </si>
   <si>
     <t>pirmais sekretārs</t>
   </si>
   <si>
     <t>vecākais referents</t>
   </si>
   <si>
     <t>ārkārtējais un pilnvarotais vēstnieks</t>
   </si>
   <si>
     <t>valsts sekretārs</t>
   </si>
   <si>
     <t>Andžejs Viļumsons</t>
   </si>
   <si>
@@ -712,58 +712,64 @@
   <si>
     <t>Līga Renkmane</t>
   </si>
   <si>
     <t>Svetlana Romanovska</t>
   </si>
   <si>
     <t>Kristīne  Puriņa</t>
   </si>
   <si>
     <t>Aleksejs Basevičs</t>
   </si>
   <si>
     <t>Elvis Jēkabsons</t>
   </si>
   <si>
     <t>Ieva Cēsniece</t>
   </si>
   <si>
     <t>Baiba Brasliņa</t>
   </si>
   <si>
     <t>Kristīne Rogule</t>
   </si>
   <si>
-    <t>Amatpersonām, kuras ir pilnvarotas pieņemt vai sagatavot pārvaldes lēmumus, aprēķinātais atalgojums 2025.gada decembra mēnesī</t>
+    <t>Amatpersonām, kuras ir pilnvarotas pieņemt vai sagatavot pārvaldes lēmumus, aprēķinātais atalgojums 2026.gada janvāra mēnesī</t>
+  </si>
+  <si>
+    <t>Vita Studente</t>
+  </si>
+  <si>
+    <t>vecākais jurists</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="11" x14ac:knownFonts="1">
+  <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="8"/>
       <color indexed="11"/>
       <name val="Tahoma"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="11"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
@@ -781,192 +787,166 @@
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
-      <b/>
-[...6 lines deleted...]
-    <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
   </fonts>
-  <fills count="4">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
-    <fill>
-[...4 lines deleted...]
-    </fill>
   </fills>
-  <borders count="4">
+  <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...9 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="1"/>
   </cellStyleXfs>
-  <cellXfs count="23">
+  <cellXfs count="22">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="2" fontId="10" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
+    <xf numFmtId="2" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
@@ -1251,2989 +1231,3002 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0B0677F2-E3A2-4EE3-B84B-2BBA6F57EF71}">
-  <dimension ref="B2:F202"/>
+  <dimension ref="B2:E203"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
-      <selection activeCell="B8" sqref="B8"/>
+      <selection activeCell="E202" sqref="E202"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="2" width="9.33203125" style="1"/>
     <col min="3" max="3" width="31.83203125" style="1" customWidth="1"/>
     <col min="4" max="4" width="62.6640625" style="1" customWidth="1"/>
     <col min="5" max="5" width="29.1640625" style="1" customWidth="1"/>
-    <col min="6" max="203" width="9.33203125" style="1"/>
-[...188 lines deleted...]
-    <col min="16079" max="16384" width="9.33203125" style="1"/>
+    <col min="6" max="200" width="9.33203125" style="1"/>
+    <col min="201" max="201" width="41.33203125" style="1" customWidth="1"/>
+    <col min="202" max="203" width="30.5" style="1" customWidth="1"/>
+    <col min="204" max="456" width="9.33203125" style="1"/>
+    <col min="457" max="457" width="41.33203125" style="1" customWidth="1"/>
+    <col min="458" max="459" width="30.5" style="1" customWidth="1"/>
+    <col min="460" max="712" width="9.33203125" style="1"/>
+    <col min="713" max="713" width="41.33203125" style="1" customWidth="1"/>
+    <col min="714" max="715" width="30.5" style="1" customWidth="1"/>
+    <col min="716" max="968" width="9.33203125" style="1"/>
+    <col min="969" max="969" width="41.33203125" style="1" customWidth="1"/>
+    <col min="970" max="971" width="30.5" style="1" customWidth="1"/>
+    <col min="972" max="1224" width="9.33203125" style="1"/>
+    <col min="1225" max="1225" width="41.33203125" style="1" customWidth="1"/>
+    <col min="1226" max="1227" width="30.5" style="1" customWidth="1"/>
+    <col min="1228" max="1480" width="9.33203125" style="1"/>
+    <col min="1481" max="1481" width="41.33203125" style="1" customWidth="1"/>
+    <col min="1482" max="1483" width="30.5" style="1" customWidth="1"/>
+    <col min="1484" max="1736" width="9.33203125" style="1"/>
+    <col min="1737" max="1737" width="41.33203125" style="1" customWidth="1"/>
+    <col min="1738" max="1739" width="30.5" style="1" customWidth="1"/>
+    <col min="1740" max="1992" width="9.33203125" style="1"/>
+    <col min="1993" max="1993" width="41.33203125" style="1" customWidth="1"/>
+    <col min="1994" max="1995" width="30.5" style="1" customWidth="1"/>
+    <col min="1996" max="2248" width="9.33203125" style="1"/>
+    <col min="2249" max="2249" width="41.33203125" style="1" customWidth="1"/>
+    <col min="2250" max="2251" width="30.5" style="1" customWidth="1"/>
+    <col min="2252" max="2504" width="9.33203125" style="1"/>
+    <col min="2505" max="2505" width="41.33203125" style="1" customWidth="1"/>
+    <col min="2506" max="2507" width="30.5" style="1" customWidth="1"/>
+    <col min="2508" max="2760" width="9.33203125" style="1"/>
+    <col min="2761" max="2761" width="41.33203125" style="1" customWidth="1"/>
+    <col min="2762" max="2763" width="30.5" style="1" customWidth="1"/>
+    <col min="2764" max="3016" width="9.33203125" style="1"/>
+    <col min="3017" max="3017" width="41.33203125" style="1" customWidth="1"/>
+    <col min="3018" max="3019" width="30.5" style="1" customWidth="1"/>
+    <col min="3020" max="3272" width="9.33203125" style="1"/>
+    <col min="3273" max="3273" width="41.33203125" style="1" customWidth="1"/>
+    <col min="3274" max="3275" width="30.5" style="1" customWidth="1"/>
+    <col min="3276" max="3528" width="9.33203125" style="1"/>
+    <col min="3529" max="3529" width="41.33203125" style="1" customWidth="1"/>
+    <col min="3530" max="3531" width="30.5" style="1" customWidth="1"/>
+    <col min="3532" max="3784" width="9.33203125" style="1"/>
+    <col min="3785" max="3785" width="41.33203125" style="1" customWidth="1"/>
+    <col min="3786" max="3787" width="30.5" style="1" customWidth="1"/>
+    <col min="3788" max="4040" width="9.33203125" style="1"/>
+    <col min="4041" max="4041" width="41.33203125" style="1" customWidth="1"/>
+    <col min="4042" max="4043" width="30.5" style="1" customWidth="1"/>
+    <col min="4044" max="4296" width="9.33203125" style="1"/>
+    <col min="4297" max="4297" width="41.33203125" style="1" customWidth="1"/>
+    <col min="4298" max="4299" width="30.5" style="1" customWidth="1"/>
+    <col min="4300" max="4552" width="9.33203125" style="1"/>
+    <col min="4553" max="4553" width="41.33203125" style="1" customWidth="1"/>
+    <col min="4554" max="4555" width="30.5" style="1" customWidth="1"/>
+    <col min="4556" max="4808" width="9.33203125" style="1"/>
+    <col min="4809" max="4809" width="41.33203125" style="1" customWidth="1"/>
+    <col min="4810" max="4811" width="30.5" style="1" customWidth="1"/>
+    <col min="4812" max="5064" width="9.33203125" style="1"/>
+    <col min="5065" max="5065" width="41.33203125" style="1" customWidth="1"/>
+    <col min="5066" max="5067" width="30.5" style="1" customWidth="1"/>
+    <col min="5068" max="5320" width="9.33203125" style="1"/>
+    <col min="5321" max="5321" width="41.33203125" style="1" customWidth="1"/>
+    <col min="5322" max="5323" width="30.5" style="1" customWidth="1"/>
+    <col min="5324" max="5576" width="9.33203125" style="1"/>
+    <col min="5577" max="5577" width="41.33203125" style="1" customWidth="1"/>
+    <col min="5578" max="5579" width="30.5" style="1" customWidth="1"/>
+    <col min="5580" max="5832" width="9.33203125" style="1"/>
+    <col min="5833" max="5833" width="41.33203125" style="1" customWidth="1"/>
+    <col min="5834" max="5835" width="30.5" style="1" customWidth="1"/>
+    <col min="5836" max="6088" width="9.33203125" style="1"/>
+    <col min="6089" max="6089" width="41.33203125" style="1" customWidth="1"/>
+    <col min="6090" max="6091" width="30.5" style="1" customWidth="1"/>
+    <col min="6092" max="6344" width="9.33203125" style="1"/>
+    <col min="6345" max="6345" width="41.33203125" style="1" customWidth="1"/>
+    <col min="6346" max="6347" width="30.5" style="1" customWidth="1"/>
+    <col min="6348" max="6600" width="9.33203125" style="1"/>
+    <col min="6601" max="6601" width="41.33203125" style="1" customWidth="1"/>
+    <col min="6602" max="6603" width="30.5" style="1" customWidth="1"/>
+    <col min="6604" max="6856" width="9.33203125" style="1"/>
+    <col min="6857" max="6857" width="41.33203125" style="1" customWidth="1"/>
+    <col min="6858" max="6859" width="30.5" style="1" customWidth="1"/>
+    <col min="6860" max="7112" width="9.33203125" style="1"/>
+    <col min="7113" max="7113" width="41.33203125" style="1" customWidth="1"/>
+    <col min="7114" max="7115" width="30.5" style="1" customWidth="1"/>
+    <col min="7116" max="7368" width="9.33203125" style="1"/>
+    <col min="7369" max="7369" width="41.33203125" style="1" customWidth="1"/>
+    <col min="7370" max="7371" width="30.5" style="1" customWidth="1"/>
+    <col min="7372" max="7624" width="9.33203125" style="1"/>
+    <col min="7625" max="7625" width="41.33203125" style="1" customWidth="1"/>
+    <col min="7626" max="7627" width="30.5" style="1" customWidth="1"/>
+    <col min="7628" max="7880" width="9.33203125" style="1"/>
+    <col min="7881" max="7881" width="41.33203125" style="1" customWidth="1"/>
+    <col min="7882" max="7883" width="30.5" style="1" customWidth="1"/>
+    <col min="7884" max="8136" width="9.33203125" style="1"/>
+    <col min="8137" max="8137" width="41.33203125" style="1" customWidth="1"/>
+    <col min="8138" max="8139" width="30.5" style="1" customWidth="1"/>
+    <col min="8140" max="8392" width="9.33203125" style="1"/>
+    <col min="8393" max="8393" width="41.33203125" style="1" customWidth="1"/>
+    <col min="8394" max="8395" width="30.5" style="1" customWidth="1"/>
+    <col min="8396" max="8648" width="9.33203125" style="1"/>
+    <col min="8649" max="8649" width="41.33203125" style="1" customWidth="1"/>
+    <col min="8650" max="8651" width="30.5" style="1" customWidth="1"/>
+    <col min="8652" max="8904" width="9.33203125" style="1"/>
+    <col min="8905" max="8905" width="41.33203125" style="1" customWidth="1"/>
+    <col min="8906" max="8907" width="30.5" style="1" customWidth="1"/>
+    <col min="8908" max="9160" width="9.33203125" style="1"/>
+    <col min="9161" max="9161" width="41.33203125" style="1" customWidth="1"/>
+    <col min="9162" max="9163" width="30.5" style="1" customWidth="1"/>
+    <col min="9164" max="9416" width="9.33203125" style="1"/>
+    <col min="9417" max="9417" width="41.33203125" style="1" customWidth="1"/>
+    <col min="9418" max="9419" width="30.5" style="1" customWidth="1"/>
+    <col min="9420" max="9672" width="9.33203125" style="1"/>
+    <col min="9673" max="9673" width="41.33203125" style="1" customWidth="1"/>
+    <col min="9674" max="9675" width="30.5" style="1" customWidth="1"/>
+    <col min="9676" max="9928" width="9.33203125" style="1"/>
+    <col min="9929" max="9929" width="41.33203125" style="1" customWidth="1"/>
+    <col min="9930" max="9931" width="30.5" style="1" customWidth="1"/>
+    <col min="9932" max="10184" width="9.33203125" style="1"/>
+    <col min="10185" max="10185" width="41.33203125" style="1" customWidth="1"/>
+    <col min="10186" max="10187" width="30.5" style="1" customWidth="1"/>
+    <col min="10188" max="10440" width="9.33203125" style="1"/>
+    <col min="10441" max="10441" width="41.33203125" style="1" customWidth="1"/>
+    <col min="10442" max="10443" width="30.5" style="1" customWidth="1"/>
+    <col min="10444" max="10696" width="9.33203125" style="1"/>
+    <col min="10697" max="10697" width="41.33203125" style="1" customWidth="1"/>
+    <col min="10698" max="10699" width="30.5" style="1" customWidth="1"/>
+    <col min="10700" max="10952" width="9.33203125" style="1"/>
+    <col min="10953" max="10953" width="41.33203125" style="1" customWidth="1"/>
+    <col min="10954" max="10955" width="30.5" style="1" customWidth="1"/>
+    <col min="10956" max="11208" width="9.33203125" style="1"/>
+    <col min="11209" max="11209" width="41.33203125" style="1" customWidth="1"/>
+    <col min="11210" max="11211" width="30.5" style="1" customWidth="1"/>
+    <col min="11212" max="11464" width="9.33203125" style="1"/>
+    <col min="11465" max="11465" width="41.33203125" style="1" customWidth="1"/>
+    <col min="11466" max="11467" width="30.5" style="1" customWidth="1"/>
+    <col min="11468" max="11720" width="9.33203125" style="1"/>
+    <col min="11721" max="11721" width="41.33203125" style="1" customWidth="1"/>
+    <col min="11722" max="11723" width="30.5" style="1" customWidth="1"/>
+    <col min="11724" max="11976" width="9.33203125" style="1"/>
+    <col min="11977" max="11977" width="41.33203125" style="1" customWidth="1"/>
+    <col min="11978" max="11979" width="30.5" style="1" customWidth="1"/>
+    <col min="11980" max="12232" width="9.33203125" style="1"/>
+    <col min="12233" max="12233" width="41.33203125" style="1" customWidth="1"/>
+    <col min="12234" max="12235" width="30.5" style="1" customWidth="1"/>
+    <col min="12236" max="12488" width="9.33203125" style="1"/>
+    <col min="12489" max="12489" width="41.33203125" style="1" customWidth="1"/>
+    <col min="12490" max="12491" width="30.5" style="1" customWidth="1"/>
+    <col min="12492" max="12744" width="9.33203125" style="1"/>
+    <col min="12745" max="12745" width="41.33203125" style="1" customWidth="1"/>
+    <col min="12746" max="12747" width="30.5" style="1" customWidth="1"/>
+    <col min="12748" max="13000" width="9.33203125" style="1"/>
+    <col min="13001" max="13001" width="41.33203125" style="1" customWidth="1"/>
+    <col min="13002" max="13003" width="30.5" style="1" customWidth="1"/>
+    <col min="13004" max="13256" width="9.33203125" style="1"/>
+    <col min="13257" max="13257" width="41.33203125" style="1" customWidth="1"/>
+    <col min="13258" max="13259" width="30.5" style="1" customWidth="1"/>
+    <col min="13260" max="13512" width="9.33203125" style="1"/>
+    <col min="13513" max="13513" width="41.33203125" style="1" customWidth="1"/>
+    <col min="13514" max="13515" width="30.5" style="1" customWidth="1"/>
+    <col min="13516" max="13768" width="9.33203125" style="1"/>
+    <col min="13769" max="13769" width="41.33203125" style="1" customWidth="1"/>
+    <col min="13770" max="13771" width="30.5" style="1" customWidth="1"/>
+    <col min="13772" max="14024" width="9.33203125" style="1"/>
+    <col min="14025" max="14025" width="41.33203125" style="1" customWidth="1"/>
+    <col min="14026" max="14027" width="30.5" style="1" customWidth="1"/>
+    <col min="14028" max="14280" width="9.33203125" style="1"/>
+    <col min="14281" max="14281" width="41.33203125" style="1" customWidth="1"/>
+    <col min="14282" max="14283" width="30.5" style="1" customWidth="1"/>
+    <col min="14284" max="14536" width="9.33203125" style="1"/>
+    <col min="14537" max="14537" width="41.33203125" style="1" customWidth="1"/>
+    <col min="14538" max="14539" width="30.5" style="1" customWidth="1"/>
+    <col min="14540" max="14792" width="9.33203125" style="1"/>
+    <col min="14793" max="14793" width="41.33203125" style="1" customWidth="1"/>
+    <col min="14794" max="14795" width="30.5" style="1" customWidth="1"/>
+    <col min="14796" max="15048" width="9.33203125" style="1"/>
+    <col min="15049" max="15049" width="41.33203125" style="1" customWidth="1"/>
+    <col min="15050" max="15051" width="30.5" style="1" customWidth="1"/>
+    <col min="15052" max="15304" width="9.33203125" style="1"/>
+    <col min="15305" max="15305" width="41.33203125" style="1" customWidth="1"/>
+    <col min="15306" max="15307" width="30.5" style="1" customWidth="1"/>
+    <col min="15308" max="15560" width="9.33203125" style="1"/>
+    <col min="15561" max="15561" width="41.33203125" style="1" customWidth="1"/>
+    <col min="15562" max="15563" width="30.5" style="1" customWidth="1"/>
+    <col min="15564" max="15816" width="9.33203125" style="1"/>
+    <col min="15817" max="15817" width="41.33203125" style="1" customWidth="1"/>
+    <col min="15818" max="15819" width="30.5" style="1" customWidth="1"/>
+    <col min="15820" max="16072" width="9.33203125" style="1"/>
+    <col min="16073" max="16073" width="41.33203125" style="1" customWidth="1"/>
+    <col min="16074" max="16075" width="30.5" style="1" customWidth="1"/>
+    <col min="16076" max="16384" width="9.33203125" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:5" x14ac:dyDescent="0.15">
-      <c r="C2" s="22" t="s">
+      <c r="C2" s="21" t="s">
         <v>165</v>
       </c>
-      <c r="D2" s="22"/>
-      <c r="E2" s="22"/>
+      <c r="D2" s="21"/>
+      <c r="E2" s="21"/>
     </row>
     <row r="3" spans="2:5" x14ac:dyDescent="0.2">
       <c r="E3" s="2"/>
     </row>
     <row r="4" spans="2:5" x14ac:dyDescent="0.2">
       <c r="E4" s="2"/>
     </row>
     <row r="5" spans="2:5" x14ac:dyDescent="0.15">
-      <c r="C5" s="21" t="s">
+      <c r="C5" s="20" t="s">
         <v>225</v>
       </c>
-      <c r="D5" s="21"/>
-      <c r="E5" s="21"/>
+      <c r="D5" s="20"/>
+      <c r="E5" s="20"/>
     </row>
     <row r="6" spans="2:5" x14ac:dyDescent="0.15">
-      <c r="C6" s="21"/>
-[...1 lines deleted...]
-      <c r="E6" s="21"/>
+      <c r="C6" s="20"/>
+      <c r="D6" s="20"/>
+      <c r="E6" s="20"/>
     </row>
     <row r="8" spans="2:5" ht="31.5" x14ac:dyDescent="0.15">
       <c r="B8" s="4" t="s">
         <v>167</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>162</v>
       </c>
       <c r="D8" s="10" t="s">
         <v>166</v>
       </c>
       <c r="E8" s="6" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="9" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B9" s="4">
         <v>1</v>
       </c>
       <c r="C9" s="5" t="s">
         <v>211</v>
       </c>
       <c r="D9" s="16" t="s">
         <v>3</v>
       </c>
-      <c r="E9" s="18">
-        <v>2410.9700000000003</v>
+      <c r="E9" s="17">
+        <v>2506.67</v>
       </c>
     </row>
     <row r="10" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B10" s="4">
         <v>2</v>
       </c>
       <c r="C10" s="5" t="s">
         <v>208</v>
       </c>
       <c r="D10" s="16" t="s">
         <v>1</v>
       </c>
-      <c r="E10" s="18">
-        <v>1564.8</v>
+      <c r="E10" s="17">
+        <v>1684.8</v>
       </c>
     </row>
     <row r="11" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B11" s="4">
         <v>3</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>19</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>15</v>
       </c>
-      <c r="E11" s="18">
-        <v>4427.32</v>
+      <c r="E11" s="17">
+        <v>4417.18</v>
       </c>
     </row>
     <row r="12" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B12" s="4">
         <v>4</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>8</v>
       </c>
-      <c r="E12" s="18">
-        <v>3765.83</v>
+      <c r="E12" s="17">
+        <v>3708</v>
       </c>
     </row>
     <row r="13" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B13" s="4">
         <v>5</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>77</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E13" s="18">
-        <v>4374.01</v>
+      <c r="E13" s="17">
+        <v>4360.8</v>
       </c>
     </row>
     <row r="14" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B14" s="4">
         <v>6</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>60</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E14" s="18">
-        <v>4366.8799999999992</v>
+      <c r="E14" s="17">
+        <v>4360.8</v>
       </c>
     </row>
     <row r="15" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B15" s="4">
         <v>7</v>
       </c>
       <c r="C15" s="5" t="s">
         <v>204</v>
       </c>
       <c r="D15" s="5" t="s">
         <v>1</v>
       </c>
-      <c r="E15" s="18">
-        <v>1684.1999999999998</v>
+      <c r="E15" s="17">
+        <v>1713.5500000000002</v>
       </c>
     </row>
     <row r="16" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B16" s="4">
         <v>8</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>220</v>
       </c>
       <c r="D16" s="5" t="s">
         <v>152</v>
       </c>
-      <c r="E16" s="18">
-        <v>3097.04</v>
+      <c r="E16" s="17">
+        <v>1525.57</v>
       </c>
     </row>
     <row r="17" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B17" s="4">
         <v>9</v>
       </c>
       <c r="C17" s="11" t="s">
         <v>70</v>
       </c>
       <c r="D17" s="11" t="s">
         <v>5</v>
       </c>
-      <c r="E17" s="19">
+      <c r="E17" s="17">
         <v>4360.8</v>
       </c>
     </row>
     <row r="18" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B18" s="4">
         <v>10</v>
       </c>
       <c r="C18" s="11" t="s">
         <v>81</v>
       </c>
       <c r="D18" s="11" t="s">
         <v>5</v>
       </c>
-      <c r="E18" s="18">
-        <v>4365.4599999999991</v>
+      <c r="E18" s="17">
+        <v>4360.8</v>
       </c>
     </row>
     <row r="19" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B19" s="4">
         <v>11</v>
       </c>
       <c r="C19" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D19" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="E19" s="18">
-        <v>4033.21</v>
+      <c r="E19" s="17">
+        <v>4077.32</v>
       </c>
     </row>
     <row r="20" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B20" s="4">
         <v>12</v>
       </c>
       <c r="C20" s="11" t="s">
         <v>26</v>
       </c>
       <c r="D20" s="4" t="s">
         <v>0</v>
       </c>
-      <c r="E20" s="18">
-        <v>2431.62</v>
+      <c r="E20" s="17">
+        <v>850.34999999999991</v>
       </c>
     </row>
     <row r="21" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B21" s="4">
         <v>13</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>181</v>
       </c>
       <c r="D21" s="11" t="s">
         <v>4</v>
       </c>
-      <c r="E21" s="18">
-        <v>1564.8</v>
+      <c r="E21" s="17">
+        <v>1811.14</v>
       </c>
     </row>
     <row r="22" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B22" s="4">
         <v>14</v>
       </c>
       <c r="C22" s="11" t="s">
         <v>141</v>
       </c>
       <c r="D22" s="11" t="s">
         <v>9</v>
       </c>
       <c r="E22" s="19">
-        <v>1920.68</v>
+        <v>2012.4</v>
       </c>
     </row>
     <row r="23" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B23" s="4">
         <v>15</v>
       </c>
       <c r="C23" s="11" t="s">
         <v>197</v>
       </c>
       <c r="D23" s="11" t="s">
         <v>3</v>
       </c>
-      <c r="E23" s="18">
-        <v>2377.1799999999998</v>
+      <c r="E23" s="19">
+        <v>2416.8000000000002</v>
       </c>
     </row>
     <row r="24" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B24" s="4">
         <v>16</v>
       </c>
       <c r="C24" s="11" t="s">
         <v>146</v>
       </c>
       <c r="D24" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="E24" s="18">
-        <v>1794.81</v>
+      <c r="E24" s="19">
+        <v>2012.4</v>
       </c>
     </row>
     <row r="25" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B25" s="4">
         <v>17</v>
       </c>
       <c r="C25" s="11" t="s">
         <v>134</v>
       </c>
       <c r="D25" s="11" t="s">
         <v>2</v>
       </c>
-      <c r="E25" s="18">
-        <v>2426.44</v>
+      <c r="E25" s="19">
+        <v>2556.46</v>
       </c>
     </row>
     <row r="26" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B26" s="4">
         <v>18</v>
       </c>
       <c r="C26" s="11" t="s">
         <v>205</v>
       </c>
       <c r="D26" s="11" t="s">
         <v>4</v>
       </c>
-      <c r="E26" s="18">
-        <v>1272.55</v>
+      <c r="E26" s="19">
+        <v>1346</v>
       </c>
     </row>
     <row r="27" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B27" s="4">
         <v>19</v>
       </c>
       <c r="C27" s="11" t="s">
         <v>102</v>
       </c>
       <c r="D27" s="11" t="s">
         <v>5</v>
       </c>
-      <c r="E27" s="18">
-        <v>4388.03</v>
+      <c r="E27" s="19">
+        <v>4418.59</v>
       </c>
     </row>
     <row r="28" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B28" s="4">
         <v>20</v>
       </c>
       <c r="C28" s="11" t="s">
         <v>76</v>
       </c>
       <c r="D28" s="11" t="s">
         <v>5</v>
       </c>
-      <c r="E28" s="18">
-        <v>4380.3999999999996</v>
+      <c r="E28" s="19">
+        <v>4360.8</v>
       </c>
     </row>
     <row r="29" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B29" s="4">
         <v>21</v>
       </c>
       <c r="C29" s="11" t="s">
         <v>187</v>
       </c>
       <c r="D29" s="11" t="s">
         <v>5</v>
       </c>
-      <c r="E29" s="18">
-        <v>4518.2</v>
+      <c r="E29" s="19">
+        <v>4360.8</v>
       </c>
     </row>
     <row r="30" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B30" s="4">
         <v>22</v>
       </c>
       <c r="C30" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D30" s="4" t="s">
         <v>6</v>
       </c>
-      <c r="E30" s="18">
-        <v>9916.5</v>
+      <c r="E30" s="17">
+        <v>6507.43</v>
       </c>
     </row>
     <row r="31" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B31" s="4">
         <v>23</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>144</v>
       </c>
       <c r="D31" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="E31" s="18">
-        <v>1564.6200000000001</v>
+      <c r="E31" s="17">
+        <v>1684.8</v>
       </c>
     </row>
     <row r="32" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B32" s="4">
         <v>24</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>172</v>
       </c>
       <c r="D32" s="4" t="s">
         <v>12</v>
       </c>
-      <c r="E32" s="18">
-        <v>3655.1400000000003</v>
+      <c r="E32" s="17">
+        <v>2522.5</v>
       </c>
     </row>
     <row r="33" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B33" s="4">
         <v>25</v>
       </c>
       <c r="C33" s="5" t="s">
         <v>158</v>
       </c>
       <c r="D33" s="4" t="s">
         <v>23</v>
       </c>
-      <c r="E33" s="18">
-        <v>1958.96</v>
+      <c r="E33" s="17">
+        <v>1960</v>
       </c>
     </row>
     <row r="34" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B34" s="4">
         <v>26</v>
       </c>
       <c r="C34" s="5" t="s">
         <v>25</v>
       </c>
       <c r="D34" s="4" t="s">
         <v>0</v>
       </c>
-      <c r="E34" s="18">
-        <v>2584.13</v>
+      <c r="E34" s="17">
+        <v>1266.58</v>
       </c>
     </row>
     <row r="35" spans="2:5" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B35" s="4">
         <v>27</v>
       </c>
       <c r="C35" s="5" t="s">
         <v>31</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>12</v>
       </c>
-      <c r="E35" s="18">
-        <v>2225</v>
+      <c r="E35" s="17">
+        <v>2270</v>
       </c>
     </row>
     <row r="36" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B36" s="4">
         <v>28</v>
       </c>
       <c r="C36" s="5" t="s">
         <v>82</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E36" s="18">
-        <v>4811.4199999999992</v>
+      <c r="E36" s="17">
+        <v>3945.48</v>
       </c>
     </row>
     <row r="37" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B37" s="4">
         <v>29</v>
       </c>
       <c r="C37" s="5" t="s">
         <v>107</v>
       </c>
       <c r="D37" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E37" s="18">
+      <c r="E37" s="17">
         <v>4360.8</v>
       </c>
     </row>
     <row r="38" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B38" s="4">
         <v>30</v>
       </c>
       <c r="C38" s="5" t="s">
         <v>223</v>
       </c>
       <c r="D38" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="E38" s="18">
-        <v>2675</v>
+      <c r="E38" s="17">
+        <v>2772.3999999999996</v>
       </c>
     </row>
     <row r="39" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B39" s="4">
         <v>31</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>159</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E39" s="18">
-        <v>4230.09</v>
+      <c r="E39" s="17">
+        <v>4360.8</v>
       </c>
     </row>
     <row r="40" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B40" s="4">
         <v>32</v>
       </c>
       <c r="C40" s="5" t="s">
         <v>80</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E40" s="18">
-        <v>4380.18</v>
+      <c r="E40" s="17">
+        <v>4414.4800000000005</v>
       </c>
     </row>
     <row r="41" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B41" s="4">
         <v>33</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="E41" s="18">
-        <v>2502</v>
+      <c r="E41" s="17">
+        <v>2731.5099999999998</v>
       </c>
     </row>
     <row r="42" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B42" s="4">
         <v>34</v>
       </c>
       <c r="C42" s="5" t="s">
         <v>56</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E42" s="18">
-        <v>4360.8</v>
+      <c r="E42" s="17">
+        <v>4384.58</v>
       </c>
     </row>
     <row r="43" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B43" s="4">
         <v>35</v>
       </c>
       <c r="C43" s="5" t="s">
         <v>20</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>8</v>
       </c>
-      <c r="E43" s="18">
-        <v>4099.03</v>
+      <c r="E43" s="17">
+        <v>4014</v>
       </c>
     </row>
     <row r="44" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B44" s="4">
         <v>36</v>
       </c>
       <c r="C44" s="5" t="s">
         <v>184</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E44" s="18">
-        <v>4990.82</v>
+      <c r="E44" s="17">
+        <v>3945.48</v>
       </c>
     </row>
     <row r="45" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B45" s="4">
         <v>37</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>203</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="E45" s="18">
-        <v>2554.39</v>
+      <c r="E45" s="17">
+        <v>2476.8000000000002</v>
       </c>
     </row>
     <row r="46" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B46" s="4">
         <v>38</v>
       </c>
       <c r="C46" s="5" t="s">
         <v>198</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="E46" s="18">
-        <v>1557.63</v>
+      <c r="E46" s="17">
+        <v>1684.8</v>
       </c>
     </row>
     <row r="47" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B47" s="4">
         <v>39</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>99</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E47" s="18">
-        <v>5046.0600000000004</v>
+      <c r="E47" s="17">
+        <v>3737.83</v>
       </c>
     </row>
     <row r="48" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B48" s="4">
         <v>40</v>
       </c>
       <c r="C48" s="5" t="s">
         <v>175</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="E48" s="18">
-        <v>2164.5</v>
+      <c r="E48" s="17">
+        <v>1765</v>
       </c>
     </row>
     <row r="49" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B49" s="4">
         <v>41</v>
       </c>
       <c r="C49" s="5" t="s">
         <v>179</v>
       </c>
       <c r="D49" s="4" t="s">
         <v>180</v>
       </c>
-      <c r="E49" s="18">
-        <v>4970.67</v>
+      <c r="E49" s="17">
+        <v>5025</v>
       </c>
     </row>
     <row r="50" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B50" s="4">
         <v>42</v>
       </c>
       <c r="C50" s="5" t="s">
         <v>59</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E50" s="18">
+      <c r="E50" s="19">
         <v>4360.8</v>
       </c>
     </row>
     <row r="51" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B51" s="4">
         <v>43</v>
       </c>
       <c r="C51" s="5" t="s">
         <v>86</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E51" s="18">
-        <v>4371.95</v>
+      <c r="E51" s="17">
+        <v>4487.3100000000004</v>
       </c>
     </row>
     <row r="52" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B52" s="4">
         <v>44</v>
       </c>
       <c r="C52" s="11" t="s">
         <v>122</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="E52" s="18">
-        <v>1885.6100000000001</v>
+      <c r="E52" s="17">
+        <v>2012.4</v>
       </c>
     </row>
     <row r="53" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B53" s="4">
         <v>45</v>
       </c>
       <c r="C53" s="11" t="s">
         <v>209</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="E53" s="18">
-        <v>2423.3200000000002</v>
+      <c r="E53" s="17">
+        <v>2476.8000000000002</v>
       </c>
     </row>
     <row r="54" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B54" s="4">
         <v>46</v>
       </c>
       <c r="C54" s="11" t="s">
         <v>216</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>8</v>
       </c>
-      <c r="E54" s="18">
-        <v>3884.8</v>
+      <c r="E54" s="17">
+        <v>3754.3900000000003</v>
       </c>
     </row>
     <row r="55" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B55" s="4">
         <v>47</v>
       </c>
       <c r="C55" s="11" t="s">
         <v>95</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E55" s="18">
-        <v>4360.8</v>
+      <c r="E55" s="17">
+        <v>4436.9800000000005</v>
       </c>
     </row>
     <row r="56" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B56" s="4">
         <v>48</v>
       </c>
       <c r="C56" s="5" t="s">
         <v>111</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E56" s="18">
-        <v>4360.8</v>
+      <c r="E56" s="17">
+        <v>4389.59</v>
       </c>
     </row>
     <row r="57" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B57" s="4">
         <v>49</v>
       </c>
       <c r="C57" s="5" t="s">
         <v>202</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="E57" s="18">
-        <v>1564.8</v>
+      <c r="E57" s="17">
+        <v>1684.8</v>
       </c>
     </row>
     <row r="58" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B58" s="4">
         <v>50</v>
       </c>
       <c r="C58" s="5" t="s">
         <v>90</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="E58" s="18">
-        <v>2944.69</v>
+      <c r="E58" s="17">
+        <v>2992.8</v>
       </c>
     </row>
     <row r="59" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B59" s="4">
         <v>51</v>
       </c>
       <c r="C59" s="5" t="s">
         <v>214</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="E59" s="18">
-        <v>2422.81</v>
+      <c r="E59" s="17">
+        <v>2476.8000000000002</v>
       </c>
     </row>
     <row r="60" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B60" s="4">
         <v>52</v>
       </c>
       <c r="C60" s="5" t="s">
         <v>85</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="E60" s="18">
-        <v>1564.5</v>
+      <c r="E60" s="17">
+        <v>1684.8</v>
       </c>
     </row>
     <row r="61" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B61" s="4">
         <v>53</v>
       </c>
       <c r="C61" s="5" t="s">
         <v>40</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="E61" s="18">
-        <v>2459.9299999999998</v>
+      <c r="E61" s="17">
+        <v>1497.6399999999999</v>
       </c>
     </row>
     <row r="62" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B62" s="4">
         <v>54</v>
       </c>
       <c r="C62" s="5" t="s">
         <v>221</v>
       </c>
       <c r="D62" s="4" t="s">
         <v>152</v>
       </c>
-      <c r="E62" s="18">
-        <v>1614.74</v>
+      <c r="E62" s="17">
+        <v>3068</v>
       </c>
     </row>
     <row r="63" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B63" s="4">
         <v>55</v>
       </c>
       <c r="C63" s="5" t="s">
         <v>39</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="E63" s="18">
-        <v>2739.36</v>
+      <c r="E63" s="17">
+        <v>2298.8000000000002</v>
       </c>
     </row>
     <row r="64" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B64" s="4">
         <v>56</v>
       </c>
       <c r="C64" s="5" t="s">
         <v>46</v>
       </c>
       <c r="D64" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="E64" s="18">
-        <v>2460.0300000000002</v>
+      <c r="E64" s="17">
+        <v>2418</v>
       </c>
     </row>
     <row r="65" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B65" s="4">
         <v>57</v>
       </c>
       <c r="C65" s="8" t="s">
         <v>116</v>
       </c>
       <c r="D65" s="12" t="s">
         <v>0</v>
       </c>
-      <c r="E65" s="18">
-        <v>1970</v>
+      <c r="E65" s="17">
+        <v>1988.79</v>
       </c>
     </row>
     <row r="66" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B66" s="4">
         <v>58</v>
       </c>
       <c r="C66" s="8" t="s">
         <v>206</v>
       </c>
       <c r="D66" s="12" t="s">
         <v>2</v>
       </c>
-      <c r="E66" s="18">
-        <v>2422.8000000000002</v>
+      <c r="E66" s="17">
+        <v>2476.8000000000002</v>
       </c>
     </row>
     <row r="67" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B67" s="4">
         <v>59</v>
       </c>
       <c r="C67" s="5" t="s">
         <v>71</v>
       </c>
       <c r="D67" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="E67" s="18">
-        <v>2938.8</v>
+      <c r="E67" s="17">
+        <v>3071.4700000000003</v>
       </c>
     </row>
     <row r="68" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B68" s="4">
         <v>60</v>
       </c>
       <c r="C68" s="5" t="s">
         <v>29</v>
       </c>
       <c r="D68" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E68" s="18">
-        <v>4360.8</v>
+      <c r="E68" s="17">
+        <v>6697.67</v>
       </c>
     </row>
     <row r="69" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B69" s="4">
         <v>61</v>
       </c>
       <c r="C69" s="5" t="s">
         <v>93</v>
       </c>
       <c r="D69" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="E69" s="18">
-        <v>1564.8</v>
+      <c r="E69" s="17">
+        <v>1684.8</v>
       </c>
     </row>
     <row r="70" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B70" s="4">
         <v>62</v>
       </c>
       <c r="C70" s="5" t="s">
         <v>57</v>
       </c>
       <c r="D70" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="E70" s="18">
+      <c r="E70" s="17">
         <v>3648</v>
       </c>
     </row>
     <row r="71" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B71" s="4">
         <v>63</v>
       </c>
       <c r="C71" s="5" t="s">
         <v>47</v>
       </c>
       <c r="D71" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="E71" s="18">
-        <v>2165.83</v>
+      <c r="E71" s="17">
+        <v>2259.1400000000003</v>
       </c>
     </row>
     <row r="72" spans="2:5" ht="15.75" x14ac:dyDescent="0.15">
       <c r="B72" s="4">
         <v>64</v>
       </c>
       <c r="C72" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D72" s="4" t="s">
         <v>10</v>
       </c>
-      <c r="E72" s="20">
+      <c r="E72" s="18">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B73" s="4">
         <v>65</v>
       </c>
       <c r="C73" s="5" t="s">
         <v>186</v>
       </c>
       <c r="D73" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E73" s="18">
-        <v>4131.29</v>
+      <c r="E73" s="19">
+        <v>4360.8</v>
       </c>
     </row>
     <row r="74" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B74" s="4">
         <v>66</v>
       </c>
       <c r="C74" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D74" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="E74" s="18">
-        <v>2333.58</v>
+      <c r="E74" s="17">
+        <v>2438</v>
       </c>
     </row>
     <row r="75" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B75" s="4">
         <v>67</v>
       </c>
       <c r="C75" s="5" t="s">
         <v>123</v>
       </c>
       <c r="D75" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="E75" s="18">
-        <v>2381.41</v>
+      <c r="E75" s="17">
+        <v>2416.8000000000002</v>
       </c>
     </row>
     <row r="76" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B76" s="4">
         <v>68</v>
       </c>
       <c r="C76" s="5" t="s">
         <v>174</v>
       </c>
       <c r="D76" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="E76" s="18">
-        <v>1855.79</v>
+      <c r="E76" s="17">
+        <v>1765</v>
       </c>
     </row>
     <row r="77" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B77" s="4">
         <v>69</v>
       </c>
       <c r="C77" s="5" t="s">
         <v>92</v>
       </c>
       <c r="D77" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="E77" s="18">
-        <v>2938.8</v>
+      <c r="E77" s="17">
+        <v>3193.18</v>
       </c>
     </row>
     <row r="78" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B78" s="4">
         <v>70</v>
       </c>
       <c r="C78" s="5" t="s">
         <v>87</v>
       </c>
       <c r="D78" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E78" s="18">
-        <v>4360.8</v>
+      <c r="E78" s="17">
+        <v>4477.37</v>
       </c>
     </row>
     <row r="79" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B79" s="4">
         <v>71</v>
       </c>
       <c r="C79" s="5" t="s">
         <v>222</v>
       </c>
       <c r="D79" s="4" t="s">
         <v>10</v>
       </c>
-      <c r="E79" s="18">
-        <v>5011.09</v>
+      <c r="E79" s="17">
+        <v>4348.4800000000005</v>
       </c>
     </row>
     <row r="80" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B80" s="4">
         <v>72</v>
       </c>
       <c r="C80" s="5" t="s">
         <v>42</v>
       </c>
       <c r="D80" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="E80" s="18">
-        <v>2125.6999999999998</v>
+      <c r="E80" s="17">
+        <v>1935.97</v>
       </c>
     </row>
     <row r="81" spans="2:5" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B81" s="4">
         <v>73</v>
       </c>
       <c r="C81" s="5" t="s">
         <v>138</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="E81" s="18">
-        <v>2427.38</v>
+      <c r="E81" s="17">
+        <v>2476.8000000000002</v>
       </c>
     </row>
     <row r="82" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B82" s="4">
         <v>74</v>
       </c>
       <c r="C82" s="5" t="s">
         <v>36</v>
       </c>
       <c r="D82" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="E82" s="18">
-        <v>2502.41</v>
+      <c r="E82" s="17">
+        <v>2476.8000000000002</v>
       </c>
     </row>
     <row r="83" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B83" s="4">
         <v>75</v>
       </c>
       <c r="C83" s="5" t="s">
         <v>105</v>
       </c>
       <c r="D83" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="E83" s="18">
-        <v>2109</v>
+      <c r="E83" s="17">
+        <v>2341.37</v>
       </c>
     </row>
     <row r="84" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B84" s="4">
         <v>76</v>
       </c>
       <c r="C84" s="5" t="s">
         <v>108</v>
       </c>
       <c r="D84" s="4" t="s">
         <v>117</v>
       </c>
-      <c r="E84" s="18">
-        <v>4601.59</v>
+      <c r="E84" s="17">
+        <v>4602</v>
       </c>
     </row>
     <row r="85" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B85" s="4">
         <v>77</v>
       </c>
       <c r="C85" s="5" t="s">
         <v>148</v>
       </c>
       <c r="D85" s="4" t="s">
         <v>8</v>
       </c>
-      <c r="E85" s="18">
+      <c r="E85" s="17">
         <v>4662</v>
       </c>
     </row>
     <row r="86" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B86" s="4">
         <v>78</v>
       </c>
       <c r="C86" s="5" t="s">
         <v>150</v>
       </c>
       <c r="D86" s="13" t="s">
         <v>149</v>
       </c>
-      <c r="E86" s="18">
-        <v>6013.8099999999995</v>
+      <c r="E86" s="17">
+        <v>4514</v>
       </c>
     </row>
     <row r="87" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B87" s="4">
         <v>79</v>
       </c>
       <c r="C87" s="5" t="s">
         <v>143</v>
       </c>
       <c r="D87" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="E87" s="18">
-        <v>2110.9699999999998</v>
+      <c r="E87" s="17">
+        <v>2237</v>
       </c>
     </row>
     <row r="88" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B88" s="4">
         <v>80</v>
       </c>
       <c r="C88" s="5" t="s">
         <v>83</v>
       </c>
       <c r="D88" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="E88" s="18">
-        <v>2942.02</v>
+      <c r="E88" s="17">
+        <v>3018.0000000000005</v>
       </c>
     </row>
     <row r="89" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B89" s="4">
         <v>81</v>
       </c>
       <c r="C89" s="5" t="s">
         <v>213</v>
       </c>
       <c r="D89" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="E89" s="18">
-        <v>1572.2900000000002</v>
+      <c r="E89" s="17">
+        <v>1684.8</v>
       </c>
     </row>
     <row r="90" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B90" s="4">
         <v>82</v>
       </c>
       <c r="C90" s="5" t="s">
         <v>183</v>
       </c>
       <c r="D90" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="E90" s="18">
-        <v>2280.9499999999998</v>
+      <c r="E90" s="17">
+        <v>1684.8</v>
       </c>
     </row>
     <row r="91" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B91" s="4">
         <v>83</v>
       </c>
       <c r="C91" s="5" t="s">
         <v>151</v>
       </c>
       <c r="D91" s="4" t="s">
         <v>8</v>
       </c>
-      <c r="E91" s="18">
+      <c r="E91" s="17">
         <v>3708</v>
       </c>
     </row>
     <row r="92" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B92" s="4">
         <v>84</v>
       </c>
       <c r="C92" s="5" t="s">
         <v>45</v>
       </c>
       <c r="D92" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="E92" s="18">
-        <v>2647.5</v>
+      <c r="E92" s="17">
+        <v>2389.7399999999998</v>
       </c>
     </row>
     <row r="93" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B93" s="4">
         <v>85</v>
       </c>
       <c r="C93" s="5" t="s">
         <v>124</v>
       </c>
       <c r="D93" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="E93" s="18">
-        <v>1994.85</v>
+      <c r="E93" s="17">
+        <v>1916.5700000000002</v>
       </c>
     </row>
     <row r="94" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B94" s="4">
         <v>86</v>
       </c>
       <c r="C94" s="5" t="s">
         <v>38</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="E94" s="18">
-        <v>2429.65</v>
+      <c r="E94" s="17">
+        <v>2676.7200000000003</v>
       </c>
     </row>
     <row r="95" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B95" s="4">
         <v>87</v>
       </c>
       <c r="C95" s="5" t="s">
         <v>115</v>
       </c>
       <c r="D95" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="E95" s="18">
-        <v>1530.6100000000001</v>
+      <c r="E95" s="17">
+        <v>1684.8</v>
       </c>
     </row>
     <row r="96" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B96" s="4">
         <v>88</v>
       </c>
       <c r="C96" s="5" t="s">
         <v>147</v>
       </c>
       <c r="D96" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="E96" s="18">
-        <v>1256.2800000000002</v>
+      <c r="E96" s="17">
+        <v>1349.3500000000001</v>
       </c>
     </row>
     <row r="97" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B97" s="4">
         <v>89</v>
       </c>
       <c r="C97" s="5" t="s">
         <v>120</v>
       </c>
       <c r="D97" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="E97" s="18">
-        <v>1795.62</v>
+      <c r="E97" s="17">
+        <v>2012.4</v>
       </c>
     </row>
     <row r="98" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B98" s="4">
         <v>90</v>
       </c>
       <c r="C98" s="5" t="s">
         <v>66</v>
       </c>
       <c r="D98" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="E98" s="18">
-        <v>1564.6599999999999</v>
+      <c r="E98" s="17">
+        <v>1684.8</v>
       </c>
     </row>
     <row r="99" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B99" s="4">
         <v>91</v>
       </c>
       <c r="C99" s="5" t="s">
         <v>72</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="E99" s="18">
-[...3 lines deleted...]
-    <row r="100" spans="2:5" ht="15.75" x14ac:dyDescent="0.15">
+      <c r="E99" s="17">
+        <v>2434.09</v>
+      </c>
+    </row>
+    <row r="100" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B100" s="4">
         <v>92</v>
       </c>
       <c r="C100" s="5" t="s">
         <v>119</v>
       </c>
       <c r="D100" s="4" t="s">
         <v>8</v>
       </c>
-      <c r="E100" s="20">
+      <c r="E100" s="17">
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B101" s="4">
         <v>93</v>
       </c>
       <c r="C101" s="5" t="s">
         <v>193</v>
       </c>
       <c r="D101" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="E101" s="18">
-        <v>2530.31</v>
+      <c r="E101" s="19">
+        <v>2476.8000000000002</v>
       </c>
     </row>
     <row r="102" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B102" s="4">
         <v>94</v>
       </c>
       <c r="C102" s="5" t="s">
         <v>189</v>
       </c>
       <c r="D102" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="E102" s="18">
-        <v>2607.5500000000002</v>
+      <c r="E102" s="17">
+        <v>2416.8000000000002</v>
       </c>
     </row>
     <row r="103" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B103" s="4">
         <v>95</v>
       </c>
       <c r="C103" s="5" t="s">
         <v>73</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E103" s="18">
-        <v>4362.9699999999993</v>
+      <c r="E103" s="17">
+        <v>4360.8</v>
       </c>
     </row>
     <row r="104" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B104" s="4">
         <v>96</v>
       </c>
       <c r="C104" s="5" t="s">
         <v>43</v>
       </c>
       <c r="D104" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="E104" s="18">
-        <v>3675</v>
+      <c r="E104" s="17">
+        <v>3104.05</v>
       </c>
     </row>
     <row r="105" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B105" s="4">
         <v>97</v>
       </c>
       <c r="C105" s="5" t="s">
         <v>121</v>
       </c>
       <c r="D105" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="E105" s="18">
-        <v>1895.62</v>
+      <c r="E105" s="17">
+        <v>2012.4</v>
       </c>
     </row>
     <row r="106" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B106" s="4">
         <v>98</v>
       </c>
       <c r="C106" s="5" t="s">
         <v>14</v>
       </c>
       <c r="D106" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E106" s="18">
-        <v>4360.8</v>
+      <c r="E106" s="17">
+        <v>4582.1400000000003</v>
       </c>
     </row>
     <row r="107" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B107" s="4">
         <v>99</v>
       </c>
       <c r="C107" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D107" s="13" t="s">
         <v>17</v>
       </c>
-      <c r="E107" s="18">
-        <v>5157.0800000000008</v>
+      <c r="E107" s="17">
+        <v>5160</v>
       </c>
     </row>
     <row r="108" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B108" s="4">
         <v>100</v>
       </c>
       <c r="C108" s="5" t="s">
         <v>109</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E108" s="18">
-        <v>4360.8</v>
+      <c r="E108" s="17">
+        <v>4505.62</v>
       </c>
     </row>
     <row r="109" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B109" s="4">
         <v>101</v>
       </c>
       <c r="C109" s="5" t="s">
         <v>64</v>
       </c>
       <c r="D109" s="4" t="s">
         <v>63</v>
       </c>
-      <c r="E109" s="18">
-        <v>2049.75</v>
+      <c r="E109" s="17">
+        <v>1872.0000000000002</v>
       </c>
     </row>
     <row r="110" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B110" s="4">
         <v>102</v>
       </c>
       <c r="C110" s="9" t="s">
         <v>161</v>
       </c>
       <c r="D110" s="14" t="s">
         <v>160</v>
       </c>
-      <c r="E110" s="18">
-        <v>5136.0600000000004</v>
+      <c r="E110" s="17">
+        <v>5160</v>
       </c>
     </row>
     <row r="111" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B111" s="4">
         <v>103</v>
       </c>
       <c r="C111" s="5" t="s">
         <v>97</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E111" s="18">
-        <v>4410.2699999999995</v>
+      <c r="E111" s="17">
+        <v>4360.8</v>
       </c>
     </row>
     <row r="112" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B112" s="4">
         <v>104</v>
       </c>
       <c r="C112" s="5" t="s">
         <v>127</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="E112" s="18">
-        <v>1895.3700000000001</v>
+      <c r="E112" s="17">
+        <v>2012.4</v>
       </c>
     </row>
     <row r="113" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B113" s="4">
         <v>105</v>
       </c>
       <c r="C113" s="5" t="s">
         <v>126</v>
       </c>
       <c r="D113" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="E113" s="18">
-        <v>2589.6499999999996</v>
+      <c r="E113" s="17">
+        <v>2238</v>
       </c>
     </row>
     <row r="114" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B114" s="4">
         <v>106</v>
       </c>
       <c r="C114" s="5" t="s">
         <v>78</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E114" s="18">
-        <v>4387.0199999999995</v>
+      <c r="E114" s="17">
+        <v>4360.8</v>
       </c>
     </row>
     <row r="115" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B115" s="4">
         <v>107</v>
       </c>
       <c r="C115" s="5" t="s">
         <v>37</v>
       </c>
       <c r="D115" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="E115" s="18">
-        <v>2602.29</v>
+      <c r="E115" s="17">
+        <v>2531.98</v>
       </c>
     </row>
     <row r="116" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B116" s="4">
         <v>108</v>
       </c>
       <c r="C116" s="5" t="s">
         <v>145</v>
       </c>
       <c r="D116" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="E116" s="18">
-        <v>2280.4499999999998</v>
+      <c r="E116" s="17">
+        <v>2418</v>
       </c>
     </row>
     <row r="117" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B117" s="4">
         <v>109</v>
       </c>
       <c r="C117" s="5" t="s">
         <v>88</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E117" s="18">
-        <v>4839.7599999999993</v>
+      <c r="E117" s="17">
+        <v>3972.17</v>
       </c>
     </row>
     <row r="118" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B118" s="4">
         <v>110</v>
       </c>
       <c r="C118" s="5" t="s">
         <v>91</v>
       </c>
       <c r="D118" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E118" s="18">
-        <v>5534.14</v>
+      <c r="E118" s="17">
+        <v>3322.51</v>
       </c>
     </row>
     <row r="119" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B119" s="4">
         <v>111</v>
       </c>
       <c r="C119" s="5" t="s">
         <v>103</v>
       </c>
       <c r="D119" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="E119" s="18">
+      <c r="E119" s="17">
         <v>3648</v>
       </c>
     </row>
     <row r="120" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B120" s="4">
         <v>112</v>
       </c>
       <c r="C120" s="5" t="s">
         <v>89</v>
       </c>
       <c r="D120" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E120" s="18">
-        <v>4377.1499999999996</v>
+      <c r="E120" s="17">
+        <v>4360.8</v>
       </c>
     </row>
     <row r="121" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B121" s="4">
         <v>113</v>
       </c>
       <c r="C121" s="5" t="s">
         <v>207</v>
       </c>
       <c r="D121" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="E121" s="18">
-        <v>2349.39</v>
+      <c r="E121" s="17">
+        <v>2416.8000000000002</v>
       </c>
     </row>
     <row r="122" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B122" s="4">
         <v>114</v>
       </c>
       <c r="C122" s="5" t="s">
         <v>129</v>
       </c>
       <c r="D122" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="E122" s="18">
-        <v>1571.46</v>
+      <c r="E122" s="17">
+        <v>1702.39</v>
       </c>
     </row>
     <row r="123" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B123" s="4">
         <v>115</v>
       </c>
       <c r="C123" s="5" t="s">
         <v>136</v>
       </c>
       <c r="D123" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="E123" s="18">
-        <v>3079.59</v>
+      <c r="E123" s="17">
+        <v>1887.08</v>
       </c>
     </row>
     <row r="124" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B124" s="4">
         <v>116</v>
       </c>
       <c r="C124" s="5" t="s">
         <v>67</v>
       </c>
       <c r="D124" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E124" s="18">
-        <v>4376.7199999999993</v>
+      <c r="E124" s="17">
+        <v>4360.8</v>
       </c>
     </row>
     <row r="125" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B125" s="4">
         <v>117</v>
       </c>
       <c r="C125" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D125" s="4" t="s">
         <v>0</v>
       </c>
-      <c r="E125" s="18">
-        <v>1970</v>
+      <c r="E125" s="17">
+        <v>2015</v>
       </c>
     </row>
     <row r="126" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B126" s="4">
         <v>118</v>
       </c>
       <c r="C126" s="5" t="s">
         <v>68</v>
       </c>
       <c r="D126" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E126" s="18">
+      <c r="E126" s="17">
         <v>4360.8</v>
       </c>
     </row>
     <row r="127" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B127" s="4">
         <v>119</v>
       </c>
       <c r="C127" s="5" t="s">
         <v>62</v>
       </c>
       <c r="D127" s="4" t="s">
         <v>61</v>
       </c>
-      <c r="E127" s="18">
-        <v>2944.94</v>
+      <c r="E127" s="17">
+        <v>3006.5</v>
       </c>
     </row>
     <row r="128" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B128" s="4">
         <v>120</v>
       </c>
       <c r="C128" s="11" t="s">
         <v>28</v>
       </c>
       <c r="D128" s="11" t="s">
         <v>12</v>
       </c>
-      <c r="E128" s="18">
-[...3 lines deleted...]
-    <row r="129" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="E128" s="17">
+        <v>2270</v>
+      </c>
+    </row>
+    <row r="129" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B129" s="4">
         <v>121</v>
       </c>
       <c r="C129" s="11" t="s">
         <v>75</v>
       </c>
       <c r="D129" s="11" t="s">
         <v>5</v>
       </c>
-      <c r="E129" s="18">
-[...4 lines deleted...]
-    <row r="130" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="E129" s="19">
+        <v>3322.51</v>
+      </c>
+    </row>
+    <row r="130" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B130" s="4">
         <v>122</v>
       </c>
       <c r="C130" s="11" t="s">
         <v>219</v>
       </c>
       <c r="D130" s="11" t="s">
         <v>4</v>
       </c>
-      <c r="E130" s="18">
-[...3 lines deleted...]
-    <row r="131" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="E130" s="19">
+        <v>1765</v>
+      </c>
+    </row>
+    <row r="131" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B131" s="4">
         <v>123</v>
       </c>
       <c r="C131" s="11" t="s">
         <v>224</v>
       </c>
       <c r="D131" s="11" t="s">
         <v>8</v>
       </c>
-      <c r="E131" s="18">
-[...3 lines deleted...]
-    <row r="132" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="E131" s="17">
+        <v>3697.81</v>
+      </c>
+    </row>
+    <row r="132" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B132" s="4">
         <v>124</v>
       </c>
       <c r="C132" s="8" t="s">
         <v>178</v>
       </c>
       <c r="D132" s="15" t="s">
         <v>23</v>
       </c>
-      <c r="E132" s="18">
-[...3 lines deleted...]
-    <row r="133" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="E132" s="17">
+        <v>1960</v>
+      </c>
+    </row>
+    <row r="133" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B133" s="4">
         <v>125</v>
       </c>
       <c r="C133" s="5" t="s">
         <v>155</v>
       </c>
       <c r="D133" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="E133" s="18">
-[...3 lines deleted...]
-    <row r="134" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="E133" s="17">
+        <v>2244.19</v>
+      </c>
+    </row>
+    <row r="134" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B134" s="4">
         <v>126</v>
       </c>
       <c r="C134" s="5" t="s">
         <v>44</v>
       </c>
       <c r="D134" s="4" t="s">
         <v>12</v>
       </c>
-      <c r="E134" s="18">
-[...3 lines deleted...]
-    <row r="135" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="E134" s="17">
+        <v>2447.12</v>
+      </c>
+    </row>
+    <row r="135" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B135" s="4">
         <v>127</v>
       </c>
       <c r="C135" s="5" t="s">
         <v>79</v>
       </c>
       <c r="D135" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E135" s="18">
-[...3 lines deleted...]
-    <row r="136" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="E135" s="17">
+        <v>4506</v>
+      </c>
+    </row>
+    <row r="136" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B136" s="4">
         <v>128</v>
       </c>
       <c r="C136" s="5" t="s">
         <v>140</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="E136" s="18">
-[...3 lines deleted...]
-    <row r="137" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="E136" s="17">
+        <v>1684.8</v>
+      </c>
+    </row>
+    <row r="137" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B137" s="4">
         <v>129</v>
       </c>
       <c r="C137" s="5" t="s">
         <v>194</v>
       </c>
       <c r="D137" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="E137" s="18">
-[...3 lines deleted...]
-    <row r="138" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="E137" s="17">
+        <v>1684.8</v>
+      </c>
+    </row>
+    <row r="138" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B138" s="4">
         <v>130</v>
       </c>
       <c r="C138" s="5" t="s">
         <v>106</v>
       </c>
       <c r="D138" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="E138" s="18">
-[...3 lines deleted...]
-    <row r="139" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="E138" s="17">
+        <v>1524.35</v>
+      </c>
+    </row>
+    <row r="139" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B139" s="4">
         <v>131</v>
       </c>
       <c r="C139" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="E139" s="18">
-[...3 lines deleted...]
-    <row r="140" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="E139" s="17">
+        <v>2480.6</v>
+      </c>
+    </row>
+    <row r="140" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B140" s="4">
         <v>132</v>
       </c>
       <c r="C140" s="5" t="s">
         <v>128</v>
       </c>
       <c r="D140" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="E140" s="18">
-[...3 lines deleted...]
-    <row r="141" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="E140" s="17">
+        <v>1836.28</v>
+      </c>
+    </row>
+    <row r="141" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B141" s="4">
         <v>133</v>
       </c>
       <c r="C141" s="5" t="s">
         <v>217</v>
       </c>
       <c r="D141" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="E141" s="18">
-[...3 lines deleted...]
-    <row r="142" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="E141" s="17">
+        <v>3013.8199999999997</v>
+      </c>
+    </row>
+    <row r="142" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B142" s="4">
         <v>134</v>
       </c>
       <c r="C142" s="5" t="s">
         <v>132</v>
       </c>
       <c r="D142" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="E142" s="18">
-[...3 lines deleted...]
-    <row r="143" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="E142" s="17">
+        <v>1604.5700000000002</v>
+      </c>
+    </row>
+    <row r="143" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B143" s="4">
         <v>135</v>
       </c>
       <c r="C143" s="5" t="s">
         <v>200</v>
       </c>
       <c r="D143" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="E143" s="18">
-[...3 lines deleted...]
-    <row r="144" spans="2:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="E143" s="17">
+        <v>2476.8000000000002</v>
+      </c>
+    </row>
+    <row r="144" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B144" s="4">
         <v>136</v>
       </c>
       <c r="C144" s="11" t="s">
         <v>196</v>
       </c>
       <c r="D144" s="11" t="s">
         <v>1</v>
       </c>
-      <c r="E144" s="18">
-        <v>1564.8</v>
+      <c r="E144" s="17">
+        <v>1684.8</v>
       </c>
     </row>
     <row r="145" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B145" s="4">
         <v>137</v>
       </c>
       <c r="C145" s="11" t="s">
         <v>191</v>
       </c>
       <c r="D145" s="11" t="s">
         <v>2</v>
       </c>
-      <c r="E145" s="18">
-        <v>2682.4300000000003</v>
+      <c r="E145" s="17">
+        <v>2240.92</v>
       </c>
     </row>
     <row r="146" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B146" s="4">
         <v>138</v>
       </c>
       <c r="C146" s="11" t="s">
         <v>135</v>
       </c>
       <c r="D146" s="11" t="s">
         <v>2</v>
       </c>
-      <c r="E146" s="18">
-        <v>2434.06</v>
+      <c r="E146" s="19">
+        <v>2476.8000000000002</v>
       </c>
     </row>
     <row r="147" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B147" s="4">
         <v>139</v>
       </c>
       <c r="C147" s="11" t="s">
         <v>168</v>
       </c>
       <c r="D147" s="11" t="s">
         <v>2</v>
       </c>
-      <c r="E147" s="18">
-        <v>3391.4699999999993</v>
+      <c r="E147" s="19">
+        <v>1989.45</v>
       </c>
     </row>
     <row r="148" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B148" s="4">
         <v>140</v>
       </c>
       <c r="C148" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D148" s="4" t="s">
         <v>182</v>
       </c>
-      <c r="E148" s="18">
-        <v>4132.42</v>
+      <c r="E148" s="17">
+        <v>4483.82</v>
       </c>
     </row>
     <row r="149" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B149" s="4">
         <v>141</v>
       </c>
       <c r="C149" s="5" t="s">
         <v>156</v>
       </c>
       <c r="D149" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="E149" s="18">
-        <v>2028.22</v>
+      <c r="E149" s="17">
+        <v>1765</v>
       </c>
     </row>
     <row r="150" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B150" s="4">
         <v>142</v>
       </c>
       <c r="C150" s="5" t="s">
         <v>153</v>
       </c>
       <c r="D150" s="4" t="s">
         <v>10</v>
       </c>
-      <c r="E150" s="18">
-        <v>4618.82</v>
+      <c r="E150" s="17">
+        <v>3648</v>
       </c>
     </row>
     <row r="151" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B151" s="4">
         <v>143</v>
       </c>
       <c r="C151" s="5" t="s">
         <v>104</v>
       </c>
       <c r="D151" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="E151" s="18">
-        <v>2945.09</v>
+      <c r="E151" s="17">
+        <v>2992.8</v>
       </c>
     </row>
     <row r="152" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B152" s="4">
         <v>144</v>
       </c>
       <c r="C152" s="5" t="s">
         <v>192</v>
       </c>
       <c r="D152" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="E152" s="18">
-        <v>2817.6499999999996</v>
+      <c r="E152" s="17">
+        <v>2122.9700000000003</v>
       </c>
     </row>
     <row r="153" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B153" s="4">
         <v>145</v>
       </c>
       <c r="C153" s="5" t="s">
         <v>139</v>
       </c>
       <c r="D153" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="E153" s="18">
-        <v>1895.22</v>
+      <c r="E153" s="17">
+        <v>2022.83</v>
       </c>
     </row>
     <row r="154" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B154" s="4">
         <v>146</v>
       </c>
       <c r="C154" s="5" t="s">
         <v>100</v>
       </c>
       <c r="D154" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E154" s="18">
+      <c r="E154" s="17">
         <v>4360.8</v>
       </c>
     </row>
     <row r="155" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B155" s="4">
         <v>147</v>
       </c>
       <c r="C155" s="5" t="s">
         <v>195</v>
       </c>
       <c r="D155" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="E155" s="18">
-        <v>3052.7200000000003</v>
+      <c r="E155" s="17">
+        <v>1726.28</v>
       </c>
     </row>
     <row r="156" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B156" s="4">
         <v>148</v>
       </c>
       <c r="C156" s="5" t="s">
         <v>53</v>
       </c>
       <c r="D156" s="13" t="s">
         <v>52</v>
       </c>
-      <c r="E156" s="18">
+      <c r="E156" s="17">
         <v>5160</v>
       </c>
     </row>
     <row r="157" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B157" s="4">
         <v>149</v>
       </c>
       <c r="C157" s="5" t="s">
         <v>94</v>
       </c>
       <c r="D157" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="E157" s="18">
-        <v>1564.8</v>
+      <c r="E157" s="17">
+        <v>1684.8</v>
       </c>
     </row>
     <row r="158" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B158" s="4">
         <v>150</v>
       </c>
       <c r="C158" s="5" t="s">
         <v>51</v>
       </c>
       <c r="D158" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="E158" s="18">
-        <v>3835.8999999999996</v>
+      <c r="E158" s="17">
+        <v>3088.28</v>
       </c>
     </row>
     <row r="159" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B159" s="4">
         <v>151</v>
       </c>
       <c r="C159" s="5" t="s">
         <v>157</v>
       </c>
       <c r="D159" s="4" t="s">
         <v>23</v>
       </c>
-      <c r="E159" s="18">
-        <v>2490.39</v>
+      <c r="E159" s="17">
+        <v>2079.34</v>
       </c>
     </row>
     <row r="160" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B160" s="4">
         <v>152</v>
       </c>
       <c r="C160" s="5" t="s">
         <v>49</v>
       </c>
       <c r="D160" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="E160" s="18">
-        <v>1746.98</v>
+      <c r="E160" s="17">
+        <v>1604.5700000000002</v>
       </c>
     </row>
     <row r="161" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B161" s="4">
         <v>153</v>
       </c>
       <c r="C161" s="5" t="s">
         <v>130</v>
       </c>
       <c r="D161" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="E161" s="18">
-        <v>1895.14</v>
+      <c r="E161" s="17">
+        <v>2017.5700000000002</v>
       </c>
     </row>
     <row r="162" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B162" s="4">
         <v>154</v>
       </c>
       <c r="C162" s="5" t="s">
         <v>137</v>
       </c>
       <c r="D162" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="E162" s="18">
-        <v>1892.31</v>
+      <c r="E162" s="17">
+        <v>2012.4</v>
       </c>
     </row>
     <row r="163" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B163" s="4">
         <v>155</v>
       </c>
       <c r="C163" s="5" t="s">
         <v>118</v>
       </c>
       <c r="D163" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E163" s="18">
-        <v>4632.1499999999996</v>
+      <c r="E163" s="17">
+        <v>4153.1399999999994</v>
       </c>
     </row>
     <row r="164" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B164" s="4">
         <v>156</v>
       </c>
       <c r="C164" s="5" t="s">
         <v>24</v>
       </c>
       <c r="D164" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="E164" s="18">
-        <v>2675</v>
+      <c r="E164" s="17">
+        <v>2850.85</v>
       </c>
     </row>
     <row r="165" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B165" s="4">
         <v>157</v>
       </c>
       <c r="C165" s="5" t="s">
         <v>199</v>
       </c>
       <c r="D165" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="E165" s="18">
-        <v>2433.4299999999998</v>
+      <c r="E165" s="17">
+        <v>2416.8000000000002</v>
       </c>
     </row>
     <row r="166" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B166" s="4">
         <v>158</v>
       </c>
       <c r="C166" s="5" t="s">
         <v>125</v>
       </c>
       <c r="D166" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="E166" s="18">
-        <v>1564.8</v>
+      <c r="E166" s="17">
+        <v>1734</v>
       </c>
     </row>
     <row r="167" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B167" s="4">
         <v>159</v>
       </c>
       <c r="C167" s="5" t="s">
         <v>190</v>
       </c>
       <c r="D167" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="E167" s="18">
-        <v>1892.4</v>
+      <c r="E167" s="17">
+        <v>2055.3399999999997</v>
       </c>
     </row>
     <row r="168" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B168" s="4">
         <v>160</v>
       </c>
       <c r="C168" s="5" t="s">
         <v>177</v>
       </c>
       <c r="D168" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E168" s="18">
-        <v>4157.7299999999996</v>
+      <c r="E168" s="17">
+        <v>4360.8</v>
       </c>
     </row>
     <row r="169" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B169" s="4">
         <v>161</v>
       </c>
       <c r="C169" s="5" t="s">
         <v>74</v>
       </c>
       <c r="D169" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E169" s="18">
+      <c r="E169" s="17">
         <v>4360.8</v>
       </c>
     </row>
     <row r="170" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B170" s="4">
         <v>162</v>
       </c>
       <c r="C170" s="5" t="s">
         <v>131</v>
       </c>
       <c r="D170" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="E170" s="18">
-        <v>1194.3</v>
+      <c r="E170" s="17">
+        <v>2012.4</v>
       </c>
     </row>
     <row r="171" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B171" s="4">
         <v>163</v>
       </c>
       <c r="C171" s="5" t="s">
         <v>113</v>
       </c>
       <c r="D171" s="4" t="s">
         <v>8</v>
       </c>
-      <c r="E171" s="18">
-        <v>3735.7699999999995</v>
+      <c r="E171" s="17">
+        <v>3762.7799999999997</v>
       </c>
     </row>
     <row r="172" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B172" s="4">
         <v>164</v>
       </c>
       <c r="C172" s="5" t="s">
         <v>133</v>
       </c>
       <c r="D172" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="E172" s="18">
-        <v>2062.09</v>
+      <c r="E172" s="17">
+        <v>2238</v>
       </c>
     </row>
     <row r="173" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B173" s="4">
         <v>165</v>
       </c>
       <c r="C173" s="5" t="s">
         <v>142</v>
       </c>
       <c r="D173" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="E173" s="18">
-        <v>2097.83</v>
+      <c r="E173" s="17">
+        <v>2237.9499999999998</v>
       </c>
     </row>
     <row r="174" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B174" s="4">
         <v>166</v>
       </c>
       <c r="C174" s="11" t="s">
         <v>154</v>
       </c>
       <c r="D174" s="13" t="s">
         <v>152</v>
       </c>
-      <c r="E174" s="18">
-        <v>5142.7299999999996</v>
+      <c r="E174" s="17">
+        <v>3803</v>
       </c>
     </row>
     <row r="175" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B175" s="4">
         <v>167</v>
       </c>
       <c r="C175" s="11" t="s">
         <v>201</v>
       </c>
       <c r="D175" s="13" t="s">
         <v>1</v>
       </c>
-      <c r="E175" s="18">
-        <v>1564.8</v>
+      <c r="E175" s="17">
+        <v>1684.8</v>
       </c>
     </row>
     <row r="176" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B176" s="4">
         <v>168</v>
       </c>
       <c r="C176" s="11" t="s">
         <v>185</v>
       </c>
       <c r="D176" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E176" s="18">
-        <v>4360.8</v>
+      <c r="E176" s="17">
+        <v>4447.3100000000004</v>
       </c>
     </row>
     <row r="177" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B177" s="4">
         <v>169</v>
       </c>
       <c r="C177" s="11" t="s">
         <v>171</v>
       </c>
       <c r="D177" s="13" t="s">
         <v>9</v>
       </c>
-      <c r="E177" s="18">
-        <v>2000.82</v>
+      <c r="E177" s="17">
+        <v>2012.4</v>
       </c>
     </row>
     <row r="178" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B178" s="4">
         <v>170</v>
       </c>
       <c r="C178" s="11" t="s">
         <v>33</v>
       </c>
       <c r="D178" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="E178" s="18">
-        <v>3726.0200000000004</v>
+      <c r="E178" s="17">
+        <v>2994</v>
       </c>
     </row>
     <row r="179" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B179" s="4">
         <v>171</v>
       </c>
       <c r="C179" s="11" t="s">
         <v>110</v>
       </c>
       <c r="D179" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E179" s="18">
-        <v>4358.4399999999996</v>
+      <c r="E179" s="17">
+        <v>4360.8</v>
       </c>
     </row>
     <row r="180" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B180" s="4">
         <v>172</v>
       </c>
       <c r="C180" s="11" t="s">
         <v>54</v>
       </c>
       <c r="D180" s="4" t="s">
         <v>15</v>
       </c>
-      <c r="E180" s="18">
-        <v>4415.43</v>
+      <c r="E180" s="17">
+        <v>4362</v>
       </c>
     </row>
     <row r="181" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B181" s="4">
         <v>173</v>
       </c>
       <c r="C181" s="11" t="s">
         <v>170</v>
       </c>
       <c r="D181" s="4" t="s">
         <v>12</v>
       </c>
-      <c r="E181" s="18">
-        <v>4192.5</v>
+      <c r="E181" s="17">
+        <v>3270</v>
       </c>
     </row>
     <row r="182" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B182" s="4">
         <v>174</v>
       </c>
       <c r="C182" s="11" t="s">
         <v>215</v>
       </c>
       <c r="D182" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="E182" s="18">
-        <v>2434.9899999999998</v>
+      <c r="E182" s="17">
+        <v>2476.8000000000002</v>
       </c>
     </row>
     <row r="183" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B183" s="4">
         <v>175</v>
       </c>
       <c r="C183" s="11" t="s">
         <v>50</v>
       </c>
       <c r="D183" s="11" t="s">
         <v>4</v>
       </c>
-      <c r="E183" s="18">
-        <v>2164.5</v>
+      <c r="E183" s="17">
+        <v>1765</v>
       </c>
     </row>
     <row r="184" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B184" s="4">
         <v>176</v>
       </c>
       <c r="C184" s="11" t="s">
         <v>169</v>
       </c>
       <c r="D184" s="11" t="s">
         <v>176</v>
       </c>
-      <c r="E184" s="18">
-        <v>4523.82</v>
+      <c r="E184" s="19">
+        <v>3514.65</v>
       </c>
     </row>
     <row r="185" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B185" s="4">
         <v>177</v>
       </c>
       <c r="C185" s="11" t="s">
         <v>65</v>
       </c>
       <c r="D185" s="11" t="s">
         <v>1</v>
       </c>
-      <c r="E185" s="18">
-        <v>1566.24</v>
+      <c r="E185" s="19">
+        <v>1042.97</v>
       </c>
     </row>
     <row r="186" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B186" s="4">
         <v>178</v>
       </c>
       <c r="C186" s="11" t="s">
         <v>98</v>
       </c>
       <c r="D186" s="11" t="s">
         <v>5</v>
       </c>
-      <c r="E186" s="18">
-        <v>4359.33</v>
+      <c r="E186" s="17">
+        <v>4360.8</v>
       </c>
     </row>
     <row r="187" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B187" s="4">
         <v>179</v>
       </c>
       <c r="C187" s="11" t="s">
         <v>101</v>
       </c>
       <c r="D187" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E187" s="18">
-        <v>4864.8599999999997</v>
+      <c r="E187" s="17">
+        <v>3973.33</v>
       </c>
     </row>
     <row r="188" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B188" s="4">
         <v>180</v>
       </c>
       <c r="C188" s="11" t="s">
         <v>210</v>
       </c>
       <c r="D188" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="E188" s="18">
-        <v>1896.78</v>
+      <c r="E188" s="17">
+        <v>2042.41</v>
       </c>
     </row>
     <row r="189" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B189" s="4">
         <v>181</v>
       </c>
       <c r="C189" s="11" t="s">
         <v>212</v>
       </c>
       <c r="D189" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="E189" s="18">
-        <v>2300.8800000000006</v>
+      <c r="E189" s="17">
+        <v>2476.8000000000002</v>
       </c>
     </row>
     <row r="190" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B190" s="4">
         <v>182</v>
       </c>
       <c r="C190" s="11" t="s">
         <v>112</v>
       </c>
       <c r="D190" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="E190" s="18">
-        <v>2938.8</v>
+      <c r="E190" s="17">
+        <v>2992.8</v>
       </c>
     </row>
     <row r="191" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B191" s="4">
         <v>183</v>
       </c>
       <c r="C191" s="11" t="s">
         <v>218</v>
       </c>
       <c r="D191" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="E191" s="18">
-        <v>2628.1899999999996</v>
+      <c r="E191" s="17">
+        <v>2238</v>
       </c>
     </row>
     <row r="192" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B192" s="4">
         <v>184</v>
       </c>
       <c r="C192" s="11" t="s">
         <v>173</v>
       </c>
       <c r="D192" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="E192" s="18">
-        <v>2005.85</v>
+      <c r="E192" s="19">
+        <v>2073.9699999999998</v>
       </c>
     </row>
     <row r="193" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B193" s="4">
         <v>185</v>
       </c>
       <c r="C193" s="11" t="s">
         <v>69</v>
       </c>
       <c r="D193" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E193" s="18">
-        <v>4385.68</v>
+      <c r="E193" s="19">
+        <v>4360.8</v>
       </c>
     </row>
     <row r="194" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B194" s="4">
         <v>186</v>
       </c>
       <c r="C194" s="11" t="s">
         <v>114</v>
       </c>
       <c r="D194" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="E194" s="18">
-        <v>3107.6899999999996</v>
+      <c r="E194" s="17">
+        <v>2938.1400000000003</v>
       </c>
     </row>
     <row r="195" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B195" s="4">
         <v>187</v>
       </c>
       <c r="C195" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D195" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="E195" s="18">
-        <v>2967.29</v>
+      <c r="E195" s="17">
+        <v>3020.2</v>
       </c>
     </row>
     <row r="196" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B196" s="4">
         <v>188</v>
       </c>
       <c r="C196" s="5" t="s">
-        <v>55</v>
+        <v>226</v>
       </c>
       <c r="D196" s="4" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>4032.3300000000004</v>
+        <v>227</v>
+      </c>
+      <c r="E196" s="17">
+        <v>2025</v>
       </c>
     </row>
     <row r="197" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B197" s="4">
         <v>189</v>
       </c>
       <c r="C197" s="5" t="s">
-        <v>188</v>
+        <v>55</v>
       </c>
       <c r="D197" s="4" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>5116.88</v>
+        <v>16</v>
+      </c>
+      <c r="E197" s="17">
+        <v>3948</v>
       </c>
     </row>
     <row r="198" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B198" s="4">
         <v>190</v>
       </c>
       <c r="C198" s="5" t="s">
-        <v>84</v>
+        <v>188</v>
       </c>
       <c r="D198" s="4" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>1892.4</v>
+        <v>13</v>
+      </c>
+      <c r="E198" s="17">
+        <v>5160</v>
       </c>
     </row>
     <row r="199" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B199" s="4">
         <v>191</v>
       </c>
       <c r="C199" s="5" t="s">
-        <v>48</v>
+        <v>84</v>
       </c>
       <c r="D199" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="E199" s="18">
-        <v>2679.7300000000005</v>
+      <c r="E199" s="17">
+        <v>2031.3600000000001</v>
       </c>
     </row>
     <row r="200" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B200" s="4">
         <v>192</v>
       </c>
       <c r="C200" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="D200" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="E200" s="17">
+        <v>2238</v>
+      </c>
+    </row>
+    <row r="201" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B201" s="4">
+        <v>193</v>
+      </c>
+      <c r="C201" s="5" t="s">
         <v>96</v>
       </c>
-      <c r="D200" s="4" t="s">
-[...7 lines deleted...]
-      <c r="B202" s="7" t="s">
+      <c r="D201" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="E201" s="17">
+        <v>4360.8</v>
+      </c>
+    </row>
+    <row r="203" spans="2:5" x14ac:dyDescent="0.15">
+      <c r="B203" s="7" t="s">
         <v>164</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="9RQ9maeasgdWKVi6wHV0/n+4pNZ91K/4OlIzJeL44hedOmpIjhcsrMy1aWaeNQ+Erc3pxpFflqU8AuplynEEvw==" saltValue="5XnFKNSt2XkF+gp2rlPwCg==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1" selectUnlockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="JgXrEk/8MK0/6XhJxm7EOFtyPGEg0fGhwqfhra1rgUEk59mlvlbHQN5HiAhXea4Fo6A+11uS0BKnLQrnDxE7uQ==" saltValue="B78jPD43PJ1ti2OriZqjiQ==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1" selectUnlockedCells="1"/>
   <mergeCells count="2">
     <mergeCell ref="C5:E6"/>
     <mergeCell ref="C2:E2"/>
   </mergeCells>
   <phoneticPr fontId="4" type="noConversion"/>
   <pageMargins left="0.74803149606299213" right="0.74803149606299213" top="0.98425196850393704" bottom="0.98425196850393704" header="0" footer="0"/>
   <pageSetup paperSize="9" scale="80" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>