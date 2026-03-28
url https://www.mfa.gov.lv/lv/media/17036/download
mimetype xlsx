--- v4 (2026-03-05)
+++ v5 (2026-03-28)
@@ -5,81 +5,81 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24332"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\ik162\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CF66FCCA-8C9C-434B-81DF-01EAB79BC57E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{97AFD072-4980-409A-A9C8-EC0DBEB7CAC9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{E0684BFE-0171-46B9-8A58-D9BE57A564AC}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$8:$WTG$201</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$B$5:$E$201</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$8:$WTG$197</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$B$5:$E$197</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="393" uniqueCount="228">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="385" uniqueCount="223">
   <si>
     <t>jurists</t>
   </si>
   <si>
     <t>trešais sekretārs</t>
   </si>
   <si>
     <t>padomnieks</t>
   </si>
   <si>
     <t>pirmais sekretārs</t>
   </si>
   <si>
     <t>vecākais referents</t>
   </si>
   <si>
     <t>ārkārtējais un pilnvarotais vēstnieks</t>
   </si>
   <si>
     <t>valsts sekretārs</t>
   </si>
   <si>
     <t>Andžejs Viļumsons</t>
   </si>
   <si>
@@ -481,71 +481,53 @@
   <si>
     <t>Liene Bērtule</t>
   </si>
   <si>
     <t>Anda Sāre</t>
   </si>
   <si>
     <t>Renāte Krieviņa</t>
   </si>
   <si>
     <t>Ilona Ennina</t>
   </si>
   <si>
     <t>Anita Kaminska-Samata</t>
   </si>
   <si>
     <t>Jurģis Barkāns</t>
   </si>
   <si>
     <t>Andra Kalveniece</t>
   </si>
   <si>
     <t>Ineta Kudiņa</t>
   </si>
   <si>
-    <t>Ilmārs Kamarūts</t>
-[...7 lines deleted...]
-  <si>
     <t>Ilze Skutāne</t>
   </si>
   <si>
-    <t>informācijas sistēmu uzturētājs</t>
-[...7 lines deleted...]
-  <si>
     <t>Laura Kellija</t>
   </si>
   <si>
     <t>Marija  Dombrovska</t>
   </si>
   <si>
     <t>Niklāvs Alberts Ozoliņš</t>
   </si>
   <si>
     <t>Armands Ivanenko</t>
   </si>
   <si>
     <t>Dace Rutka</t>
   </si>
   <si>
     <t>valsts sekretāra vietnieks ekonomisko attiecību jautājumos</t>
   </si>
   <si>
     <t>Ivita Burmistre</t>
   </si>
   <si>
     <t>vārds, uzvārds</t>
   </si>
   <si>
     <t>BRUTO aprēķinātais atalgojums*</t>
@@ -697,72 +679,75 @@
   <si>
     <t>Stella Ankrava</t>
   </si>
   <si>
     <t>Ilze Landiša</t>
   </si>
   <si>
     <t>Elīna Tanne</t>
   </si>
   <si>
     <t>Santa Krūze</t>
   </si>
   <si>
     <t>Egita Lase</t>
   </si>
   <si>
     <t>Līga Renkmane</t>
   </si>
   <si>
     <t>Svetlana Romanovska</t>
   </si>
   <si>
     <t>Kristīne  Puriņa</t>
   </si>
   <si>
-    <t>Aleksejs Basevičs</t>
-[...4 lines deleted...]
-  <si>
     <t>Ieva Cēsniece</t>
   </si>
   <si>
     <t>Baiba Brasliņa</t>
   </si>
   <si>
     <t>Kristīne Rogule</t>
   </si>
   <si>
-    <t>Amatpersonām, kuras ir pilnvarotas pieņemt vai sagatavot pārvaldes lēmumus, aprēķinātais atalgojums 2026.gada janvāra mēnesī</t>
-[...1 lines deleted...]
-  <si>
     <t>Vita Studente</t>
   </si>
   <si>
     <t>vecākais jurists</t>
+  </si>
+  <si>
+    <t>Amatpersonām, kuras ir pilnvarotas pieņemt vai sagatavot pārvaldes lēmumus, aprēķinātais atalgojums 2026.gada februāra mēnesī</t>
+  </si>
+  <si>
+    <t>vadītāja vietnieks</t>
+  </si>
+  <si>
+    <t>Vineta Gasūna</t>
+  </si>
+  <si>
+    <t>Baiba Melentjeva</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="8"/>
       <color indexed="11"/>
       <name val="Tahoma"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="11"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="186"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color indexed="8"/>
@@ -848,105 +833,104 @@
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="1"/>
   </cellStyleXfs>
-  <cellXfs count="22">
+  <cellXfs count="21">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="2" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="2" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="2" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="2" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
@@ -1231,54 +1215,54 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0B0677F2-E3A2-4EE3-B84B-2BBA6F57EF71}">
-  <dimension ref="B2:E203"/>
+  <dimension ref="B2:E199"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
-      <selection activeCell="E202" sqref="E202"/>
+      <selection activeCell="C9" sqref="C9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="2" width="9.33203125" style="1"/>
     <col min="3" max="3" width="31.83203125" style="1" customWidth="1"/>
     <col min="4" max="4" width="62.6640625" style="1" customWidth="1"/>
     <col min="5" max="5" width="29.1640625" style="1" customWidth="1"/>
     <col min="6" max="200" width="9.33203125" style="1"/>
     <col min="201" max="201" width="41.33203125" style="1" customWidth="1"/>
     <col min="202" max="203" width="30.5" style="1" customWidth="1"/>
     <col min="204" max="456" width="9.33203125" style="1"/>
     <col min="457" max="457" width="41.33203125" style="1" customWidth="1"/>
     <col min="458" max="459" width="30.5" style="1" customWidth="1"/>
     <col min="460" max="712" width="9.33203125" style="1"/>
     <col min="713" max="713" width="41.33203125" style="1" customWidth="1"/>
     <col min="714" max="715" width="30.5" style="1" customWidth="1"/>
     <col min="716" max="968" width="9.33203125" style="1"/>
     <col min="969" max="969" width="41.33203125" style="1" customWidth="1"/>
     <col min="970" max="971" width="30.5" style="1" customWidth="1"/>
     <col min="972" max="1224" width="9.33203125" style="1"/>
     <col min="1225" max="1225" width="41.33203125" style="1" customWidth="1"/>
     <col min="1226" max="1227" width="30.5" style="1" customWidth="1"/>
     <col min="1228" max="1480" width="9.33203125" style="1"/>
     <col min="1481" max="1481" width="41.33203125" style="1" customWidth="1"/>
@@ -1436,2797 +1420,2741 @@
     <col min="14284" max="14536" width="9.33203125" style="1"/>
     <col min="14537" max="14537" width="41.33203125" style="1" customWidth="1"/>
     <col min="14538" max="14539" width="30.5" style="1" customWidth="1"/>
     <col min="14540" max="14792" width="9.33203125" style="1"/>
     <col min="14793" max="14793" width="41.33203125" style="1" customWidth="1"/>
     <col min="14794" max="14795" width="30.5" style="1" customWidth="1"/>
     <col min="14796" max="15048" width="9.33203125" style="1"/>
     <col min="15049" max="15049" width="41.33203125" style="1" customWidth="1"/>
     <col min="15050" max="15051" width="30.5" style="1" customWidth="1"/>
     <col min="15052" max="15304" width="9.33203125" style="1"/>
     <col min="15305" max="15305" width="41.33203125" style="1" customWidth="1"/>
     <col min="15306" max="15307" width="30.5" style="1" customWidth="1"/>
     <col min="15308" max="15560" width="9.33203125" style="1"/>
     <col min="15561" max="15561" width="41.33203125" style="1" customWidth="1"/>
     <col min="15562" max="15563" width="30.5" style="1" customWidth="1"/>
     <col min="15564" max="15816" width="9.33203125" style="1"/>
     <col min="15817" max="15817" width="41.33203125" style="1" customWidth="1"/>
     <col min="15818" max="15819" width="30.5" style="1" customWidth="1"/>
     <col min="15820" max="16072" width="9.33203125" style="1"/>
     <col min="16073" max="16073" width="41.33203125" style="1" customWidth="1"/>
     <col min="16074" max="16075" width="30.5" style="1" customWidth="1"/>
     <col min="16076" max="16384" width="9.33203125" style="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:5" x14ac:dyDescent="0.15">
-      <c r="C2" s="21" t="s">
-[...3 lines deleted...]
-      <c r="E2" s="21"/>
+      <c r="C2" s="20" t="s">
+        <v>159</v>
+      </c>
+      <c r="D2" s="20"/>
+      <c r="E2" s="20"/>
     </row>
     <row r="3" spans="2:5" x14ac:dyDescent="0.2">
       <c r="E3" s="2"/>
     </row>
     <row r="4" spans="2:5" x14ac:dyDescent="0.2">
       <c r="E4" s="2"/>
     </row>
     <row r="5" spans="2:5" x14ac:dyDescent="0.15">
-      <c r="C5" s="20" t="s">
-[...3 lines deleted...]
-      <c r="E5" s="20"/>
+      <c r="C5" s="19" t="s">
+        <v>219</v>
+      </c>
+      <c r="D5" s="19"/>
+      <c r="E5" s="19"/>
     </row>
     <row r="6" spans="2:5" x14ac:dyDescent="0.15">
-      <c r="C6" s="20"/>
-[...1 lines deleted...]
-      <c r="E6" s="20"/>
+      <c r="C6" s="19"/>
+      <c r="D6" s="19"/>
+      <c r="E6" s="19"/>
     </row>
     <row r="8" spans="2:5" ht="31.5" x14ac:dyDescent="0.15">
       <c r="B8" s="4" t="s">
-        <v>167</v>
+        <v>161</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>162</v>
+        <v>156</v>
       </c>
       <c r="D8" s="10" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="E8" s="6" t="s">
-        <v>163</v>
+        <v>157</v>
       </c>
     </row>
     <row r="9" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B9" s="4">
         <v>1</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>211</v>
+        <v>205</v>
       </c>
       <c r="D9" s="16" t="s">
         <v>3</v>
       </c>
       <c r="E9" s="17">
-        <v>2506.67</v>
+        <v>2841.29</v>
       </c>
     </row>
     <row r="10" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B10" s="4">
         <v>2</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>208</v>
+        <v>202</v>
       </c>
       <c r="D10" s="16" t="s">
         <v>1</v>
       </c>
       <c r="E10" s="17">
         <v>1684.8</v>
       </c>
     </row>
     <row r="11" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B11" s="4">
         <v>3</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>19</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>15</v>
       </c>
       <c r="E11" s="17">
-        <v>4417.18</v>
+        <v>4362</v>
       </c>
     </row>
     <row r="12" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B12" s="4">
         <v>4</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="4" t="s">
         <v>8</v>
       </c>
       <c r="E12" s="17">
-        <v>3708</v>
+        <v>3701.23</v>
       </c>
     </row>
     <row r="13" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B13" s="4">
         <v>5</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>77</v>
       </c>
       <c r="D13" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E13" s="17">
         <v>4360.8</v>
       </c>
     </row>
     <row r="14" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B14" s="4">
         <v>6</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>60</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E14" s="17">
-        <v>4360.8</v>
+        <v>4316.7700000000004</v>
       </c>
     </row>
     <row r="15" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B15" s="4">
         <v>7</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>204</v>
+        <v>198</v>
       </c>
       <c r="D15" s="5" t="s">
         <v>1</v>
       </c>
       <c r="E15" s="17">
-        <v>1713.5500000000002</v>
+        <v>1684.8</v>
       </c>
     </row>
     <row r="16" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B16" s="4">
         <v>8</v>
       </c>
-      <c r="C16" s="5" t="s">
-[...3 lines deleted...]
-        <v>152</v>
+      <c r="C16" s="11" t="s">
+        <v>70</v>
+      </c>
+      <c r="D16" s="11" t="s">
+        <v>5</v>
       </c>
       <c r="E16" s="17">
-        <v>1525.57</v>
+        <v>4360.8</v>
       </c>
     </row>
     <row r="17" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B17" s="4">
         <v>9</v>
       </c>
       <c r="C17" s="11" t="s">
-        <v>70</v>
+        <v>81</v>
       </c>
       <c r="D17" s="11" t="s">
         <v>5</v>
       </c>
       <c r="E17" s="17">
-        <v>4360.8</v>
+        <v>4534.18</v>
       </c>
     </row>
     <row r="18" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B18" s="4">
         <v>10</v>
       </c>
-      <c r="C18" s="11" t="s">
-[...3 lines deleted...]
-        <v>5</v>
+      <c r="C18" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D18" s="4" t="s">
+        <v>11</v>
       </c>
       <c r="E18" s="17">
-        <v>4360.8</v>
-[...2 lines deleted...]
-    <row r="19" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
+        <v>2774.4</v>
+      </c>
+    </row>
+    <row r="19" spans="2:5" ht="15.75" x14ac:dyDescent="0.15">
       <c r="B19" s="4">
         <v>11</v>
       </c>
-      <c r="C19" s="5" t="s">
-        <v>30</v>
+      <c r="C19" s="11" t="s">
+        <v>26</v>
       </c>
       <c r="D19" s="4" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>4077.32</v>
+        <v>0</v>
+      </c>
+      <c r="E19" s="18">
+        <v>0</v>
       </c>
     </row>
     <row r="20" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B20" s="4">
         <v>12</v>
       </c>
-      <c r="C20" s="11" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="C20" s="15" t="s">
+        <v>175</v>
+      </c>
+      <c r="D20" s="11" t="s">
+        <v>4</v>
       </c>
       <c r="E20" s="17">
-        <v>850.34999999999991</v>
+        <v>1684.8</v>
       </c>
     </row>
     <row r="21" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B21" s="4">
         <v>13</v>
       </c>
-      <c r="C21" s="15" t="s">
-        <v>181</v>
+      <c r="C21" s="11" t="s">
+        <v>141</v>
       </c>
       <c r="D21" s="11" t="s">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="E21" s="17">
-        <v>1811.14</v>
+        <v>2012.4</v>
       </c>
     </row>
     <row r="22" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B22" s="4">
         <v>14</v>
       </c>
       <c r="C22" s="11" t="s">
-        <v>141</v>
+        <v>191</v>
       </c>
       <c r="D22" s="11" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>2012.4</v>
+        <v>3</v>
+      </c>
+      <c r="E22" s="17">
+        <v>2402.64</v>
       </c>
     </row>
     <row r="23" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B23" s="4">
         <v>15</v>
       </c>
       <c r="C23" s="11" t="s">
-        <v>197</v>
-[...5 lines deleted...]
-        <v>2416.8000000000002</v>
+        <v>146</v>
+      </c>
+      <c r="D23" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="E23" s="17">
+        <v>2012.4</v>
       </c>
     </row>
     <row r="24" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B24" s="4">
         <v>16</v>
       </c>
       <c r="C24" s="11" t="s">
-        <v>146</v>
-[...5 lines deleted...]
-        <v>2012.4</v>
+        <v>134</v>
+      </c>
+      <c r="D24" s="11" t="s">
+        <v>2</v>
+      </c>
+      <c r="E24" s="17">
+        <v>2447.9899999999998</v>
       </c>
     </row>
     <row r="25" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B25" s="4">
         <v>17</v>
       </c>
       <c r="C25" s="11" t="s">
-        <v>134</v>
+        <v>199</v>
       </c>
       <c r="D25" s="11" t="s">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>2556.46</v>
+        <v>4</v>
+      </c>
+      <c r="E25" s="17">
+        <v>1346</v>
       </c>
     </row>
     <row r="26" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B26" s="4">
         <v>18</v>
       </c>
       <c r="C26" s="11" t="s">
-        <v>205</v>
+        <v>102</v>
       </c>
       <c r="D26" s="11" t="s">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>1346</v>
+        <v>5</v>
+      </c>
+      <c r="E26" s="17">
+        <v>3915.5600000000004</v>
       </c>
     </row>
     <row r="27" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B27" s="4">
         <v>19</v>
       </c>
       <c r="C27" s="11" t="s">
-        <v>102</v>
+        <v>76</v>
       </c>
       <c r="D27" s="11" t="s">
         <v>5</v>
       </c>
-      <c r="E27" s="19">
-        <v>4418.59</v>
+      <c r="E27" s="17">
+        <v>4360.8</v>
       </c>
     </row>
     <row r="28" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B28" s="4">
         <v>20</v>
       </c>
       <c r="C28" s="11" t="s">
-        <v>76</v>
+        <v>181</v>
       </c>
       <c r="D28" s="11" t="s">
         <v>5</v>
       </c>
-      <c r="E28" s="19">
+      <c r="E28" s="17">
         <v>4360.8</v>
       </c>
     </row>
     <row r="29" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B29" s="4">
         <v>21</v>
       </c>
-      <c r="C29" s="11" t="s">
-[...6 lines deleted...]
-        <v>4360.8</v>
+      <c r="C29" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D29" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="E29" s="17">
+        <v>6566.49</v>
       </c>
     </row>
     <row r="30" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B30" s="4">
         <v>22</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>7</v>
+        <v>144</v>
       </c>
       <c r="D30" s="4" t="s">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="E30" s="17">
-        <v>6507.43</v>
+        <v>1684.8</v>
       </c>
     </row>
     <row r="31" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B31" s="4">
         <v>23</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>144</v>
+        <v>166</v>
       </c>
       <c r="D31" s="4" t="s">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="E31" s="17">
-        <v>1684.8</v>
+        <v>3493</v>
       </c>
     </row>
     <row r="32" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B32" s="4">
         <v>24</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>172</v>
+        <v>152</v>
       </c>
       <c r="D32" s="4" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="E32" s="17">
-        <v>2522.5</v>
+        <v>2332.4</v>
       </c>
     </row>
     <row r="33" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B33" s="4">
         <v>25</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>158</v>
+        <v>25</v>
       </c>
       <c r="D33" s="4" t="s">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="E33" s="17">
-        <v>1960</v>
-[...2 lines deleted...]
-    <row r="34" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
+        <v>2418</v>
+      </c>
+    </row>
+    <row r="34" spans="2:5" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B34" s="4">
         <v>26</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="D34" s="4" t="s">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="E34" s="17">
-        <v>1266.58</v>
-[...2 lines deleted...]
-    <row r="35" spans="2:5" s="3" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+        <v>2270</v>
+      </c>
+    </row>
+    <row r="35" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B35" s="4">
         <v>27</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>31</v>
+        <v>82</v>
       </c>
       <c r="D35" s="4" t="s">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="E35" s="17">
-        <v>2270</v>
+        <v>4413.38</v>
       </c>
     </row>
     <row r="36" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B36" s="4">
         <v>28</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>82</v>
+        <v>107</v>
       </c>
       <c r="D36" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E36" s="17">
-        <v>3945.48</v>
+        <v>4360.8</v>
       </c>
     </row>
     <row r="37" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B37" s="4">
         <v>29</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>107</v>
+        <v>215</v>
       </c>
       <c r="D37" s="4" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="E37" s="17">
-        <v>4360.8</v>
+        <v>2721.68</v>
       </c>
     </row>
     <row r="38" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B38" s="4">
         <v>30</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="D38" s="4" t="s">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="E38" s="17">
-        <v>2772.3999999999996</v>
+        <v>1991.93</v>
       </c>
     </row>
     <row r="39" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B39" s="4">
         <v>31</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>159</v>
+        <v>153</v>
       </c>
       <c r="D39" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E39" s="17">
         <v>4360.8</v>
       </c>
     </row>
     <row r="40" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B40" s="4">
         <v>32</v>
       </c>
       <c r="C40" s="5" t="s">
         <v>80</v>
       </c>
       <c r="D40" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E40" s="17">
-        <v>4414.4800000000005</v>
+        <v>4324.1499999999996</v>
       </c>
     </row>
     <row r="41" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B41" s="4">
         <v>33</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D41" s="4" t="s">
         <v>2</v>
       </c>
       <c r="E41" s="17">
-        <v>2731.5099999999998</v>
+        <v>1789.2</v>
       </c>
     </row>
     <row r="42" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B42" s="4">
         <v>34</v>
       </c>
       <c r="C42" s="5" t="s">
         <v>56</v>
       </c>
       <c r="D42" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E42" s="17">
-        <v>4384.58</v>
+        <v>4308.55</v>
       </c>
     </row>
     <row r="43" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B43" s="4">
         <v>35</v>
       </c>
       <c r="C43" s="5" t="s">
         <v>20</v>
       </c>
       <c r="D43" s="4" t="s">
         <v>8</v>
       </c>
       <c r="E43" s="17">
         <v>4014</v>
       </c>
     </row>
     <row r="44" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B44" s="4">
         <v>36</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
       <c r="D44" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E44" s="17">
-        <v>3945.48</v>
+        <v>4298.0300000000007</v>
       </c>
     </row>
     <row r="45" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B45" s="4">
         <v>37</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>203</v>
+        <v>197</v>
       </c>
       <c r="D45" s="4" t="s">
         <v>2</v>
       </c>
       <c r="E45" s="17">
         <v>2476.8000000000002</v>
       </c>
     </row>
     <row r="46" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B46" s="4">
         <v>38</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>198</v>
+        <v>192</v>
       </c>
       <c r="D46" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E46" s="17">
-        <v>1684.8</v>
+        <v>1641.81</v>
       </c>
     </row>
     <row r="47" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B47" s="4">
         <v>39</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>99</v>
       </c>
       <c r="D47" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E47" s="17">
-        <v>3737.83</v>
+        <v>4780.59</v>
       </c>
     </row>
     <row r="48" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B48" s="4">
         <v>40</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>175</v>
+        <v>169</v>
       </c>
       <c r="D48" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E48" s="17">
-        <v>1765</v>
+        <v>1738.99</v>
       </c>
     </row>
     <row r="49" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B49" s="4">
         <v>41</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>179</v>
+        <v>173</v>
       </c>
       <c r="D49" s="4" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="E49" s="17">
-        <v>5025</v>
+        <v>5014.93</v>
       </c>
     </row>
     <row r="50" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B50" s="4">
         <v>42</v>
       </c>
       <c r="C50" s="5" t="s">
         <v>59</v>
       </c>
       <c r="D50" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="E50" s="19">
+      <c r="E50" s="17">
         <v>4360.8</v>
       </c>
     </row>
     <row r="51" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B51" s="4">
         <v>43</v>
       </c>
       <c r="C51" s="5" t="s">
         <v>86</v>
       </c>
       <c r="D51" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E51" s="17">
-        <v>4487.3100000000004</v>
+        <v>4360.8</v>
       </c>
     </row>
     <row r="52" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B52" s="4">
         <v>44</v>
       </c>
       <c r="C52" s="11" t="s">
         <v>122</v>
       </c>
       <c r="D52" s="4" t="s">
         <v>9</v>
       </c>
       <c r="E52" s="17">
-        <v>2012.4</v>
+        <v>2003.46</v>
       </c>
     </row>
     <row r="53" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B53" s="4">
         <v>45</v>
       </c>
       <c r="C53" s="11" t="s">
-        <v>209</v>
+        <v>203</v>
       </c>
       <c r="D53" s="4" t="s">
         <v>2</v>
       </c>
       <c r="E53" s="17">
-        <v>2476.8000000000002</v>
+        <v>2439.4499999999998</v>
       </c>
     </row>
     <row r="54" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B54" s="4">
         <v>46</v>
       </c>
       <c r="C54" s="11" t="s">
-        <v>216</v>
+        <v>210</v>
       </c>
       <c r="D54" s="4" t="s">
         <v>8</v>
       </c>
       <c r="E54" s="17">
-        <v>3754.3900000000003</v>
+        <v>3708</v>
       </c>
     </row>
     <row r="55" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B55" s="4">
         <v>47</v>
       </c>
       <c r="C55" s="11" t="s">
         <v>95</v>
       </c>
       <c r="D55" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E55" s="17">
-        <v>4436.9800000000005</v>
+        <v>4319.17</v>
       </c>
     </row>
     <row r="56" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B56" s="4">
         <v>48</v>
       </c>
       <c r="C56" s="5" t="s">
         <v>111</v>
       </c>
       <c r="D56" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E56" s="17">
-        <v>4389.59</v>
+        <v>4352.6200000000008</v>
       </c>
     </row>
     <row r="57" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B57" s="4">
         <v>49</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>202</v>
+        <v>196</v>
       </c>
       <c r="D57" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E57" s="17">
-        <v>1684.8</v>
+        <v>1660.01</v>
       </c>
     </row>
     <row r="58" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B58" s="4">
         <v>50</v>
       </c>
       <c r="C58" s="5" t="s">
         <v>90</v>
       </c>
       <c r="D58" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E58" s="17">
-        <v>2992.8</v>
+        <v>2976.02</v>
       </c>
     </row>
     <row r="59" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B59" s="4">
         <v>51</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="D59" s="4" t="s">
         <v>2</v>
       </c>
       <c r="E59" s="17">
-        <v>2476.8000000000002</v>
+        <v>2469.9699999999998</v>
       </c>
     </row>
     <row r="60" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B60" s="4">
         <v>52</v>
       </c>
       <c r="C60" s="5" t="s">
         <v>85</v>
       </c>
       <c r="D60" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E60" s="17">
-        <v>1684.8</v>
+        <v>1392.77</v>
       </c>
     </row>
     <row r="61" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B61" s="4">
         <v>53</v>
       </c>
       <c r="C61" s="5" t="s">
         <v>40</v>
       </c>
       <c r="D61" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E61" s="17">
-        <v>1497.6399999999999</v>
+        <v>2542.3900000000003</v>
       </c>
     </row>
     <row r="62" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B62" s="4">
         <v>54</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>221</v>
+        <v>39</v>
       </c>
       <c r="D62" s="4" t="s">
-        <v>152</v>
+        <v>9</v>
       </c>
       <c r="E62" s="17">
-        <v>3068</v>
+        <v>2238</v>
       </c>
     </row>
     <row r="63" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B63" s="4">
         <v>55</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="D63" s="4" t="s">
         <v>9</v>
       </c>
       <c r="E63" s="17">
-        <v>2298.8000000000002</v>
+        <v>2418</v>
       </c>
     </row>
     <row r="64" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B64" s="4">
         <v>56</v>
       </c>
-      <c r="C64" s="5" t="s">
-[...3 lines deleted...]
-        <v>9</v>
+      <c r="C64" s="8" t="s">
+        <v>116</v>
+      </c>
+      <c r="D64" s="12" t="s">
+        <v>0</v>
       </c>
       <c r="E64" s="17">
-        <v>2418</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="65" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B65" s="4">
         <v>57</v>
       </c>
       <c r="C65" s="8" t="s">
-        <v>116</v>
+        <v>200</v>
       </c>
       <c r="D65" s="12" t="s">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="E65" s="17">
-        <v>1988.79</v>
+        <v>2476.8000000000002</v>
       </c>
     </row>
     <row r="66" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B66" s="4">
         <v>58</v>
       </c>
-      <c r="C66" s="8" t="s">
-[...3 lines deleted...]
-        <v>2</v>
+      <c r="C66" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="D66" s="4" t="s">
+        <v>11</v>
       </c>
       <c r="E66" s="17">
-        <v>2476.8000000000002</v>
+        <v>2992.8</v>
       </c>
     </row>
     <row r="67" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B67" s="4">
         <v>59</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>71</v>
+        <v>29</v>
       </c>
       <c r="D67" s="4" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="E67" s="17">
-        <v>3071.4700000000003</v>
+        <v>2180.4</v>
       </c>
     </row>
     <row r="68" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B68" s="4">
         <v>60</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>29</v>
+        <v>93</v>
       </c>
       <c r="D68" s="4" t="s">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E68" s="17">
-        <v>6697.67</v>
+        <v>1668.4399999999998</v>
       </c>
     </row>
     <row r="69" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B69" s="4">
         <v>61</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>93</v>
+        <v>57</v>
       </c>
       <c r="D69" s="4" t="s">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="E69" s="17">
-        <v>1684.8</v>
+        <v>3652.87</v>
       </c>
     </row>
     <row r="70" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B70" s="4">
         <v>62</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>57</v>
+        <v>47</v>
       </c>
       <c r="D70" s="4" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="E70" s="17">
-        <v>3648</v>
-[...2 lines deleted...]
-    <row r="71" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
+        <v>2238</v>
+      </c>
+    </row>
+    <row r="71" spans="2:5" ht="15.75" x14ac:dyDescent="0.15">
       <c r="B71" s="4">
         <v>63</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="D71" s="4" t="s">
-        <v>9</v>
-[...5 lines deleted...]
-    <row r="72" spans="2:5" ht="15.75" x14ac:dyDescent="0.15">
+        <v>10</v>
+      </c>
+      <c r="E71" s="18">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="72" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B72" s="4">
         <v>64</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>22</v>
+        <v>180</v>
       </c>
       <c r="D72" s="4" t="s">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>5</v>
+      </c>
+      <c r="E72" s="17">
+        <v>4360.8</v>
       </c>
     </row>
     <row r="73" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B73" s="4">
         <v>65</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>186</v>
+        <v>32</v>
       </c>
       <c r="D73" s="4" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>4360.8</v>
+        <v>9</v>
+      </c>
+      <c r="E73" s="17">
+        <v>2478</v>
       </c>
     </row>
     <row r="74" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B74" s="4">
         <v>66</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>32</v>
+        <v>123</v>
       </c>
       <c r="D74" s="4" t="s">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="E74" s="17">
-        <v>2438</v>
+        <v>2416.8000000000002</v>
       </c>
     </row>
     <row r="75" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B75" s="4">
         <v>67</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>123</v>
+        <v>168</v>
       </c>
       <c r="D75" s="4" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E75" s="17">
-        <v>2416.8000000000002</v>
+        <v>1765</v>
       </c>
     </row>
     <row r="76" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B76" s="4">
         <v>68</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>174</v>
+        <v>92</v>
       </c>
       <c r="D76" s="4" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="E76" s="17">
-        <v>1765</v>
+        <v>2843.1600000000003</v>
       </c>
     </row>
     <row r="77" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B77" s="4">
         <v>69</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="D77" s="4" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="E77" s="17">
-        <v>3193.18</v>
+        <v>4352.47</v>
       </c>
     </row>
     <row r="78" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B78" s="4">
         <v>70</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>87</v>
+        <v>214</v>
       </c>
       <c r="D78" s="4" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="E78" s="17">
-        <v>4477.37</v>
+        <v>4246.04</v>
       </c>
     </row>
     <row r="79" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B79" s="4">
         <v>71</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>222</v>
+        <v>42</v>
       </c>
       <c r="D79" s="4" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="E79" s="17">
-        <v>4348.4800000000005</v>
-[...2 lines deleted...]
-    <row r="80" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
+        <v>2651.31</v>
+      </c>
+    </row>
+    <row r="80" spans="2:5" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B80" s="4">
         <v>72</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>42</v>
+        <v>138</v>
       </c>
       <c r="D80" s="4" t="s">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E80" s="17">
-        <v>1935.97</v>
-[...2 lines deleted...]
-    <row r="81" spans="2:5" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+        <v>2464.8199999999997</v>
+      </c>
+    </row>
+    <row r="81" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B81" s="4">
         <v>73</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>138</v>
+        <v>36</v>
       </c>
       <c r="D81" s="4" t="s">
         <v>2</v>
       </c>
       <c r="E81" s="17">
         <v>2476.8000000000002</v>
       </c>
     </row>
     <row r="82" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B82" s="4">
         <v>74</v>
       </c>
       <c r="C82" s="5" t="s">
-        <v>36</v>
+        <v>105</v>
       </c>
       <c r="D82" s="4" t="s">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="E82" s="17">
-        <v>2476.8000000000002</v>
+        <v>2281.81</v>
       </c>
     </row>
     <row r="83" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B83" s="4">
         <v>75</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="D83" s="4" t="s">
-        <v>9</v>
+        <v>117</v>
       </c>
       <c r="E83" s="17">
-        <v>2341.37</v>
+        <v>4602</v>
       </c>
     </row>
     <row r="84" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B84" s="4">
         <v>76</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>108</v>
+        <v>143</v>
       </c>
       <c r="D84" s="4" t="s">
-        <v>117</v>
+        <v>9</v>
       </c>
       <c r="E84" s="17">
-        <v>4602</v>
+        <v>2238</v>
       </c>
     </row>
     <row r="85" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B85" s="4">
         <v>77</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>148</v>
+        <v>83</v>
       </c>
       <c r="D85" s="4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E85" s="17">
-        <v>4662</v>
+        <v>2992.8</v>
       </c>
     </row>
     <row r="86" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B86" s="4">
         <v>78</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>149</v>
+        <v>207</v>
+      </c>
+      <c r="D86" s="4" t="s">
+        <v>1</v>
       </c>
       <c r="E86" s="17">
-        <v>4514</v>
+        <v>1684.8</v>
       </c>
     </row>
     <row r="87" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B87" s="4">
         <v>79</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>143</v>
+        <v>177</v>
       </c>
       <c r="D87" s="4" t="s">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="E87" s="17">
-        <v>2237</v>
+        <v>1684.8</v>
       </c>
     </row>
     <row r="88" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B88" s="4">
         <v>80</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>83</v>
+        <v>148</v>
       </c>
       <c r="D88" s="4" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E88" s="17">
-        <v>3018.0000000000005</v>
+        <v>3708</v>
       </c>
     </row>
     <row r="89" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B89" s="4">
         <v>81</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>213</v>
+        <v>45</v>
       </c>
       <c r="D89" s="4" t="s">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="E89" s="17">
-        <v>1684.8</v>
+        <v>2238</v>
       </c>
     </row>
     <row r="90" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B90" s="4">
         <v>82</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>183</v>
+        <v>124</v>
       </c>
       <c r="D90" s="4" t="s">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="E90" s="17">
-        <v>1684.8</v>
+        <v>2012.4</v>
       </c>
     </row>
     <row r="91" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B91" s="4">
         <v>83</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>151</v>
+        <v>38</v>
       </c>
       <c r="D91" s="4" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E91" s="17">
-        <v>3708</v>
+        <v>3087.6</v>
       </c>
     </row>
     <row r="92" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B92" s="4">
         <v>84</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>45</v>
+        <v>115</v>
       </c>
       <c r="D92" s="4" t="s">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="E92" s="17">
-        <v>2389.7399999999998</v>
+        <v>1667.9399999999998</v>
       </c>
     </row>
     <row r="93" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B93" s="4">
         <v>85</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>124</v>
+        <v>147</v>
       </c>
       <c r="D93" s="4" t="s">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="E93" s="17">
-        <v>1916.5700000000002</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="94" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B94" s="4">
         <v>86</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>38</v>
+        <v>120</v>
       </c>
       <c r="D94" s="4" t="s">
         <v>9</v>
       </c>
       <c r="E94" s="17">
-        <v>2676.7200000000003</v>
+        <v>1983.8</v>
       </c>
     </row>
     <row r="95" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B95" s="4">
         <v>87</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>115</v>
+        <v>66</v>
       </c>
       <c r="D95" s="4" t="s">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E95" s="17">
-        <v>1684.8</v>
+        <v>1414.8</v>
       </c>
     </row>
     <row r="96" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B96" s="4">
         <v>88</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>147</v>
+        <v>72</v>
       </c>
       <c r="D96" s="4" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="E96" s="17">
-        <v>1349.3500000000001</v>
-[...2 lines deleted...]
-    <row r="97" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
+        <v>2416.8000000000002</v>
+      </c>
+    </row>
+    <row r="97" spans="2:5" ht="15.75" x14ac:dyDescent="0.15">
       <c r="B97" s="4">
         <v>89</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="D97" s="4" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>2012.4</v>
+        <v>8</v>
+      </c>
+      <c r="E97" s="18">
+        <v>0</v>
       </c>
     </row>
     <row r="98" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B98" s="4">
         <v>90</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>66</v>
+        <v>187</v>
       </c>
       <c r="D98" s="4" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E98" s="17">
-        <v>1684.8</v>
+        <v>2501.1299999999997</v>
       </c>
     </row>
     <row r="99" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B99" s="4">
         <v>91</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>72</v>
+        <v>183</v>
       </c>
       <c r="D99" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E99" s="17">
-        <v>2434.09</v>
+        <v>2414.54</v>
       </c>
     </row>
     <row r="100" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B100" s="4">
         <v>92</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>119</v>
+        <v>73</v>
       </c>
       <c r="D100" s="4" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="E100" s="17">
-        <v>0</v>
+        <v>4343.2299999999996</v>
       </c>
     </row>
     <row r="101" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B101" s="4">
         <v>93</v>
       </c>
       <c r="C101" s="5" t="s">
-        <v>193</v>
+        <v>43</v>
       </c>
       <c r="D101" s="4" t="s">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>2476.8000000000002</v>
+        <v>11</v>
+      </c>
+      <c r="E101" s="17">
+        <v>2994</v>
       </c>
     </row>
     <row r="102" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B102" s="4">
         <v>94</v>
       </c>
       <c r="C102" s="5" t="s">
-        <v>189</v>
+        <v>121</v>
       </c>
       <c r="D102" s="4" t="s">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="E102" s="17">
-        <v>2416.8000000000002</v>
+        <v>2012.4</v>
       </c>
     </row>
     <row r="103" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B103" s="4">
         <v>95</v>
       </c>
       <c r="C103" s="5" t="s">
-        <v>73</v>
+        <v>14</v>
       </c>
       <c r="D103" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E103" s="17">
         <v>4360.8</v>
       </c>
     </row>
     <row r="104" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B104" s="4">
         <v>96</v>
       </c>
       <c r="C104" s="5" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>18</v>
+      </c>
+      <c r="D104" s="13" t="s">
+        <v>17</v>
       </c>
       <c r="E104" s="17">
-        <v>3104.05</v>
+        <v>5160</v>
       </c>
     </row>
     <row r="105" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B105" s="4">
         <v>97</v>
       </c>
       <c r="C105" s="5" t="s">
-        <v>121</v>
+        <v>109</v>
       </c>
       <c r="D105" s="4" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="E105" s="17">
-        <v>2012.4</v>
+        <v>4311.92</v>
       </c>
     </row>
     <row r="106" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B106" s="4">
         <v>98</v>
       </c>
       <c r="C106" s="5" t="s">
-        <v>14</v>
+        <v>64</v>
       </c>
       <c r="D106" s="4" t="s">
-        <v>5</v>
+        <v>63</v>
       </c>
       <c r="E106" s="17">
-        <v>4582.1400000000003</v>
+        <v>2051.29</v>
       </c>
     </row>
     <row r="107" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B107" s="4">
         <v>99</v>
       </c>
-      <c r="C107" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="C107" s="9" t="s">
+        <v>155</v>
+      </c>
+      <c r="D107" s="14" t="s">
+        <v>154</v>
       </c>
       <c r="E107" s="17">
-        <v>5160</v>
+        <v>6335.54</v>
       </c>
     </row>
     <row r="108" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B108" s="4">
         <v>100</v>
       </c>
       <c r="C108" s="5" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="D108" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E108" s="17">
-        <v>4505.62</v>
+        <v>4360.8</v>
       </c>
     </row>
     <row r="109" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B109" s="4">
         <v>101</v>
       </c>
       <c r="C109" s="5" t="s">
-        <v>64</v>
+        <v>127</v>
       </c>
       <c r="D109" s="4" t="s">
-        <v>63</v>
+        <v>9</v>
       </c>
       <c r="E109" s="17">
-        <v>1872.0000000000002</v>
+        <v>2012.4</v>
       </c>
     </row>
     <row r="110" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B110" s="4">
         <v>102</v>
       </c>
-      <c r="C110" s="9" t="s">
-[...3 lines deleted...]
-        <v>160</v>
+      <c r="C110" s="5" t="s">
+        <v>126</v>
+      </c>
+      <c r="D110" s="4" t="s">
+        <v>9</v>
       </c>
       <c r="E110" s="17">
-        <v>5160</v>
+        <v>2211.92</v>
       </c>
     </row>
     <row r="111" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B111" s="4">
         <v>103</v>
       </c>
       <c r="C111" s="5" t="s">
-        <v>97</v>
+        <v>78</v>
       </c>
       <c r="D111" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E111" s="17">
-        <v>4360.8</v>
+        <v>4335.1499999999996</v>
       </c>
     </row>
     <row r="112" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B112" s="4">
         <v>104</v>
       </c>
       <c r="C112" s="5" t="s">
-        <v>127</v>
+        <v>37</v>
       </c>
       <c r="D112" s="4" t="s">
         <v>9</v>
       </c>
       <c r="E112" s="17">
-        <v>2012.4</v>
+        <v>2996.74</v>
       </c>
     </row>
     <row r="113" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B113" s="4">
         <v>105</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>126</v>
+        <v>145</v>
       </c>
       <c r="D113" s="4" t="s">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="E113" s="17">
-        <v>2238</v>
+        <v>2418</v>
       </c>
     </row>
     <row r="114" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B114" s="4">
         <v>106</v>
       </c>
       <c r="C114" s="5" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="D114" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E114" s="17">
-        <v>4360.8</v>
+        <v>4323.45</v>
       </c>
     </row>
     <row r="115" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B115" s="4">
         <v>107</v>
       </c>
       <c r="C115" s="5" t="s">
-        <v>37</v>
+        <v>91</v>
       </c>
       <c r="D115" s="4" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="E115" s="17">
-        <v>2531.98</v>
+        <v>4360.8</v>
       </c>
     </row>
     <row r="116" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B116" s="4">
         <v>108</v>
       </c>
       <c r="C116" s="5" t="s">
-        <v>145</v>
+        <v>103</v>
       </c>
       <c r="D116" s="4" t="s">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="E116" s="17">
-        <v>2418</v>
+        <v>3642.75</v>
       </c>
     </row>
     <row r="117" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B117" s="4">
         <v>109</v>
       </c>
       <c r="C117" s="5" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D117" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E117" s="17">
-        <v>3972.17</v>
+        <v>4360.8</v>
       </c>
     </row>
     <row r="118" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B118" s="4">
         <v>110</v>
       </c>
       <c r="C118" s="5" t="s">
-        <v>91</v>
+        <v>201</v>
       </c>
       <c r="D118" s="4" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="E118" s="17">
-        <v>3322.51</v>
+        <v>2416.8000000000002</v>
       </c>
     </row>
     <row r="119" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B119" s="4">
         <v>111</v>
       </c>
       <c r="C119" s="5" t="s">
-        <v>103</v>
+        <v>129</v>
       </c>
       <c r="D119" s="4" t="s">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="E119" s="17">
-        <v>3648</v>
+        <v>1684.8</v>
       </c>
     </row>
     <row r="120" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B120" s="4">
         <v>112</v>
       </c>
       <c r="C120" s="5" t="s">
-        <v>89</v>
+        <v>136</v>
       </c>
       <c r="D120" s="4" t="s">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="E120" s="17">
-        <v>4360.8</v>
+        <v>2476.8000000000002</v>
       </c>
     </row>
     <row r="121" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B121" s="4">
         <v>113</v>
       </c>
       <c r="C121" s="5" t="s">
-        <v>207</v>
+        <v>67</v>
       </c>
       <c r="D121" s="4" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="E121" s="17">
-        <v>2416.8000000000002</v>
+        <v>4296.1499999999996</v>
       </c>
     </row>
     <row r="122" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B122" s="4">
         <v>114</v>
       </c>
       <c r="C122" s="5" t="s">
-        <v>129</v>
+        <v>27</v>
       </c>
       <c r="D122" s="4" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E122" s="17">
-        <v>1702.39</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="123" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B123" s="4">
         <v>115</v>
       </c>
       <c r="C123" s="5" t="s">
-        <v>136</v>
+        <v>68</v>
       </c>
       <c r="D123" s="4" t="s">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="E123" s="17">
-        <v>1887.08</v>
+        <v>4360.8</v>
       </c>
     </row>
     <row r="124" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B124" s="4">
         <v>116</v>
       </c>
       <c r="C124" s="5" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="D124" s="4" t="s">
-        <v>5</v>
+        <v>61</v>
       </c>
       <c r="E124" s="17">
-        <v>4360.8</v>
+        <v>2984.26</v>
       </c>
     </row>
     <row r="125" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B125" s="4">
         <v>117</v>
       </c>
-      <c r="C125" s="5" t="s">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="C125" s="11" t="s">
+        <v>28</v>
+      </c>
+      <c r="D125" s="11" t="s">
+        <v>12</v>
       </c>
       <c r="E125" s="17">
-        <v>2015</v>
+        <v>2264.8599999999997</v>
       </c>
     </row>
     <row r="126" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B126" s="4">
         <v>118</v>
       </c>
-      <c r="C126" s="5" t="s">
-[...2 lines deleted...]
-      <c r="D126" s="4" t="s">
+      <c r="C126" s="11" t="s">
+        <v>75</v>
+      </c>
+      <c r="D126" s="11" t="s">
         <v>5</v>
       </c>
       <c r="E126" s="17">
-        <v>4360.8</v>
+        <v>4342.68</v>
       </c>
     </row>
     <row r="127" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B127" s="4">
         <v>119</v>
       </c>
-      <c r="C127" s="5" t="s">
-[...3 lines deleted...]
-        <v>61</v>
+      <c r="C127" s="11" t="s">
+        <v>213</v>
+      </c>
+      <c r="D127" s="11" t="s">
+        <v>4</v>
       </c>
       <c r="E127" s="17">
-        <v>3006.5</v>
+        <v>1761.52</v>
       </c>
     </row>
     <row r="128" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B128" s="4">
         <v>120</v>
       </c>
       <c r="C128" s="11" t="s">
-        <v>28</v>
+        <v>216</v>
       </c>
       <c r="D128" s="11" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="E128" s="17">
-        <v>2270</v>
+        <v>3644.4</v>
       </c>
     </row>
     <row r="129" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B129" s="4">
         <v>121</v>
       </c>
-      <c r="C129" s="11" t="s">
-[...6 lines deleted...]
-        <v>3322.51</v>
+      <c r="C129" s="8" t="s">
+        <v>172</v>
+      </c>
+      <c r="D129" s="15" t="s">
+        <v>23</v>
+      </c>
+      <c r="E129" s="17">
+        <v>1960</v>
       </c>
     </row>
     <row r="130" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B130" s="4">
         <v>122</v>
       </c>
-      <c r="C130" s="11" t="s">
-[...6 lines deleted...]
-        <v>1765</v>
+      <c r="C130" s="5" t="s">
+        <v>149</v>
+      </c>
+      <c r="D130" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="E130" s="17">
+        <v>2267.19</v>
       </c>
     </row>
     <row r="131" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B131" s="4">
         <v>123</v>
       </c>
-      <c r="C131" s="11" t="s">
-[...3 lines deleted...]
-        <v>8</v>
+      <c r="C131" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D131" s="4" t="s">
+        <v>12</v>
       </c>
       <c r="E131" s="17">
-        <v>3697.81</v>
+        <v>2403.14</v>
       </c>
     </row>
     <row r="132" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B132" s="4">
         <v>124</v>
       </c>
-      <c r="C132" s="8" t="s">
-[...3 lines deleted...]
-        <v>23</v>
+      <c r="C132" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="D132" s="4" t="s">
+        <v>5</v>
       </c>
       <c r="E132" s="17">
-        <v>1960</v>
+        <v>4506</v>
       </c>
     </row>
     <row r="133" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B133" s="4">
         <v>125</v>
       </c>
       <c r="C133" s="5" t="s">
-        <v>155</v>
+        <v>140</v>
       </c>
       <c r="D133" s="4" t="s">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="E133" s="17">
-        <v>2244.19</v>
+        <v>1684.8</v>
       </c>
     </row>
     <row r="134" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B134" s="4">
         <v>126</v>
       </c>
       <c r="C134" s="5" t="s">
-        <v>44</v>
+        <v>188</v>
       </c>
       <c r="D134" s="4" t="s">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="E134" s="17">
-        <v>2447.12</v>
+        <v>1616.7300000000002</v>
       </c>
     </row>
     <row r="135" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B135" s="4">
         <v>127</v>
       </c>
       <c r="C135" s="5" t="s">
-        <v>79</v>
+        <v>106</v>
       </c>
       <c r="D135" s="4" t="s">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E135" s="17">
-        <v>4506</v>
+        <v>1650.85</v>
       </c>
     </row>
     <row r="136" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B136" s="4">
         <v>128</v>
       </c>
       <c r="C136" s="5" t="s">
-        <v>140</v>
+        <v>41</v>
       </c>
       <c r="D136" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E136" s="17">
-        <v>1684.8</v>
+        <v>2118</v>
       </c>
     </row>
     <row r="137" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B137" s="4">
         <v>129</v>
       </c>
       <c r="C137" s="5" t="s">
-        <v>194</v>
+        <v>128</v>
       </c>
       <c r="D137" s="4" t="s">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="E137" s="17">
-        <v>1684.8</v>
+        <v>2003.7200000000003</v>
       </c>
     </row>
     <row r="138" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B138" s="4">
         <v>130</v>
       </c>
       <c r="C138" s="5" t="s">
-        <v>106</v>
+        <v>211</v>
       </c>
       <c r="D138" s="4" t="s">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="E138" s="17">
-        <v>1524.35</v>
+        <v>2991.1</v>
       </c>
     </row>
     <row r="139" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B139" s="4">
         <v>131</v>
       </c>
       <c r="C139" s="5" t="s">
-        <v>41</v>
+        <v>132</v>
       </c>
       <c r="D139" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E139" s="17">
-        <v>2480.6</v>
+        <v>1668.68</v>
       </c>
     </row>
     <row r="140" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B140" s="4">
         <v>132</v>
       </c>
       <c r="C140" s="5" t="s">
-        <v>128</v>
+        <v>194</v>
       </c>
       <c r="D140" s="4" t="s">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="E140" s="17">
-        <v>1836.28</v>
+        <v>2476.8000000000002</v>
       </c>
     </row>
     <row r="141" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B141" s="4">
         <v>133</v>
       </c>
-      <c r="C141" s="5" t="s">
-[...3 lines deleted...]
-        <v>11</v>
+      <c r="C141" s="11" t="s">
+        <v>190</v>
+      </c>
+      <c r="D141" s="11" t="s">
+        <v>1</v>
       </c>
       <c r="E141" s="17">
-        <v>3013.8199999999997</v>
+        <v>1684.32</v>
       </c>
     </row>
     <row r="142" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B142" s="4">
         <v>134</v>
       </c>
-      <c r="C142" s="5" t="s">
-[...3 lines deleted...]
-        <v>1</v>
+      <c r="C142" s="11" t="s">
+        <v>185</v>
+      </c>
+      <c r="D142" s="11" t="s">
+        <v>2</v>
       </c>
       <c r="E142" s="17">
-        <v>1604.5700000000002</v>
+        <v>2463.14</v>
       </c>
     </row>
     <row r="143" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B143" s="4">
         <v>135</v>
       </c>
-      <c r="C143" s="5" t="s">
-[...2 lines deleted...]
-      <c r="D143" s="4" t="s">
+      <c r="C143" s="11" t="s">
+        <v>135</v>
+      </c>
+      <c r="D143" s="11" t="s">
         <v>2</v>
       </c>
       <c r="E143" s="17">
-        <v>2476.8000000000002</v>
+        <v>2721</v>
       </c>
     </row>
     <row r="144" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B144" s="4">
         <v>136</v>
       </c>
       <c r="C144" s="11" t="s">
-        <v>196</v>
+        <v>162</v>
       </c>
       <c r="D144" s="11" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E144" s="17">
-        <v>1684.8</v>
+        <v>2556</v>
       </c>
     </row>
     <row r="145" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B145" s="4">
         <v>137</v>
       </c>
-      <c r="C145" s="11" t="s">
-[...3 lines deleted...]
-        <v>2</v>
+      <c r="C145" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="D145" s="4" t="s">
+        <v>176</v>
       </c>
       <c r="E145" s="17">
-        <v>2240.92</v>
+        <v>4362</v>
       </c>
     </row>
     <row r="146" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B146" s="4">
         <v>138</v>
       </c>
-      <c r="C146" s="11" t="s">
-[...6 lines deleted...]
-        <v>2476.8000000000002</v>
+      <c r="C146" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="D146" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="E146" s="17">
+        <v>1765</v>
       </c>
     </row>
     <row r="147" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B147" s="4">
         <v>139</v>
       </c>
-      <c r="C147" s="11" t="s">
-[...6 lines deleted...]
-        <v>1989.45</v>
+      <c r="C147" s="5" t="s">
+        <v>104</v>
+      </c>
+      <c r="D147" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E147" s="17">
+        <v>2959.13</v>
       </c>
     </row>
     <row r="148" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B148" s="4">
         <v>140</v>
       </c>
       <c r="C148" s="5" t="s">
-        <v>58</v>
+        <v>186</v>
       </c>
       <c r="D148" s="4" t="s">
-        <v>182</v>
+        <v>2</v>
       </c>
       <c r="E148" s="17">
-        <v>4483.82</v>
+        <v>2476.8000000000002</v>
       </c>
     </row>
     <row r="149" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B149" s="4">
         <v>141</v>
       </c>
       <c r="C149" s="5" t="s">
-        <v>156</v>
+        <v>139</v>
       </c>
       <c r="D149" s="4" t="s">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="E149" s="17">
-        <v>1765</v>
+        <v>2012.4</v>
       </c>
     </row>
     <row r="150" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B150" s="4">
         <v>142</v>
       </c>
       <c r="C150" s="5" t="s">
-        <v>153</v>
+        <v>100</v>
       </c>
       <c r="D150" s="4" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="E150" s="17">
-        <v>3648</v>
+        <v>4337.6900000000005</v>
       </c>
     </row>
     <row r="151" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B151" s="4">
         <v>143</v>
       </c>
       <c r="C151" s="5" t="s">
-        <v>104</v>
+        <v>189</v>
       </c>
       <c r="D151" s="4" t="s">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="E151" s="17">
-        <v>2992.8</v>
+        <v>2416.8000000000002</v>
       </c>
     </row>
     <row r="152" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B152" s="4">
         <v>144</v>
       </c>
       <c r="C152" s="5" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>53</v>
+      </c>
+      <c r="D152" s="13" t="s">
+        <v>52</v>
       </c>
       <c r="E152" s="17">
-        <v>2122.9700000000003</v>
+        <v>5160</v>
       </c>
     </row>
     <row r="153" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B153" s="4">
         <v>145</v>
       </c>
       <c r="C153" s="5" t="s">
-        <v>139</v>
+        <v>94</v>
       </c>
       <c r="D153" s="4" t="s">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="E153" s="17">
-        <v>2022.83</v>
+        <v>1684.8</v>
       </c>
     </row>
     <row r="154" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B154" s="4">
         <v>146</v>
       </c>
       <c r="C154" s="5" t="s">
-        <v>100</v>
+        <v>51</v>
       </c>
       <c r="D154" s="4" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="E154" s="17">
-        <v>4360.8</v>
+        <v>2994</v>
       </c>
     </row>
     <row r="155" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B155" s="4">
         <v>147</v>
       </c>
       <c r="C155" s="5" t="s">
-        <v>195</v>
+        <v>151</v>
       </c>
       <c r="D155" s="4" t="s">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E155" s="17">
-        <v>1726.28</v>
+        <v>2364</v>
       </c>
     </row>
     <row r="156" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B156" s="4">
         <v>148</v>
       </c>
       <c r="C156" s="5" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>49</v>
+      </c>
+      <c r="D156" s="4" t="s">
+        <v>9</v>
       </c>
       <c r="E156" s="17">
-        <v>5160</v>
+        <v>1674.6899999999998</v>
       </c>
     </row>
     <row r="157" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B157" s="4">
         <v>149</v>
       </c>
       <c r="C157" s="5" t="s">
-        <v>94</v>
+        <v>130</v>
       </c>
       <c r="D157" s="4" t="s">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="E157" s="17">
-        <v>1684.8</v>
+        <v>1971.5</v>
       </c>
     </row>
     <row r="158" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B158" s="4">
         <v>150</v>
       </c>
       <c r="C158" s="5" t="s">
-        <v>51</v>
+        <v>137</v>
       </c>
       <c r="D158" s="4" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="E158" s="17">
-        <v>3088.28</v>
+        <v>1985.97</v>
       </c>
     </row>
     <row r="159" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B159" s="4">
         <v>151</v>
       </c>
       <c r="C159" s="5" t="s">
-        <v>157</v>
+        <v>118</v>
       </c>
       <c r="D159" s="4" t="s">
-        <v>23</v>
+        <v>5</v>
       </c>
       <c r="E159" s="17">
-        <v>2079.34</v>
+        <v>4360.8</v>
       </c>
     </row>
     <row r="160" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B160" s="4">
         <v>152</v>
       </c>
       <c r="C160" s="5" t="s">
-        <v>49</v>
+        <v>24</v>
       </c>
       <c r="D160" s="4" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="E160" s="17">
-        <v>1604.5700000000002</v>
+        <v>2717.39</v>
       </c>
     </row>
     <row r="161" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B161" s="4">
         <v>153</v>
       </c>
       <c r="C161" s="5" t="s">
-        <v>130</v>
+        <v>193</v>
       </c>
       <c r="D161" s="4" t="s">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="E161" s="17">
-        <v>2017.5700000000002</v>
+        <v>2416.8000000000002</v>
       </c>
     </row>
     <row r="162" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B162" s="4">
         <v>154</v>
       </c>
       <c r="C162" s="5" t="s">
-        <v>137</v>
+        <v>125</v>
       </c>
       <c r="D162" s="4" t="s">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="E162" s="17">
-        <v>2012.4</v>
+        <v>1684.8</v>
       </c>
     </row>
     <row r="163" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B163" s="4">
         <v>155</v>
       </c>
       <c r="C163" s="5" t="s">
-        <v>118</v>
+        <v>184</v>
       </c>
       <c r="D163" s="4" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="E163" s="17">
-        <v>4153.1399999999994</v>
+        <v>1999.1</v>
       </c>
     </row>
     <row r="164" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B164" s="4">
         <v>156</v>
       </c>
       <c r="C164" s="5" t="s">
-        <v>24</v>
+        <v>171</v>
       </c>
       <c r="D164" s="4" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="E164" s="17">
-        <v>2850.85</v>
+        <v>4333.88</v>
       </c>
     </row>
     <row r="165" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B165" s="4">
         <v>157</v>
       </c>
       <c r="C165" s="5" t="s">
-        <v>199</v>
+        <v>74</v>
       </c>
       <c r="D165" s="4" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="E165" s="17">
-        <v>2416.8000000000002</v>
+        <v>4360.8</v>
       </c>
     </row>
     <row r="166" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B166" s="4">
         <v>158</v>
       </c>
       <c r="C166" s="5" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="D166" s="4" t="s">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="E166" s="17">
-        <v>1734</v>
+        <v>2012.4</v>
       </c>
     </row>
     <row r="167" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B167" s="4">
         <v>159</v>
       </c>
       <c r="C167" s="5" t="s">
-        <v>190</v>
+        <v>113</v>
       </c>
       <c r="D167" s="4" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="E167" s="17">
-        <v>2055.3399999999997</v>
+        <v>3708</v>
       </c>
     </row>
     <row r="168" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B168" s="4">
         <v>160</v>
       </c>
       <c r="C168" s="5" t="s">
-        <v>177</v>
+        <v>133</v>
       </c>
       <c r="D168" s="4" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="E168" s="17">
-        <v>4360.8</v>
+        <v>3234.49</v>
       </c>
     </row>
     <row r="169" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B169" s="4">
         <v>161</v>
       </c>
       <c r="C169" s="5" t="s">
-        <v>74</v>
+        <v>142</v>
       </c>
       <c r="D169" s="4" t="s">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E169" s="17">
-        <v>4360.8</v>
+        <v>2199.29</v>
       </c>
     </row>
     <row r="170" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B170" s="4">
         <v>162</v>
       </c>
-      <c r="C170" s="5" t="s">
-[...3 lines deleted...]
-        <v>9</v>
+      <c r="C170" s="11" t="s">
+        <v>195</v>
+      </c>
+      <c r="D170" s="13" t="s">
+        <v>1</v>
       </c>
       <c r="E170" s="17">
-        <v>2012.4</v>
+        <v>1897.1999999999998</v>
       </c>
     </row>
     <row r="171" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B171" s="4">
         <v>163</v>
       </c>
-      <c r="C171" s="5" t="s">
-        <v>113</v>
+      <c r="C171" s="11" t="s">
+        <v>179</v>
       </c>
       <c r="D171" s="4" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="E171" s="17">
-        <v>3762.7799999999997</v>
+        <v>4360.8</v>
       </c>
     </row>
     <row r="172" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B172" s="4">
         <v>164</v>
       </c>
-      <c r="C172" s="5" t="s">
-[...2 lines deleted...]
-      <c r="D172" s="4" t="s">
+      <c r="C172" s="11" t="s">
+        <v>165</v>
+      </c>
+      <c r="D172" s="13" t="s">
         <v>9</v>
       </c>
       <c r="E172" s="17">
-        <v>2238</v>
+        <v>2014.14</v>
       </c>
     </row>
     <row r="173" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B173" s="4">
         <v>165</v>
       </c>
-      <c r="C173" s="5" t="s">
-        <v>142</v>
+      <c r="C173" s="11" t="s">
+        <v>33</v>
       </c>
       <c r="D173" s="4" t="s">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="E173" s="17">
-        <v>2237.9499999999998</v>
+        <v>2994</v>
       </c>
     </row>
     <row r="174" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B174" s="4">
         <v>166</v>
       </c>
       <c r="C174" s="11" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>110</v>
+      </c>
+      <c r="D174" s="4" t="s">
+        <v>5</v>
       </c>
       <c r="E174" s="17">
-        <v>3803</v>
+        <v>4360.8</v>
       </c>
     </row>
     <row r="175" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B175" s="4">
         <v>167</v>
       </c>
       <c r="C175" s="11" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>54</v>
+      </c>
+      <c r="D175" s="4" t="s">
+        <v>15</v>
       </c>
       <c r="E175" s="17">
-        <v>1684.8</v>
+        <v>4362</v>
       </c>
     </row>
     <row r="176" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B176" s="4">
         <v>168</v>
       </c>
       <c r="C176" s="11" t="s">
-        <v>185</v>
+        <v>164</v>
       </c>
       <c r="D176" s="4" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="E176" s="17">
-        <v>4447.3100000000004</v>
+        <v>3270</v>
       </c>
     </row>
     <row r="177" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B177" s="4">
         <v>169</v>
       </c>
       <c r="C177" s="11" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>209</v>
+      </c>
+      <c r="D177" s="4" t="s">
+        <v>2</v>
       </c>
       <c r="E177" s="17">
-        <v>2012.4</v>
+        <v>2436.34</v>
       </c>
     </row>
     <row r="178" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B178" s="4">
         <v>170</v>
       </c>
       <c r="C178" s="11" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>50</v>
+      </c>
+      <c r="D178" s="11" t="s">
+        <v>4</v>
       </c>
       <c r="E178" s="17">
-        <v>2994</v>
+        <v>1765</v>
       </c>
     </row>
     <row r="179" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B179" s="4">
         <v>171</v>
       </c>
       <c r="C179" s="11" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>163</v>
+      </c>
+      <c r="D179" s="11" t="s">
+        <v>170</v>
       </c>
       <c r="E179" s="17">
-        <v>4360.8</v>
+        <v>3450</v>
       </c>
     </row>
     <row r="180" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B180" s="4">
         <v>172</v>
       </c>
       <c r="C180" s="11" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>65</v>
+      </c>
+      <c r="D180" s="11" t="s">
+        <v>1</v>
       </c>
       <c r="E180" s="17">
-        <v>4362</v>
+        <v>1684.8</v>
       </c>
     </row>
     <row r="181" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B181" s="4">
         <v>173</v>
       </c>
       <c r="C181" s="11" t="s">
-        <v>170</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>98</v>
+      </c>
+      <c r="D181" s="11" t="s">
+        <v>5</v>
       </c>
       <c r="E181" s="17">
-        <v>3270</v>
+        <v>4360.8</v>
       </c>
     </row>
     <row r="182" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B182" s="4">
         <v>174</v>
       </c>
       <c r="C182" s="11" t="s">
-        <v>215</v>
+        <v>101</v>
       </c>
       <c r="D182" s="4" t="s">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="E182" s="17">
-        <v>2476.8000000000002</v>
+        <v>4294.68</v>
       </c>
     </row>
     <row r="183" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B183" s="4">
         <v>175</v>
       </c>
       <c r="C183" s="11" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>204</v>
+      </c>
+      <c r="D183" s="4" t="s">
+        <v>9</v>
       </c>
       <c r="E183" s="17">
-        <v>1765</v>
+        <v>1968.8</v>
       </c>
     </row>
     <row r="184" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B184" s="4">
         <v>176</v>
       </c>
       <c r="C184" s="11" t="s">
-        <v>169</v>
-[...5 lines deleted...]
-        <v>3514.65</v>
+        <v>206</v>
+      </c>
+      <c r="D184" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="E184" s="17">
+        <v>2476.8000000000002</v>
       </c>
     </row>
     <row r="185" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B185" s="4">
         <v>177</v>
       </c>
       <c r="C185" s="11" t="s">
-        <v>65</v>
-[...5 lines deleted...]
-        <v>1042.97</v>
+        <v>112</v>
+      </c>
+      <c r="D185" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E185" s="17">
+        <v>2971.94</v>
       </c>
     </row>
     <row r="186" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B186" s="4">
         <v>178</v>
       </c>
       <c r="C186" s="11" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>212</v>
+      </c>
+      <c r="D186" s="4" t="s">
+        <v>9</v>
       </c>
       <c r="E186" s="17">
-        <v>4360.8</v>
+        <v>2238</v>
       </c>
     </row>
     <row r="187" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B187" s="4">
         <v>179</v>
       </c>
       <c r="C187" s="11" t="s">
-        <v>101</v>
+        <v>167</v>
       </c>
       <c r="D187" s="4" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="E187" s="17">
-        <v>3973.33</v>
+        <v>2000.37</v>
       </c>
     </row>
     <row r="188" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B188" s="4">
         <v>180</v>
       </c>
       <c r="C188" s="11" t="s">
-        <v>210</v>
+        <v>221</v>
       </c>
       <c r="D188" s="4" t="s">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="E188" s="17">
-        <v>2042.41</v>
+        <v>2118</v>
       </c>
     </row>
     <row r="189" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B189" s="4">
         <v>181</v>
       </c>
       <c r="C189" s="11" t="s">
-        <v>212</v>
+        <v>69</v>
       </c>
       <c r="D189" s="4" t="s">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="E189" s="17">
-        <v>2476.8000000000002</v>
+        <v>4351.4500000000007</v>
       </c>
     </row>
     <row r="190" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B190" s="4">
         <v>182</v>
       </c>
       <c r="C190" s="11" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="D190" s="4" t="s">
         <v>11</v>
       </c>
       <c r="E190" s="17">
-        <v>2992.8</v>
+        <v>2971.76</v>
       </c>
     </row>
     <row r="191" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B191" s="4">
         <v>183</v>
       </c>
-      <c r="C191" s="11" t="s">
-        <v>218</v>
+      <c r="C191" s="5" t="s">
+        <v>34</v>
       </c>
       <c r="D191" s="4" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="E191" s="17">
-        <v>2238</v>
+        <v>2940.82</v>
       </c>
     </row>
     <row r="192" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B192" s="4">
         <v>184</v>
       </c>
-      <c r="C192" s="11" t="s">
-        <v>173</v>
+      <c r="C192" s="5" t="s">
+        <v>217</v>
       </c>
       <c r="D192" s="4" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>2073.9699999999998</v>
+        <v>218</v>
+      </c>
+      <c r="E192" s="17">
+        <v>1012.5</v>
       </c>
     </row>
     <row r="193" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B193" s="4">
         <v>185</v>
       </c>
-      <c r="C193" s="11" t="s">
-        <v>69</v>
+      <c r="C193" s="5" t="s">
+        <v>55</v>
       </c>
       <c r="D193" s="4" t="s">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>4360.8</v>
+        <v>16</v>
+      </c>
+      <c r="E193" s="17">
+        <v>3914.08</v>
       </c>
     </row>
     <row r="194" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B194" s="4">
         <v>186</v>
       </c>
-      <c r="C194" s="11" t="s">
-        <v>114</v>
+      <c r="C194" s="5" t="s">
+        <v>182</v>
       </c>
       <c r="D194" s="4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E194" s="17">
-        <v>2938.1400000000003</v>
+        <v>5160</v>
       </c>
     </row>
     <row r="195" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B195" s="4">
         <v>187</v>
       </c>
       <c r="C195" s="5" t="s">
-        <v>34</v>
+        <v>84</v>
       </c>
       <c r="D195" s="4" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="E195" s="17">
-        <v>3020.2</v>
+        <v>2012.4</v>
       </c>
     </row>
     <row r="196" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B196" s="4">
         <v>188</v>
       </c>
       <c r="C196" s="5" t="s">
-        <v>226</v>
+        <v>48</v>
       </c>
       <c r="D196" s="4" t="s">
-        <v>227</v>
+        <v>9</v>
       </c>
       <c r="E196" s="17">
-        <v>2025</v>
+        <v>2227.86</v>
       </c>
     </row>
     <row r="197" spans="2:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B197" s="4">
         <v>189</v>
       </c>
       <c r="C197" s="5" t="s">
-        <v>55</v>
+        <v>96</v>
       </c>
       <c r="D197" s="4" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="E197" s="17">
-        <v>3948</v>
-[...60 lines deleted...]
-        <v>164</v>
+        <v>4718.08</v>
+      </c>
+    </row>
+    <row r="199" spans="2:5" x14ac:dyDescent="0.15">
+      <c r="B199" s="7" t="s">
+        <v>158</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="JgXrEk/8MK0/6XhJxm7EOFtyPGEg0fGhwqfhra1rgUEk59mlvlbHQN5HiAhXea4Fo6A+11uS0BKnLQrnDxE7uQ==" saltValue="B78jPD43PJ1ti2OriZqjiQ==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1" selectUnlockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="UwOFkGdOLvCuBV1YExoNQPBsBVTub+ut+ZSYVwqicaNsoi3Tm3JOIb5f2k70JWuf0yGNE6WpESQGAJvIDxsf1A==" saltValue="XddgHN9xd65eQ1utxsgIxg==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1" selectUnlockedCells="1"/>
   <mergeCells count="2">
     <mergeCell ref="C5:E6"/>
     <mergeCell ref="C2:E2"/>
   </mergeCells>
   <phoneticPr fontId="4" type="noConversion"/>
   <pageMargins left="0.74803149606299213" right="0.74803149606299213" top="0.98425196850393704" bottom="0.98425196850393704" header="0" footer="0"/>
   <pageSetup paperSize="9" scale="80" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>